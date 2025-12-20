--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1d52bd3180413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6da942fd483d4b6d97d7480f1779a298.psmdcp" Id="R74623839f8874704" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb7d9040a324811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d5ea2022a9a4361af6e38991d411e4d.psmdcp" Id="R2e34c879250b4685" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MIP05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Energy productivity</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/9/2025 11:00:00 AM</x:t>
+    <x:t>09/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data from Eurostat Energy productivity(https://ec.europa.eu/eurostat/databrowser/view/nrg_ind_ep/default/table?lang=en). Albania was added to the country list in September 2025. Revisions to certain values have been made as data since 2014 was updated at source. For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/generalstatisticalpublications/measuringirelandsprogress/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MIP</x:t>
   </x:si>
   <x:si>
     <x:t>Measuring Ireland's Progress</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -416,50 +416,53 @@
   <x:si>
     <x:t>GB</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -604,507 +607,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...455 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02677V03567" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="37">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+      </items>
+    </pivotField>
+    <pivotField name="Countries" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="37">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H371" totalsRowShown="0">
   <x:autoFilter ref="A1:H371"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02677V03567"/>
     <x:tableColumn id="6" name="Countries"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1373,51 +1063,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1606,51 +1296,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H371"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -8382,2908 +8072,2953 @@
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H260" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H262" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H263" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H264" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H266" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H267" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H268" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H269" s="0">
         <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H270" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H271" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H273" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H275" s="0">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H276" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0">
         <x:v>25.6</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H279" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H280" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H283" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H284" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H285" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0">
         <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H288" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H289" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H291" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H292" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H298" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0">
         <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H301" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H303" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H304" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H305" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H309" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="0">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H313" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H314" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0">
         <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H316" s="0">
         <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H319" s="0">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H322" s="0">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H323" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H324" s="0">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H325" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H326" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H327" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H328" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H329" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H330" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H331" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H332" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H333" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H334" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H336" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H337" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H338" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H339" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H340" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H341" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H344" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H345" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H346" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H348" s="0">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H349" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H350" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H351" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H352" s="0">
         <x:v>26.2</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H355" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H356" s="0">
         <x:v>15.1</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H357" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H358" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H359" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H360" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H361" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H362" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H363" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H364" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H365" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H366" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H367" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H368" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H369" s="0">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H370" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H371" s="0" t="s">
+        <x:v>131</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11300,51 +11035,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H371" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="MIP05C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="€ per kg of oil equivalent (KGOE)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="10">
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
       </x:sharedItems>
@@ -11553,27 +11288,3728 @@
         <x:n v="13.1"/>
         <x:n v="12.8"/>
         <x:s v=""/>
         <x:n v="17.2"/>
         <x:n v="25.6"/>
         <x:n v="5.3"/>
         <x:n v="3.5"/>
         <x:n v="6.7"/>
         <x:n v="9.1"/>
         <x:n v="9.4"/>
         <x:n v="6.6"/>
         <x:n v="18"/>
         <x:n v="10.8"/>
         <x:n v="27.2"/>
         <x:n v="11.2"/>
         <x:n v="14.7"/>
         <x:n v="26.2"/>
         <x:n v="10.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>