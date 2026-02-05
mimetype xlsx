--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb7d9040a324811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d5ea2022a9a4361af6e38991d411e4d.psmdcp" Id="R2e34c879250b4685" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7231223c694e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d511178207864c079a999951217d5b51.psmdcp" Id="R5b93422e02cd4ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MIP05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Energy productivity</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>09/10/2025 11:00:00</x:t>
+    <x:t>16/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>Data from Eurostat Energy productivity(https://ec.europa.eu/eurostat/databrowser/view/nrg_ind_ep/default/table?lang=en). Albania was added to the country list in September 2025. Revisions to certain values have been made as data since 2014 was updated at source. For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/generalstatisticalpublications/measuringirelandsprogress/) on our website.</x:t>
+    <x:t>Data from Eurostat Energy productivity(https://ec.europa.eu/eurostat/databrowser/view/nrg_ind_ep/default/table?lang=en). Albania was added to the country list in September 2025. 2024 data has been added in January 2026. Revisions to certain values have been made as data since 2014 was updated at source. For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/generalstatisticalpublications/measuringirelandsprogress/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MIP</x:t>
   </x:si>
   <x:si>
     <x:t>Measuring Ireland's Progress</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Declan Smyth</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -427,50 +427,53 @@
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
+  <x:si>
+    <x:t>2024</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -621,75 +624,77 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="10">
+      <items count="11">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
+        <item x="10"/>
       </items>
     </pivotField>
     <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="10">
+      <items count="11">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
+        <item x="10"/>
       </items>
     </pivotField>
     <pivotField name="C02677V03567" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="37">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
@@ -754,52 +759,52 @@
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H371" totalsRowShown="0">
-  <x:autoFilter ref="A1:H371"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H408" totalsRowShown="0">
+  <x:autoFilter ref="A1:H408"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02677V03567"/>
     <x:tableColumn id="6" name="Countries"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1300,51 +1305,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H371"/>
+  <x:dimension ref="A1:H408"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -5551,51 +5556,51 @@
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0">
-        <x:v>9.5</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H164" s="0">
@@ -5967,51 +5972,51 @@
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H179" s="0">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H180" s="0">
@@ -6487,51 +6492,51 @@
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H199" s="0">
-        <x:v>8.9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H200" s="0">
@@ -7449,51 +7454,51 @@
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H236" s="0">
-        <x:v>9.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H237" s="0">
@@ -7579,51 +7584,51 @@
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H241" s="0">
-        <x:v>22.9</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0">
@@ -8307,51 +8312,51 @@
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H269" s="0">
-        <x:v>17.2</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H270" s="0">
@@ -8411,51 +8416,51 @@
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H273" s="0">
-        <x:v>9.2</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0">
@@ -8645,51 +8650,51 @@
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0">
-        <x:v>13.1</x:v>
+        <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H283" s="0">
@@ -8931,51 +8936,51 @@
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0">
@@ -8983,51 +8988,51 @@
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0">
-        <x:v>9.4</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
@@ -9217,51 +9222,51 @@
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H304" s="0">
-        <x:v>9.2</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H305" s="0">
@@ -9269,51 +9274,51 @@
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="0">
-        <x:v>18</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0">
@@ -9399,51 +9404,51 @@
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="0">
-        <x:v>10.8</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="0">
@@ -9503,77 +9508,77 @@
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0">
-        <x:v>27.2</x:v>
+        <x:v>26.9</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H316" s="0">
-        <x:v>11.2</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0">
@@ -9607,51 +9612,51 @@
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H319" s="0">
-        <x:v>14.7</x:v>
+        <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0">
@@ -9945,51 +9950,51 @@
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H332" s="0">
-        <x:v>9.9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H333" s="0">
@@ -10049,77 +10054,77 @@
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H336" s="0">
-        <x:v>10.9</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H337" s="0">
-        <x:v>7.8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
@@ -10179,51 +10184,51 @@
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H341" s="0">
-        <x:v>9.5</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0">
@@ -10231,51 +10236,51 @@
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H343" s="0">
-        <x:v>18.8</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H344" s="0">
@@ -10335,77 +10340,77 @@
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0">
-        <x:v>10.2</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H348" s="0">
-        <x:v>11.8</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H349" s="0">
@@ -10465,103 +10470,103 @@
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H352" s="0">
-        <x:v>26.2</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0">
-        <x:v>11.8</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H355" s="0">
@@ -10595,51 +10600,51 @@
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H357" s="0">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
@@ -10647,51 +10652,51 @@
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H359" s="0">
-        <x:v>10.5</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
@@ -10829,51 +10834,51 @@
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H366" s="0">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H367" s="0">
@@ -10907,51 +10912,51 @@
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H369" s="0">
-        <x:v>10.1</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
@@ -10959,50 +10964,1012 @@
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="372" spans="1:8">
+      <x:c r="A372" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B372" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C372" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D372" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E372" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F372" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G372" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H372" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="373" spans="1:8">
+      <x:c r="A373" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B373" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C373" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D373" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E373" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F373" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G373" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H373" s="0">
+        <x:v>10.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="374" spans="1:8">
+      <x:c r="A374" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B374" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C374" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D374" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E374" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F374" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G374" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H374" s="0">
+        <x:v>7.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="375" spans="1:8">
+      <x:c r="A375" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B375" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C375" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D375" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E375" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F375" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G375" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H375" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="376" spans="1:8">
+      <x:c r="A376" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B376" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C376" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D376" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E376" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F376" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G376" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H376" s="0">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="377" spans="1:8">
+      <x:c r="A377" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B377" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C377" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D377" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E377" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F377" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G377" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H377" s="0">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="378" spans="1:8">
+      <x:c r="A378" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B378" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C378" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D378" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E378" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F378" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G378" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H378" s="0">
+        <x:v>11.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="379" spans="1:8">
+      <x:c r="A379" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B379" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C379" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D379" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E379" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F379" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G379" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H379" s="0">
+        <x:v>5.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="380" spans="1:8">
+      <x:c r="A380" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C380" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D380" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E380" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F380" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G380" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H380" s="0">
+        <x:v>17.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="381" spans="1:8">
+      <x:c r="A381" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B381" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C381" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D381" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E381" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F381" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G381" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H381" s="0">
+        <x:v>4.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="382" spans="1:8">
+      <x:c r="A382" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B382" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C382" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D382" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E382" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F382" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G382" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H382" s="0">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="383" spans="1:8">
+      <x:c r="A383" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B383" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C383" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D383" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E383" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F383" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G383" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H383" s="0">
+        <x:v>6.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="384" spans="1:8">
+      <x:c r="A384" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B384" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C384" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D384" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E384" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F384" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G384" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H384" s="0">
+        <x:v>10.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="385" spans="1:8">
+      <x:c r="A385" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B385" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C385" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D385" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E385" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F385" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G385" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H385" s="0">
+        <x:v>12.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="386" spans="1:8">
+      <x:c r="A386" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B386" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C386" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D386" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E386" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F386" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G386" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H386" s="0">
+        <x:v>8.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="387" spans="1:8">
+      <x:c r="A387" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B387" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C387" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D387" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E387" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F387" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G387" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H387" s="0">
+        <x:v>5.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="388" spans="1:8">
+      <x:c r="A388" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B388" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C388" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D388" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E388" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F388" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G388" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H388" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="389" spans="1:8">
+      <x:c r="A389" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B389" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C389" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D389" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E389" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F389" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G389" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H389" s="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="390" spans="1:8">
+      <x:c r="A390" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B390" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C390" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D390" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E390" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F390" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="G390" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H390" s="0">
+        <x:v>12.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="391" spans="1:8">
+      <x:c r="A391" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B391" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C391" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D391" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E391" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F391" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G391" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H391" s="0">
+        <x:v>5.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="392" spans="1:8">
+      <x:c r="A392" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B392" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C392" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D392" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E392" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F392" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G392" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H392" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="393" spans="1:8">
+      <x:c r="A393" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B393" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C393" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D393" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E393" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F393" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G393" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H393" s="0">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="394" spans="1:8">
+      <x:c r="A394" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B394" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C394" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D394" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E394" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F394" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="G394" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H394" s="0">
+        <x:v>5.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="395" spans="1:8">
+      <x:c r="A395" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B395" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C395" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D395" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E395" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F395" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="G395" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H395" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="396" spans="1:8">
+      <x:c r="A396" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B396" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C396" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D396" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E396" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F396" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G396" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H396" s="0">
+        <x:v>10.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="397" spans="1:8">
+      <x:c r="A397" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B397" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C397" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D397" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E397" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F397" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="G397" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H397" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="398" spans="1:8">
+      <x:c r="A398" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B398" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C398" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D398" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E398" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F398" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="G398" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H398" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="399" spans="1:8">
+      <x:c r="A399" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B399" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C399" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D399" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E399" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F399" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G399" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H399" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="400" spans="1:8">
+      <x:c r="A400" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B400" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C400" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D400" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E400" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F400" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="G400" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H400" s="0">
+        <x:v>9.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="401" spans="1:8">
+      <x:c r="A401" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B401" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C401" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D401" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E401" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F401" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="G401" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H401" s="0">
+        <x:v>6.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="402" spans="1:8">
+      <x:c r="A402" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B402" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C402" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D402" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E402" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F402" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="G402" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H402" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="403" spans="1:8">
+      <x:c r="A403" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B403" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C403" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D403" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E403" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F403" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="G403" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H403" s="0">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="404" spans="1:8">
+      <x:c r="A404" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B404" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C404" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D404" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E404" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F404" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="G404" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H404" s="0">
+        <x:v>7.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="405" spans="1:8">
+      <x:c r="A405" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B405" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C405" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D405" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E405" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F405" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="G405" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H405" s="0">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="406" spans="1:8">
+      <x:c r="A406" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B406" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C406" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D406" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E406" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F406" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G406" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H406" s="0">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="407" spans="1:8">
+      <x:c r="A407" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B407" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C407" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D407" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E407" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F407" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G407" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H407" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="408" spans="1:8">
+      <x:c r="A408" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B408" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C408" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D408" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E408" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F408" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="G408" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H408" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
@@ -11049,75 +12016,77 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="MIP05C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="€ per kg of oil equivalent (KGOE)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="10">
+      <x:sharedItems count="11">
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
+        <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="10">
+      <x:sharedItems count="11">
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
+        <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02677V03567">
       <x:sharedItems count="37">
         <x:s v="AL"/>
         <x:s v="AT"/>
         <x:s v="BE"/>
         <x:s v="BA"/>
         <x:s v="BG"/>
         <x:s v="HR"/>
         <x:s v="CY"/>
         <x:s v="CZ"/>
         <x:s v="DK"/>
         <x:s v="EE"/>
         <x:s v="E272020"/>
         <x:s v="FI"/>
         <x:s v="FR"/>
         <x:s v="DE"/>
         <x:s v="GR"/>
         <x:s v="HU"/>
         <x:s v="IS"/>
         <x:s v="IE"/>
         <x:s v="IT"/>
         <x:s v="LV"/>
         <x:s v="LT"/>
@@ -11164,51 +12133,51 @@
         <x:s v="Lithuania"/>
         <x:s v="Luxembourg"/>
         <x:s v="Malta"/>
         <x:s v="Montenegro"/>
         <x:s v="Netherlands"/>
         <x:s v="North Macedonia"/>
         <x:s v="Norway"/>
         <x:s v="Poland"/>
         <x:s v="Portugal"/>
         <x:s v="Romania"/>
         <x:s v="Serbia"/>
         <x:s v="Slovakia"/>
         <x:s v="Slovenia"/>
         <x:s v="Spain"/>
         <x:s v="Sweden"/>
         <x:s v="Türkiye"/>
         <x:s v="United Kingdom"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="1.9" maxValue="27.2" count="116">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="1.9" maxValue="27" count="124">
         <x:n v="4"/>
         <x:n v="9.3"/>
         <x:n v="6.4"/>
         <x:n v="2.2"/>
         <x:n v="5.5"/>
         <x:n v="7"/>
         <x:n v="3.9"/>
         <x:n v="14"/>
         <x:n v="2.9"/>
         <x:n v="7.7"/>
         <x:n v="5.4"/>
         <x:n v="8.1"/>
         <x:n v="8.8"/>
         <x:n v="4.5"/>
         <x:n v="1.9"/>
         <x:n v="10.2"/>
         <x:n v="4.3"/>
         <x:n v="4.7"/>
         <x:n v="10.9"/>
         <x:n v="3.4"/>
         <x:n v="7.5"/>
         <x:n v="11.8"/>
         <x:n v="4.2"/>
         <x:n v="7.3"/>
         <x:n v="2.4"/>
@@ -11243,88 +12212,96 @@
         <x:n v="6.9"/>
         <x:n v="14.5"/>
         <x:n v="7.9"/>
         <x:n v="9"/>
         <x:n v="7.2"/>
         <x:n v="15.8"/>
         <x:n v="10.1"/>
         <x:n v="3.8"/>
         <x:n v="3.6"/>
         <x:n v="12.2"/>
         <x:n v="4.8"/>
         <x:n v="6"/>
         <x:n v="11"/>
         <x:n v="14.9"/>
         <x:n v="3.1"/>
         <x:n v="5.8"/>
         <x:n v="8.4"/>
         <x:n v="17.5"/>
         <x:n v="11.6"/>
         <x:n v="4.9"/>
         <x:n v="9.8"/>
         <x:n v="7.4"/>
         <x:n v="15.1"/>
         <x:n v="3.3"/>
         <x:n v="8.6"/>
-        <x:n v="9.5"/>
+        <x:n v="9.6"/>
         <x:n v="18.8"/>
         <x:n v="3.7"/>
         <x:n v="11.9"/>
-        <x:n v="5.2"/>
+        <x:n v="5.1"/>
         <x:n v="5.9"/>
         <x:n v="11.5"/>
         <x:n v="9.7"/>
         <x:n v="2.5"/>
         <x:n v="15.7"/>
         <x:n v="19.6"/>
         <x:n v="10.3"/>
         <x:n v="5"/>
         <x:n v="12.6"/>
-        <x:n v="5.1"/>
         <x:n v="8.7"/>
         <x:n v="6.8"/>
         <x:n v="16.9"/>
         <x:n v="6.1"/>
-        <x:n v="22.9"/>
+        <x:n v="22.8"/>
+        <x:n v="5.2"/>
         <x:n v="13.1"/>
         <x:n v="12.8"/>
         <x:s v=""/>
-        <x:n v="17.2"/>
+        <x:n v="17.1"/>
+        <x:n v="9.1"/>
         <x:n v="25.6"/>
         <x:n v="5.3"/>
+        <x:n v="13.2"/>
         <x:n v="3.5"/>
+        <x:n v="6.6"/>
         <x:n v="6.7"/>
-        <x:n v="9.1"/>
+        <x:n v="17.6"/>
         <x:n v="9.4"/>
-        <x:n v="6.6"/>
-        <x:n v="18"/>
+        <x:n v="26.9"/>
+        <x:n v="14.4"/>
+        <x:n v="14.7"/>
         <x:n v="10.8"/>
-        <x:n v="27.2"/>
+        <x:n v="17.9"/>
+        <x:n v="12"/>
+        <x:n v="26.7"/>
+        <x:n v="10.4"/>
+        <x:n v="10"/>
         <x:n v="11.2"/>
-        <x:n v="14.7"/>
-[...1 lines deleted...]
-        <x:n v="10.5"/>
+        <x:n v="12.1"/>
+        <x:n v="27"/>
+        <x:n v="15"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="AL"/>
     <s v="Albania"/>
     <s v="Number"/>
     <n v="4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="AT"/>
     <s v="Austria"/>
@@ -12907,51 +13884,51 @@
     <s v="2018"/>
     <s v="2018"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="8.6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
-    <n v="9.5"/>
+    <n v="9.6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="HU"/>
     <s v="Hungary"/>
     <s v="Number"/>
     <n v="4.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2018"/>
@@ -13067,51 +14044,51 @@
     <s v="2018"/>
     <s v="2018"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Number"/>
     <n v="4.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Number"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="RO"/>
     <s v="Romania"/>
     <s v="Number"/>
-    <n v="5.2"/>
+    <n v="5.1"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="RS"/>
     <s v="Serbia"/>
     <s v="Number"/>
     <n v="2.3"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="SK"/>
     <s v="Slovakia"/>
     <s v="Number"/>
     <n v="4.8"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2018"/>
@@ -13267,51 +14244,51 @@
     <s v="2019"/>
     <s v="2019"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
-    <n v="8.9"/>
+    <n v="8.8"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
     <n v="9.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
     <n v="7.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2019"/>
@@ -13637,101 +14614,101 @@
     <s v="2020"/>
     <s v="2020"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
     <n v="8.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="6.1"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
-    <n v="9.3"/>
+    <n v="9.2"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
     <n v="10.2"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
     <n v="7.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="HU"/>
     <s v="Hungary"/>
     <s v="Number"/>
     <n v="4.8"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="IS"/>
     <s v="Iceland"/>
     <s v="Number"/>
     <n v="2.2"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="IE"/>
     <s v="Ireland"/>
     <s v="Number"/>
-    <n v="22.9"/>
+    <n v="22.8"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Number"/>
     <n v="10.3"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="LV"/>
     <s v="Latvia"/>
     <s v="Number"/>
     <n v="5"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2020"/>
@@ -13967,91 +14944,91 @@
     <s v="2021"/>
     <s v="2021"/>
     <s v="CY"/>
     <s v="Cyprus"/>
     <s v="Number"/>
     <n v="9.2"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="CZ"/>
     <s v="Czechia"/>
     <s v="Number"/>
     <n v="4.6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
-    <n v="17.2"/>
+    <n v="17.1"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="4.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
     <n v="8.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
-    <n v="9.2"/>
+    <n v="9.1"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
     <n v="10.2"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
     <n v="8.1"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
@@ -14097,51 +15074,51 @@
     <s v="2021"/>
     <s v="2021"/>
     <s v="LV"/>
     <s v="Latvia"/>
     <s v="Number"/>
     <n v="5"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="LT"/>
     <s v="Lithuania"/>
     <s v="Number"/>
     <n v="5.3"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="Number"/>
-    <n v="13.1"/>
+    <n v="13.2"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="Number"/>
     <n v="4.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="Number"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
@@ -14207,71 +15184,71 @@
     <s v="2021"/>
     <s v="2021"/>
     <s v="RS"/>
     <s v="Serbia"/>
     <s v="Number"/>
     <n v="2.5"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="SK"/>
     <s v="Slovakia"/>
     <s v="Number"/>
     <n v="5"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="SI"/>
     <s v="Slovenia"/>
     <s v="Number"/>
-    <n v="6.7"/>
+    <n v="6.8"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Number"/>
     <n v="9.1"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="Number"/>
-    <n v="9.4"/>
+    <n v="9.3"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
@@ -14317,201 +15294,201 @@
     <s v="2022"/>
     <s v="2022"/>
     <s v="BG"/>
     <s v="Bulgaria"/>
     <s v="Number"/>
     <n v="2.5"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="HR"/>
     <s v="Croatia"/>
     <s v="Number"/>
     <n v="6.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="CY"/>
     <s v="Cyprus"/>
     <s v="Number"/>
-    <n v="9.2"/>
+    <n v="9.3"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="CZ"/>
     <s v="Czechia"/>
     <s v="Number"/>
     <n v="4.8"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
-    <n v="18"/>
+    <n v="17.6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="4.2"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
     <n v="9.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="6.3"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="10.3"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
-    <n v="10.8"/>
+    <n v="10.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="HU"/>
     <s v="Hungary"/>
     <s v="Number"/>
     <n v="5.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IS"/>
     <s v="Iceland"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IE"/>
     <s v="Ireland"/>
     <s v="Number"/>
-    <n v="27.2"/>
+    <n v="26.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Number"/>
-    <n v="11.2"/>
+    <n v="11.3"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="LV"/>
     <s v="Latvia"/>
     <s v="Number"/>
     <n v="5.5"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="LT"/>
     <s v="Lithuania"/>
     <s v="Number"/>
     <n v="6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="Number"/>
-    <n v="14.7"/>
+    <n v="14.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="Number"/>
     <n v="4.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="Number"/>
     <n v="3.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
@@ -14597,321 +15574,321 @@
     <s v="2022"/>
     <s v="2022"/>
     <s v="SI"/>
     <s v="Slovenia"/>
     <s v="Number"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Number"/>
     <n v="9.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="Number"/>
-    <n v="9.9"/>
+    <n v="9.8"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
     <n v="6.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="AL"/>
     <s v="Albania"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Number"/>
-    <n v="10.9"/>
+    <n v="10.8"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Number"/>
-    <n v="7.8"/>
+    <n v="7.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="BA"/>
     <s v="Bosnia and Herzegovina"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="BG"/>
     <s v="Bulgaria"/>
     <s v="Number"/>
     <n v="2.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="HR"/>
     <s v="Croatia"/>
     <s v="Number"/>
     <n v="6.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="CY"/>
     <s v="Cyprus"/>
     <s v="Number"/>
-    <n v="9.5"/>
+    <n v="9.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="CZ"/>
     <s v="Czechia"/>
     <s v="Number"/>
     <n v="5.2"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
-    <n v="18.8"/>
+    <n v="17.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="4.6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
     <n v="9.8"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="6.1"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
-    <n v="10.2"/>
+    <n v="10.1"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
-    <n v="11.8"/>
+    <n v="12"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
     <n v="8.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="HU"/>
     <s v="Hungary"/>
     <s v="Number"/>
     <n v="5.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IS"/>
     <s v="Iceland"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IE"/>
     <s v="Ireland"/>
     <s v="Number"/>
-    <n v="26.2"/>
+    <n v="26.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Number"/>
-    <n v="11.8"/>
+    <n v="11.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="LV"/>
     <s v="Latvia"/>
     <s v="Number"/>
-    <n v="5.7"/>
+    <n v="5.5"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="LT"/>
     <s v="Lithuania"/>
     <s v="Number"/>
     <n v="6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="Number"/>
     <n v="15.1"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="Number"/>
-    <n v="4.5"/>
+    <n v="4.6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Number"/>
-    <n v="10.5"/>
+    <n v="10.4"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
@@ -14937,79 +15914,449 @@
     <s v="2023"/>
     <s v="2023"/>
     <s v="RO"/>
     <s v="Romania"/>
     <s v="Number"/>
     <n v="6.3"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="RS"/>
     <s v="Serbia"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="SK"/>
     <s v="Slovakia"/>
     <s v="Number"/>
-    <n v="5.5"/>
+    <n v="5.6"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="SI"/>
     <s v="Slovenia"/>
     <s v="Number"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Number"/>
     <n v="9.9"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="Number"/>
-    <n v="10.1"/>
+    <n v="10"/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP05C01"/>
     <s v="€ per kg of oil equivalent (KGOE)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="Number"/>
     <s v=""/>
   </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP05C01"/>
+    <s v="€ per kg of oil equivalent (KGOE)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
 </pivotCacheRecords>
 </file>