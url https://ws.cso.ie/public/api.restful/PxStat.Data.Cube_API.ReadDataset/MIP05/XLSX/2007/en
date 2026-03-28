--- v2 (2026-02-05)
+++ v3 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7231223c694e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d511178207864c079a999951217d5b51.psmdcp" Id="R5b93422e02cd4ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272763c270074351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4db2bc8d1711481bbf78746072a32860.psmdcp" Id="Rdd1630a887ef4e2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>