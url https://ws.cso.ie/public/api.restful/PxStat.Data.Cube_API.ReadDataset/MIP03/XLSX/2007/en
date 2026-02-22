--- v0 (2026-01-07)
+++ v1 (2026-02-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b053e0a2a33440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/384c8cf629284628a5ece3f44f4e48b7.psmdcp" Id="R04ae14037e344e5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d1472ce62f94e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/942eee53b5d0447dac93707aa7b944b6.psmdcp" Id="R299699fdb31e44d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MIP03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Young persons aged 18-24 neither in employment nor in education and training</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>08/10/2025 11:00:00</x:t>
+    <x:t>16/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>European data sourced from Eurostat Young people neither in employment nor in education and training by sex, age and labour status (NEET rates).(https://ec.europa.eu/eurostat/databrowser/view/EDAT_LFSE_20/default/table?lang=en&amp;category=educ.educ_outc.edatt.edatt0) Break in time series in 2021 due to change in definitions. Some values have been updated throughout the timeline. &lt;br&gt;2024 values added. For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/generalstatisticalpublications/measuringirelandsprogress/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MIP</x:t>
   </x:si>
   <x:si>
     <x:t>Measuring Ireland's Progress</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -9272,52 +9272,52 @@
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J248" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J248" s="0">
+        <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:10">
       <x:c r="A249" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
@@ -9592,52 +9592,52 @@
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J258" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J258" s="0">
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:10">
       <x:c r="A259" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
@@ -10456,52 +10456,52 @@
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J285" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J285" s="0">
+        <x:v>24.3</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:10">
       <x:c r="A286" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
@@ -10776,52 +10776,52 @@
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J295" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J295" s="0">
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:10">
       <x:c r="A296" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
@@ -11640,52 +11640,52 @@
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J322" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J322" s="0">
+        <x:v>25.6</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:10">
       <x:c r="A323" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
@@ -11960,52 +11960,52 @@
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J332" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J332" s="0">
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:10">
       <x:c r="A333" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
@@ -12824,52 +12824,52 @@
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J359" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J359" s="0">
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:10">
       <x:c r="A360" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
@@ -13144,52 +13144,52 @@
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J369" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J369" s="0">
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:10">
       <x:c r="A370" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
@@ -14008,52 +14008,52 @@
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J396" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J396" s="0">
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:10">
       <x:c r="A397" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
@@ -14328,52 +14328,52 @@
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J406" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J406" s="0">
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:10">
       <x:c r="A407" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
@@ -15192,52 +15192,52 @@
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J433" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J433" s="0">
+        <x:v>25.2</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:10">
       <x:c r="A434" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
@@ -15512,52 +15512,52 @@
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J443" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J443" s="0">
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:10">
       <x:c r="A444" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
@@ -16376,52 +16376,52 @@
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J470" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J470" s="0">
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:10">
       <x:c r="A471" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
@@ -17560,52 +17560,52 @@
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J507" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J507" s="0">
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:10">
       <x:c r="A508" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
@@ -18744,52 +18744,52 @@
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J544" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J544" s="0">
+        <x:v>24.3</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:10">
       <x:c r="A545" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
@@ -19833,51 +19833,51 @@
       <x:c r="B578" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I578" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J578" s="0">
-        <x:v>7.7</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:10">
       <x:c r="A579" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
@@ -19928,52 +19928,52 @@
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I581" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J581" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J581" s="0">
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:10">
       <x:c r="A582" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H582" s="0" t="s">
@@ -21017,51 +21017,51 @@
       <x:c r="B615" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I615" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J615" s="0">
-        <x:v>7.4</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:10">
       <x:c r="A616" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H616" s="0" t="s">
@@ -21112,52 +21112,52 @@
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H618" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I618" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J618" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J618" s="0">
+        <x:v>25.2</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:10">
       <x:c r="A619" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
@@ -22201,51 +22201,51 @@
       <x:c r="B652" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H652" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I652" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J652" s="0">
-        <x:v>8.2</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:10">
       <x:c r="A653" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
@@ -22296,52 +22296,52 @@
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J655" s="0" t="s">
-        <x:v>61</x:v>
+      <x:c r="J655" s="0">
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:10">
       <x:c r="A656" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
@@ -22892,51 +22892,51 @@
         <x:s v="Luxembourg"/>
         <x:s v="Malta"/>
         <x:s v="Montenegro"/>
         <x:s v="Netherlands"/>
         <x:s v="North Macedonia"/>
         <x:s v="Norway"/>
         <x:s v="Poland"/>
         <x:s v="Portugal"/>
         <x:s v="Romania"/>
         <x:s v="Serbia"/>
         <x:s v="Slovakia"/>
         <x:s v="Slovenia"/>
         <x:s v="Spain"/>
         <x:s v="Sweden"/>
         <x:s v="Switzerland"/>
         <x:s v="Türkiye"/>
         <x:s v="United Kingdom"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="3.2" maxValue="46.1" count="203">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="3.2" maxValue="46.1" count="208">
         <x:n v="9.1"/>
         <x:n v="11.6"/>
         <x:s v=""/>
         <x:n v="16.8"/>
         <x:n v="15.3"/>
         <x:n v="18.8"/>
         <x:n v="7.5"/>
         <x:n v="10.2"/>
         <x:n v="10.4"/>
         <x:n v="13.1"/>
         <x:n v="11.3"/>
         <x:n v="14.4"/>
         <x:n v="7.7"/>
         <x:n v="17.9"/>
         <x:n v="14.2"/>
         <x:n v="5.6"/>
         <x:n v="12.4"/>
         <x:n v="23"/>
         <x:n v="10.8"/>
         <x:n v="11.4"/>
         <x:n v="8.3"/>
         <x:n v="8.2"/>
         <x:n v="22.1"/>
         <x:n v="5.5"/>
         <x:n v="24.4"/>
@@ -23037,108 +23037,113 @@
         <x:n v="7.2"/>
         <x:n v="14.3"/>
         <x:n v="22.3"/>
         <x:n v="26.5"/>
         <x:n v="8.7"/>
         <x:n v="19.5"/>
         <x:n v="14.6"/>
         <x:n v="15.2"/>
         <x:n v="6.8"/>
         <x:n v="24.8"/>
         <x:n v="12.3"/>
         <x:n v="6.9"/>
         <x:n v="26"/>
         <x:n v="5.8"/>
         <x:n v="26.6"/>
         <x:n v="6.1"/>
         <x:n v="19.6"/>
         <x:n v="5.4"/>
         <x:n v="46.1"/>
         <x:n v="9.7"/>
         <x:n v="26.7"/>
         <x:n v="16.4"/>
         <x:n v="16.7"/>
         <x:n v="24.5"/>
         <x:n v="3.6"/>
+        <x:n v="24.9"/>
         <x:n v="13.2"/>
         <x:n v="31.7"/>
         <x:n v="19"/>
         <x:n v="5.7"/>
         <x:n v="24.1"/>
         <x:n v="13.6"/>
         <x:n v="22"/>
         <x:n v="27.4"/>
         <x:n v="17.1"/>
         <x:n v="10.9"/>
         <x:n v="15.8"/>
-        <x:n v="24.9"/>
         <x:n v="7.9"/>
         <x:n v="3.2"/>
+        <x:n v="25.6"/>
         <x:n v="41.7"/>
         <x:n v="4.6"/>
         <x:n v="19.9"/>
         <x:n v="3.8"/>
+        <x:n v="24"/>
         <x:n v="17.5"/>
         <x:n v="12.8"/>
         <x:n v="30.9"/>
         <x:n v="23.8"/>
         <x:n v="15"/>
         <x:n v="16.9"/>
         <x:n v="20.4"/>
         <x:n v="3.7"/>
         <x:n v="7.6"/>
         <x:n v="13"/>
+        <x:n v="11.7"/>
         <x:n v="20.7"/>
         <x:n v="25.3"/>
         <x:n v="9.5"/>
         <x:n v="17"/>
         <x:n v="3.4"/>
+        <x:n v="25.2"/>
         <x:n v="41.6"/>
         <x:n v="8"/>
         <x:n v="4.2"/>
+        <x:n v="23.7"/>
         <x:n v="21.6"/>
-        <x:n v="11.7"/>
         <x:n v="29"/>
-        <x:n v="23.7"/>
         <x:n v="15.9"/>
         <x:n v="17.4"/>
         <x:n v="5.1"/>
         <x:n v="12.1"/>
         <x:n v="16.6"/>
         <x:n v="4.5"/>
         <x:n v="6.3"/>
         <x:n v="16.1"/>
         <x:n v="39.1"/>
         <x:n v="14.9"/>
         <x:n v="7.8"/>
         <x:n v="16.2"/>
         <x:n v="18.7"/>
+        <x:n v="23.5"/>
         <x:n v="21.3"/>
         <x:n v="4.4"/>
         <x:n v="4.7"/>
         <x:n v="20.8"/>
         <x:n v="13.4"/>
+        <x:n v="21.8"/>
         <x:n v="38.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="%"/>
     <n v="9.1"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2019"/>
@@ -26066,51 +26071,51 @@
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="3.6"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="24.9"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="7.1"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="13.2"/>
   </r>
@@ -26186,51 +26191,51 @@
     <s v="%"/>
     <n v="14.2"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="%"/>
     <n v="7.1"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="9.4"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="%"/>
     <n v="31.7"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="%"/>
     <s v=""/>
   </r>
@@ -26510,51 +26515,51 @@
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="4"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="24.3"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="8.2"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="12.4"/>
   </r>
@@ -26630,51 +26635,51 @@
     <s v="%"/>
     <n v="15.3"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="%"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="9.8"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="%"/>
     <n v="22"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="%"/>
     <s v=""/>
   </r>
@@ -26954,51 +26959,51 @@
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="3.2"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="25.6"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="6.1"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="13.9"/>
   </r>
@@ -27074,51 +27079,51 @@
     <s v="%"/>
     <n v="13.1"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="%"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="9.1"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="%"/>
     <n v="41.7"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="%"/>
     <s v=""/>
   </r>
@@ -27398,51 +27403,51 @@
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="3.8"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="24"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="7.3"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="10.8"/>
   </r>
@@ -27518,51 +27523,51 @@
     <s v="%"/>
     <n v="13.5"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="%"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="11.2"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="%"/>
     <n v="30.9"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="%"/>
     <s v=""/>
   </r>
@@ -27842,51 +27847,51 @@
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="3.7"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="23"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="7.6"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="10"/>
   </r>
@@ -27962,51 +27967,51 @@
     <s v="%"/>
     <n v="13.8"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="%"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="11.7"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="%"/>
     <n v="20.7"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="%"/>
     <s v=""/>
   </r>
@@ -28286,51 +28291,51 @@
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="3.8"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="25.2"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="11.6"/>
   </r>
@@ -28406,51 +28411,51 @@
     <s v="%"/>
     <n v="13.2"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="%"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="10.7"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="%"/>
     <n v="41.6"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="%"/>
     <s v=""/>
   </r>
@@ -28730,51 +28735,51 @@
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="4.2"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="23.7"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="6.5"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="9.7"/>
   </r>
@@ -29174,51 +29179,51 @@
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="4"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="23"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="6.8"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="10"/>
   </r>
@@ -29618,51 +29623,51 @@
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="4.5"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="24.3"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="6.3"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="9.4"/>
   </r>
@@ -30026,87 +30031,87 @@
     <s v="%"/>
     <n v="18.7"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="%"/>
     <n v="10"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="%"/>
-    <n v="7.7"/>
+    <n v="7.6"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="4.6"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="23.5"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="7"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="10"/>
   </r>
@@ -30470,87 +30475,87 @@
     <s v="%"/>
     <n v="20.8"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="%"/>
     <n v="10.9"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="%"/>
-    <n v="7.4"/>
+    <n v="7.2"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="4.6"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="25.2"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="10.2"/>
   </r>
@@ -30914,87 +30919,87 @@
     <s v="%"/>
     <n v="16.5"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="%"/>
     <n v="9"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="%"/>
-    <n v="8.2"/>
+    <n v="8.1"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="%"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="%"/>
     <n v="4.7"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="%"/>
-    <s v=""/>
+    <n v="21.8"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="%"/>
     <n v="6.8"/>
   </r>
   <r>
     <s v="MIP03C01"/>
     <s v="Neither in employment or education (DEASP status)"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="%"/>
     <n v="9.8"/>
   </r>