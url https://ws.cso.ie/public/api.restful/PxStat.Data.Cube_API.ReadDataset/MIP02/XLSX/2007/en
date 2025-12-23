--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ad143d8f6f4d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d0582898ea84d899c8534a728a5b33b.psmdcp" Id="R7fb952d2a6bd4e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c638e1298f43f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1e4ffbed45d4b6884762c152de4baf6.psmdcp" Id="R1fff5c0340404b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MIP02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Comparative price levels of final consumption by private households including direct taxes</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/30/2025 11:00:00 AM</x:t>
+    <x:t>30/09/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Notes: Data sourced from Eurostat Comparative price levels(https://ec.europa.eu/eurostat/databrowser/view/tec00120/default/table?lang=en), based on update of 18th June 2025. Comparative price levels are the ratio between Purchasing power parities (PPPs) and market exchange rate for each country. PPPs are currency conversion rates that convert economic indicators expressed in national currencies to a common currency, called Purchasing Power Standard (PPS), which allows meaningful comparison. The ratio is shown in relation to the EU average (EU27 countries (from 2020) = 100). If the index of the comparative price levels shown for a country is higher/ lower than 100, the country concerned is relatively expensive/cheap as compared with the EU27 average. &lt;br&gt;For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/generalstatisticalpublications/measuringirelandsprogress/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MIP</x:t>
   </x:si>
   <x:si>
     <x:t>Measuring Ireland's Progress</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -436,50 +436,53 @@
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -616,523 +619,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...471 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02677V03567" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="39">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+      </items>
+    </pivotField>
+    <pivotField name="Countries" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="39">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H391" totalsRowShown="0">
   <x:autoFilter ref="A1:H391"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02677V03567"/>
     <x:tableColumn id="6" name="Countries"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1401,51 +1079,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1634,51 +1312,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H391"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="62.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -11816,64 +11494,67 @@
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H391" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11890,51 +11571,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H391" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="MIP02C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Comparative price levels of final consumption by private households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="10">
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
@@ -12339,27 +12020,3928 @@
         <x:n v="73.5"/>
         <x:n v="161.7"/>
         <x:n v="138.1"/>
         <x:n v="97.5"/>
         <x:n v="81.8"/>
         <x:n v="81.6"/>
         <x:n v="132.8"/>
         <x:n v="116"/>
         <x:n v="124"/>
         <x:n v="72.2"/>
         <x:n v="87"/>
         <x:n v="63.7"/>
         <x:n v="84.7"/>
         <x:n v="90.2"/>
         <x:n v="115.1"/>
         <x:n v="174.4"/>
         <x:n v="53"/>
         <x:s v=""/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="109.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="111.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="142.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUZN20"/>
+    <s v="Eurozone - 20 Countries (2023)"/>
+    <s v="Number"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="125.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="136.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="128.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="125.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="114.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="152.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="94.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="127.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="142.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="113.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="146.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUZN20"/>
+    <s v="Eurozone - 20 Countries (2023)"/>
+    <s v="Number"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="126.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="112.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="87.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="158.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="129.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="127.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="47.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="152.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="130.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="168.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="127.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="143.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="80.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUZN20"/>
+    <s v="Eurozone - 20 Countries (2023)"/>
+    <s v="Number"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="125.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="174.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="131.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="128.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="131.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="164.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="112.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="141.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUZN20"/>
+    <s v="Eurozone - 20 Countries (2023)"/>
+    <s v="Number"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="125.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="113.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="168.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="134.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="126.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="145.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="125.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="158.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="113.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="53.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="143.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUZN20"/>
+    <s v="Eurozone - 20 Countries (2023)"/>
+    <s v="Number"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="126.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="161.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="136.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="144.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="123.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="120.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="111.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="90.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="142.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEUZN20"/>
+    <s v="Eurozone - 20 Countries (2023)"/>
+    <s v="Number"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="126.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="142.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="141.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="137.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="116.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="135.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="124.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="171.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="120.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="140.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUZN20"/>
+    <s v="Eurozone - 20 Countries (2023)"/>
+    <s v="Number"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="125.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="149.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="138.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="138.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="141.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="128.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="166.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="147.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUZN20"/>
+    <s v="Eurozone - 20 Countries (2023)"/>
+    <s v="Number"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="112.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="161.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="138.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="80.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="141.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="122.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="172.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="121.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="117.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="145.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUZN20"/>
+    <s v="Eurozone - 20 Countries (2023)"/>
+    <s v="Number"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="112.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="157.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="137.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="124.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="173.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="Number"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="92.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="143.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUZN20"/>
+    <s v="Eurozone - 20 Countries (2023)"/>
+    <s v="Number"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="111.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="161.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="138.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="81.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="115.1"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="174.4"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="MIP02C01"/>
+    <s v="Comparative price levels of final consumption by private households"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>