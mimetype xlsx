--- v1 (2025-12-23)
+++ v2 (2026-02-15)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c638e1298f43f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1e4ffbed45d4b6884762c152de4baf6.psmdcp" Id="R1fff5c0340404b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8dd8f16192495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e81020e549684bbd9cf1e53557171ef2.psmdcp" Id="R3c794be7802043e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MIP02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Comparative price levels of final consumption by private households including direct taxes</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>30/09/2025 11:00:00</x:t>
+    <x:t>15/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>Notes: Data sourced from Eurostat Comparative price levels(https://ec.europa.eu/eurostat/databrowser/view/tec00120/default/table?lang=en), based on update of 18th June 2025. Comparative price levels are the ratio between Purchasing power parities (PPPs) and market exchange rate for each country. PPPs are currency conversion rates that convert economic indicators expressed in national currencies to a common currency, called Purchasing Power Standard (PPS), which allows meaningful comparison. The ratio is shown in relation to the EU average (EU27 countries (from 2020) = 100). If the index of the comparative price levels shown for a country is higher/ lower than 100, the country concerned is relatively expensive/cheap as compared with the EU27 average. &lt;br&gt;For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/generalstatisticalpublications/measuringirelandsprogress/) on our website.</x:t>
+    <x:t>Data sourced from Eurostat Comparative price levels(https://ec.europa.eu/eurostat/databrowser/view/tec00120/default/table?lang=en), based on update of 10th July 2025. Please be aware that this indicator is expressed in relation to EU27 countries (from 2020) = 100. Comparative price levels are the ratio between Purchasing power parities (PPPs) and market exchange rate for each country. PPPs are currency conversion rates that convert economic indicators expressed in national currencies to a common currency, called Purchasing Power Standard (PPS), which allows meaningful comparison. If the index of the comparative price levels shown for a country is higher/lower than 100, the country concerned is relatively expensive/cheap as compared with the EU average. Update September 2025 - data for the UK for the year 2024 has been added. &lt;br&gt;For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/generalstatisticalpublications/measuringirelandsprogress/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MIP</x:t>
   </x:si>
   <x:si>
     <x:t>Measuring Ireland's Progress</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Declan Smyth</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -435,53 +435,50 @@
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t/>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -2915,51 +2912,51 @@
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H61" s="0">
-        <x:v>74.4</x:v>
+        <x:v>74.5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0">
@@ -4371,51 +4368,51 @@
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H117" s="0">
-        <x:v>55.2</x:v>
+        <x:v>55.3</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H118" s="0">
@@ -4449,51 +4446,51 @@
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H120" s="0">
-        <x:v>112.2</x:v>
+        <x:v>112.1</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H121" s="0">
@@ -4839,77 +4836,77 @@
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H135" s="0">
-        <x:v>66</x:v>
+        <x:v>65.9</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H136" s="0">
-        <x:v>168.5</x:v>
+        <x:v>168.4</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H137" s="0">
@@ -5073,51 +5070,51 @@
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H144" s="0">
-        <x:v>114.4</x:v>
+        <x:v>114.3</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H145" s="0">
@@ -5385,51 +5382,51 @@
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H156" s="0">
-        <x:v>45.9</x:v>
+        <x:v>45.8</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H157" s="0">
@@ -5905,51 +5902,51 @@
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H176" s="0">
-        <x:v>136.4</x:v>
+        <x:v>136.3</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H177" s="0">
@@ -6139,51 +6136,51 @@
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H185" s="0">
-        <x:v>144.7</x:v>
+        <x:v>144.6</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H186" s="0">
@@ -6321,77 +6318,77 @@
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="0">
-        <x:v>96</x:v>
+        <x:v>95.9</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H193" s="0">
-        <x:v>123.2</x:v>
+        <x:v>123.1</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H194" s="0">
@@ -6789,51 +6786,51 @@
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H210" s="0">
-        <x:v>113</x:v>
+        <x:v>112.9</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H211" s="0">
@@ -7023,51 +7020,51 @@
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H219" s="0">
-        <x:v>137.4</x:v>
+        <x:v>137.3</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H220" s="0">
@@ -8453,311 +8450,311 @@
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0">
-        <x:v>123.5</x:v>
+        <x:v>128.1</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H275" s="0">
-        <x:v>61.4</x:v>
+        <x:v>61.9</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H276" s="0">
-        <x:v>108.8</x:v>
+        <x:v>107.9</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H277" s="0">
-        <x:v>117.5</x:v>
+        <x:v>117.4</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0">
-        <x:v>58.1</x:v>
+        <x:v>58.4</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H279" s="0">
-        <x:v>58</x:v>
+        <x:v>58.2</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H280" s="0">
-        <x:v>72.6</x:v>
+        <x:v>73.1</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0">
-        <x:v>93.4</x:v>
+        <x:v>93.3</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0">
-        <x:v>89.7</x:v>
+        <x:v>89.6</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H283" s="0">
-        <x:v>147.4</x:v>
+        <x:v>146.3</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H284" s="0">
-        <x:v>99.3</x:v>
+        <x:v>99.6</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H285" s="0">
@@ -8765,103 +8762,103 @@
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0">
-        <x:v>105.2</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0">
-        <x:v>126</x:v>
+        <x:v>125.1</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H288" s="0">
-        <x:v>112.4</x:v>
+        <x:v>112.2</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H289" s="0">
@@ -8895,519 +8892,519 @@
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H291" s="0">
-        <x:v>67.3</x:v>
+        <x:v>67.7</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H292" s="0">
-        <x:v>161.2</x:v>
+        <x:v>159.8</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
-        <x:v>138.3</x:v>
+        <x:v>136.9</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0">
-        <x:v>99.8</x:v>
+        <x:v>99.5</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0">
-        <x:v>80.6</x:v>
+        <x:v>80.8</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
-        <x:v>78.9</x:v>
+        <x:v>79.3</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H297" s="0">
-        <x:v>137.1</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0">
-        <x:v>92.3</x:v>
+        <x:v>90.5</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0">
-        <x:v>61.5</x:v>
+        <x:v>61.4</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0">
-        <x:v>114.7</x:v>
+        <x:v>114.2</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H301" s="0">
-        <x:v>52</x:v>
+        <x:v>52.5</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0">
-        <x:v>141.9</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H303" s="0">
-        <x:v>61.6</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H304" s="0">
-        <x:v>87.3</x:v>
+        <x:v>87.2</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H305" s="0">
-        <x:v>59.9</x:v>
+        <x:v>60.8</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="0">
-        <x:v>62.9</x:v>
+        <x:v>63.6</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0">
-        <x:v>85.2</x:v>
+        <x:v>85.9</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="0">
-        <x:v>88.4</x:v>
+        <x:v>88.1</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H309" s="0">
-        <x:v>93.6</x:v>
+        <x:v>93.8</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0">
@@ -9415,103 +9412,103 @@
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="0">
-        <x:v>172.9</x:v>
+        <x:v>170.7</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="0">
-        <x:v>41.4</x:v>
+        <x:v>41.1</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H313" s="0">
-        <x:v>121.8</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H314" s="0">
@@ -9519,103 +9516,103 @@
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0">
-        <x:v>111.8</x:v>
+        <x:v>111.5</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H316" s="0">
-        <x:v>117.4</x:v>
+        <x:v>116.9</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0">
-        <x:v>58.1</x:v>
+        <x:v>58.5</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0">
@@ -9623,155 +9620,155 @@
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H319" s="0">
-        <x:v>74.7</x:v>
+        <x:v>74.9</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0">
-        <x:v>93</x:v>
+        <x:v>92.1</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0">
-        <x:v>92.7</x:v>
+        <x:v>91.7</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H322" s="0">
-        <x:v>145.1</x:v>
+        <x:v>141.6</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H323" s="0">
-        <x:v>100.9</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H324" s="0">
@@ -9779,597 +9776,597 @@
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H325" s="0">
-        <x:v>104.6</x:v>
+        <x:v>104.5</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H326" s="0">
-        <x:v>124.4</x:v>
+        <x:v>123.8</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H327" s="0">
-        <x:v>112.2</x:v>
+        <x:v>111.7</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H328" s="0">
-        <x:v>108.5</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H329" s="0">
-        <x:v>85.7</x:v>
+        <x:v>85.8</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H330" s="0">
-        <x:v>73.9</x:v>
+        <x:v>74.2</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H331" s="0">
-        <x:v>157.5</x:v>
+        <x:v>157.4</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H332" s="0">
-        <x:v>137.2</x:v>
+        <x:v>137.6</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H333" s="0">
-        <x:v>97.8</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H334" s="0">
-        <x:v>82.1</x:v>
+        <x:v>82.7</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H335" s="0">
-        <x:v>82.1</x:v>
+        <x:v>82.9</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H336" s="0">
-        <x:v>134</x:v>
+        <x:v>131.9</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H337" s="0">
-        <x:v>91</x:v>
+        <x:v>89.3</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H338" s="0">
-        <x:v>62.1</x:v>
+        <x:v>62.4</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H339" s="0">
-        <x:v>117</x:v>
+        <x:v>115.6</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H340" s="0">
-        <x:v>54</x:v>
+        <x:v>54.1</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H341" s="0">
-        <x:v>124.2</x:v>
+        <x:v>127.4</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0">
-        <x:v>67.5</x:v>
+        <x:v>68.2</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H343" s="0">
-        <x:v>86.7</x:v>
+        <x:v>86.2</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H344" s="0">
-        <x:v>61.1</x:v>
+        <x:v>61.8</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H345" s="0">
-        <x:v>65.3</x:v>
+        <x:v>65.2</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H346" s="0">
-        <x:v>83.8</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0">
@@ -10377,415 +10374,415 @@
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H348" s="0">
-        <x:v>91.1</x:v>
+        <x:v>90.3</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H349" s="0">
-        <x:v>114.3</x:v>
+        <x:v>115.2</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H350" s="0">
-        <x:v>173.7</x:v>
+        <x:v>171.8</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H351" s="0">
-        <x:v>43.4</x:v>
+        <x:v>45.2</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H352" s="0">
-        <x:v>118.8</x:v>
+        <x:v>123.5</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0">
-        <x:v>70.2</x:v>
+        <x:v>70.6</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0">
-        <x:v>112.8</x:v>
+        <x:v>111.7</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H355" s="0">
-        <x:v>116.5</x:v>
+        <x:v>116.7</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H356" s="0">
-        <x:v>63.4</x:v>
+        <x:v>58.4</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H357" s="0">
-        <x:v>59.7</x:v>
+        <x:v>60.5</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="0">
-        <x:v>76.3</x:v>
+        <x:v>76.6</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H359" s="0">
-        <x:v>92.8</x:v>
+        <x:v>91.6</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H360" s="0">
-        <x:v>88.4</x:v>
+        <x:v>88.5</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H361" s="0">
-        <x:v>143.1</x:v>
+        <x:v>140.7</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H362" s="0">
-        <x:v>100</x:v>
+        <x:v>100.2</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H363" s="0">
@@ -10793,77 +10790,77 @@
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H364" s="0">
-        <x:v>104.3</x:v>
+        <x:v>104.2</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H365" s="0">
-        <x:v>123.5</x:v>
+        <x:v>122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H366" s="0">
@@ -10871,675 +10868,675 @@
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H367" s="0">
-        <x:v>108.6</x:v>
+        <x:v>108.8</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H368" s="0">
-        <x:v>86</x:v>
+        <x:v>86.5</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H369" s="0">
-        <x:v>73.5</x:v>
+        <x:v>74.3</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H370" s="0">
-        <x:v>161.7</x:v>
+        <x:v>162.1</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H371" s="0">
-        <x:v>138.1</x:v>
+        <x:v>136.8</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H372" s="0">
-        <x:v>97.5</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H373" s="0">
-        <x:v>81.8</x:v>
+        <x:v>82.7</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H374" s="0">
-        <x:v>81.6</x:v>
+        <x:v>81.7</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H375" s="0">
-        <x:v>132.8</x:v>
+        <x:v>131.1</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H376" s="0">
-        <x:v>91.6</x:v>
+        <x:v>90.6</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H377" s="0">
-        <x:v>63.4</x:v>
+        <x:v>64.2</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H378" s="0">
-        <x:v>116</x:v>
+        <x:v>115.1</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H379" s="0">
-        <x:v>54.8</x:v>
+        <x:v>54.1</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H380" s="0">
-        <x:v>124</x:v>
+        <x:v>127.2</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H381" s="0">
-        <x:v>72.2</x:v>
+        <x:v>72.3</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H382" s="0">
-        <x:v>87</x:v>
+        <x:v>86.7</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H383" s="0">
-        <x:v>63.7</x:v>
+        <x:v>64.1</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H384" s="0">
-        <x:v>67.4</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H385" s="0">
-        <x:v>84.7</x:v>
+        <x:v>84.6</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H386" s="0">
-        <x:v>90.2</x:v>
+        <x:v>89.5</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H387" s="0">
-        <x:v>90.9</x:v>
+        <x:v>91.3</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H388" s="0">
-        <x:v>115.1</x:v>
+        <x:v>116.4</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H389" s="0">
-        <x:v>174.4</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H390" s="0">
-        <x:v>53</x:v>
+        <x:v>55.5</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H391" s="0" t="s">
-        <x:v>138</x:v>
+      <x:c r="H391" s="0">
+        <x:v>128.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -11704,51 +11701,51 @@
         <x:s v="Luxembourg"/>
         <x:s v="Malta"/>
         <x:s v="Montenegro"/>
         <x:s v="Netherlands"/>
         <x:s v="North Macedonia"/>
         <x:s v="Norway"/>
         <x:s v="Poland"/>
         <x:s v="Portugal"/>
         <x:s v="Romania"/>
         <x:s v="Serbia"/>
         <x:s v="Slovakia"/>
         <x:s v="Slovenia"/>
         <x:s v="Spain"/>
         <x:s v="Sweden"/>
         <x:s v="Switzerland"/>
         <x:s v="Türkiye"/>
         <x:s v="United Kingdom"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="41.4" maxValue="174.4" count="308">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="41.1" maxValue="174.2" count="314">
         <x:n v="48.3"/>
         <x:n v="109.3"/>
         <x:n v="111.2"/>
         <x:n v="53.8"/>
         <x:n v="49.7"/>
         <x:n v="67.8"/>
         <x:n v="92.2"/>
         <x:n v="66.8"/>
         <x:n v="142.8"/>
         <x:n v="77.5"/>
         <x:n v="100"/>
         <x:n v="105.3"/>
         <x:n v="125.8"/>
         <x:n v="112"/>
         <x:n v="107"/>
         <x:n v="88.2"/>
         <x:n v="61.4"/>
         <x:n v="136.1"/>
         <x:n v="128.3"/>
         <x:n v="106.4"/>
         <x:n v="73.1"/>
         <x:n v="64.1"/>
         <x:n v="125.5"/>
         <x:n v="83.9"/>
         <x:n v="56.2"/>
@@ -11761,302 +11758,308 @@
         <x:n v="51.4"/>
         <x:n v="70.7"/>
         <x:n v="86"/>
         <x:n v="94.8"/>
         <x:n v="127.8"/>
         <x:n v="170"/>
         <x:n v="142.6"/>
         <x:n v="51.1"/>
         <x:n v="110.4"/>
         <x:n v="113.3"/>
         <x:n v="53.3"/>
         <x:n v="68.5"/>
         <x:n v="89.5"/>
         <x:n v="68.3"/>
         <x:n v="146.1"/>
         <x:n v="78.8"/>
         <x:n v="105.4"/>
         <x:n v="126.1"/>
         <x:n v="112.4"/>
         <x:n v="107.1"/>
         <x:n v="87.7"/>
         <x:n v="62.4"/>
         <x:n v="158.8"/>
         <x:n v="129.3"/>
         <x:n v="104.3"/>
-        <x:n v="74.4"/>
+        <x:n v="74.5"/>
         <x:n v="65.1"/>
         <x:n v="127.9"/>
         <x:n v="84.5"/>
         <x:n v="55.9"/>
         <x:n v="115.8"/>
         <x:n v="47.9"/>
         <x:n v="152.6"/>
         <x:n v="87.3"/>
         <x:n v="51.5"/>
         <x:n v="77.9"/>
         <x:n v="86.9"/>
         <x:n v="95.3"/>
         <x:n v="130.7"/>
         <x:n v="168.2"/>
         <x:n v="61.7"/>
         <x:n v="127.7"/>
         <x:n v="52.4"/>
         <x:n v="111.6"/>
         <x:n v="114.3"/>
         <x:n v="54.5"/>
         <x:n v="51.2"/>
         <x:n v="69.2"/>
         <x:n v="89.8"/>
         <x:n v="70.5"/>
         <x:n v="143.1"/>
         <x:n v="80.9"/>
         <x:n v="125.1"/>
         <x:n v="113"/>
         <x:n v="106.5"/>
         <x:n v="65.9"/>
         <x:n v="174.2"/>
         <x:n v="131.5"/>
         <x:n v="103.7"/>
         <x:n v="74.9"/>
         <x:n v="66.1"/>
         <x:n v="128.8"/>
         <x:n v="86.3"/>
         <x:n v="56.9"/>
         <x:n v="114.8"/>
         <x:n v="48.8"/>
         <x:n v="148.4"/>
         <x:n v="58.8"/>
         <x:n v="88.9"/>
         <x:n v="54.7"/>
         <x:n v="82.4"/>
         <x:n v="94.7"/>
         <x:n v="131.2"/>
         <x:n v="164.7"/>
-        <x:n v="55.2"/>
+        <x:n v="55.3"/>
         <x:n v="119.6"/>
-        <x:n v="112.2"/>
+        <x:n v="112.1"/>
         <x:n v="114.7"/>
         <x:n v="54.8"/>
         <x:n v="51.9"/>
         <x:n v="70.6"/>
         <x:n v="90.9"/>
         <x:n v="74"/>
         <x:n v="141.4"/>
         <x:n v="83"/>
         <x:n v="125.7"/>
         <x:n v="113.9"/>
         <x:n v="105.8"/>
         <x:n v="86.8"/>
-        <x:n v="66"/>
-        <x:n v="168.5"/>
+        <x:n v="168.4"/>
         <x:n v="134.1"/>
         <x:n v="103.3"/>
         <x:n v="76.7"/>
         <x:n v="67.5"/>
         <x:n v="126.9"/>
         <x:n v="57.5"/>
-        <x:n v="114.4"/>
         <x:n v="49.9"/>
         <x:n v="145.6"/>
         <x:n v="59.6"/>
         <x:n v="55.7"/>
         <x:n v="55.8"/>
         <x:n v="87.1"/>
         <x:n v="96.4"/>
         <x:n v="158.9"/>
-        <x:n v="45.9"/>
+        <x:n v="45.8"/>
         <x:n v="58.3"/>
         <x:n v="113.2"/>
         <x:n v="114.9"/>
         <x:n v="53.6"/>
         <x:n v="71.3"/>
         <x:n v="91.3"/>
         <x:n v="75.1"/>
         <x:n v="143.4"/>
         <x:n v="84.9"/>
         <x:n v="105.6"/>
         <x:n v="126.3"/>
         <x:n v="113.4"/>
         <x:n v="67.4"/>
         <x:n v="161.8"/>
-        <x:n v="136.4"/>
+        <x:n v="136.3"/>
         <x:n v="101.6"/>
         <x:n v="68"/>
         <x:n v="132"/>
         <x:n v="57.1"/>
         <x:n v="117.1"/>
         <x:n v="49.8"/>
-        <x:n v="144.7"/>
+        <x:n v="144.6"/>
         <x:n v="59.9"/>
         <x:n v="87.9"/>
         <x:n v="55.5"/>
         <x:n v="56.5"/>
-        <x:n v="96"/>
-        <x:n v="123.2"/>
+        <x:n v="95.9"/>
+        <x:n v="123.1"/>
         <x:n v="165"/>
         <x:n v="47.3"/>
         <x:n v="120.9"/>
         <x:n v="59.4"/>
         <x:n v="111.7"/>
         <x:n v="113.6"/>
         <x:n v="56.1"/>
+        <x:n v="55.2"/>
         <x:n v="90.7"/>
         <x:n v="76.3"/>
         <x:n v="126.4"/>
+        <x:n v="112.9"/>
         <x:n v="106.9"/>
         <x:n v="88.4"/>
         <x:n v="66.3"/>
         <x:n v="142.7"/>
         <x:n v="141.7"/>
         <x:n v="101.7"/>
         <x:n v="78.5"/>
         <x:n v="69.9"/>
-        <x:n v="137.4"/>
+        <x:n v="137.3"/>
         <x:n v="89.6"/>
         <x:n v="116.2"/>
         <x:n v="135.8"/>
         <x:n v="59.1"/>
         <x:n v="90.3"/>
         <x:n v="55.4"/>
         <x:n v="58.6"/>
         <x:n v="83.2"/>
         <x:n v="97.8"/>
         <x:n v="124.8"/>
         <x:n v="171.5"/>
         <x:n v="44.9"/>
         <x:n v="120.3"/>
         <x:n v="61.6"/>
         <x:n v="108.5"/>
         <x:n v="115.5"/>
         <x:n v="69.4"/>
         <x:n v="92.6"/>
         <x:n v="83.3"/>
         <x:n v="140.8"/>
         <x:n v="91.1"/>
         <x:n v="107.2"/>
         <x:n v="68.2"/>
         <x:n v="149.8"/>
         <x:n v="138.3"/>
         <x:n v="101"/>
         <x:n v="75.2"/>
         <x:n v="71.6"/>
         <x:n v="138.7"/>
         <x:n v="91.6"/>
         <x:n v="59.3"/>
         <x:n v="48.9"/>
         <x:n v="60.5"/>
         <x:n v="56"/>
         <x:n v="94.5"/>
         <x:n v="128.7"/>
         <x:n v="166.2"/>
         <x:n v="42.2"/>
-        <x:n v="123.5"/>
-[...10 lines deleted...]
-        <x:n v="126"/>
+        <x:n v="128.1"/>
+        <x:n v="61.9"/>
+        <x:n v="107.9"/>
+        <x:n v="117.4"/>
+        <x:n v="58.4"/>
+        <x:n v="58.2"/>
+        <x:n v="93.3"/>
+        <x:n v="146.3"/>
+        <x:n v="99.6"/>
+        <x:n v="105"/>
+        <x:n v="112.2"/>
         <x:n v="108.4"/>
         <x:n v="87.4"/>
-        <x:n v="67.3"/>
-        <x:n v="161.2"/>
+        <x:n v="67.7"/>
+        <x:n v="159.8"/>
+        <x:n v="136.9"/>
+        <x:n v="99.5"/>
+        <x:n v="80.8"/>
+        <x:n v="79.3"/>
+        <x:n v="134.7"/>
+        <x:n v="90.5"/>
+        <x:n v="114.2"/>
+        <x:n v="52.5"/>
+        <x:n v="143"/>
+        <x:n v="62"/>
+        <x:n v="87.2"/>
+        <x:n v="60.8"/>
+        <x:n v="63.6"/>
+        <x:n v="85.9"/>
+        <x:n v="88.1"/>
+        <x:n v="93.8"/>
+        <x:n v="122.7"/>
+        <x:n v="170.7"/>
+        <x:n v="41.1"/>
+        <x:n v="126"/>
+        <x:n v="65.2"/>
+        <x:n v="111.5"/>
+        <x:n v="116.9"/>
+        <x:n v="58.5"/>
+        <x:n v="59.2"/>
+        <x:n v="92.1"/>
+        <x:n v="91.7"/>
+        <x:n v="141.6"/>
         <x:n v="99.8"/>
-        <x:n v="80.6"/>
-[...34 lines deleted...]
-        <x:n v="124.2"/>
+        <x:n v="104.5"/>
+        <x:n v="123.8"/>
+        <x:n v="109"/>
+        <x:n v="85.8"/>
+        <x:n v="74.2"/>
+        <x:n v="157.4"/>
+        <x:n v="137.6"/>
+        <x:n v="98"/>
+        <x:n v="82.7"/>
+        <x:n v="82.9"/>
+        <x:n v="131.9"/>
+        <x:n v="89.3"/>
+        <x:n v="115.6"/>
+        <x:n v="54.1"/>
+        <x:n v="127.4"/>
+        <x:n v="86.2"/>
+        <x:n v="61.8"/>
+        <x:n v="84"/>
+        <x:n v="115.2"/>
+        <x:n v="171.8"/>
+        <x:n v="45.2"/>
+        <x:n v="123.5"/>
+        <x:n v="116.7"/>
+        <x:n v="76.6"/>
+        <x:n v="88.5"/>
+        <x:n v="140.7"/>
+        <x:n v="100.2"/>
+        <x:n v="104.2"/>
+        <x:n v="122.3"/>
+        <x:n v="108.8"/>
+        <x:n v="74.3"/>
+        <x:n v="162.1"/>
+        <x:n v="136.8"/>
+        <x:n v="97"/>
+        <x:n v="81.7"/>
+        <x:n v="131.1"/>
+        <x:n v="90.6"/>
+        <x:n v="64.2"/>
+        <x:n v="115.1"/>
+        <x:n v="127.2"/>
+        <x:n v="72.3"/>
         <x:n v="86.7"/>
-        <x:n v="61.1"/>
-[...29 lines deleted...]
-        <x:s v=""/>
+        <x:n v="67"/>
+        <x:n v="84.6"/>
+        <x:n v="116.4"/>
+        <x:n v="173"/>
+        <x:n v="128.4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="AL"/>
     <s v="Albania"/>
     <s v="Number"/>
     <n v="48.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="AT"/>
     <s v="Austria"/>
@@ -12619,51 +12622,51 @@
     <s v="2016"/>
     <s v="2016"/>
     <s v="IE"/>
     <s v="Ireland"/>
     <s v="Number"/>
     <n v="129.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Number"/>
     <n v="104.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="LV"/>
     <s v="Latvia"/>
     <s v="Number"/>
-    <n v="74.4"/>
+    <n v="74.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="LT"/>
     <s v="Lithuania"/>
     <s v="Number"/>
     <n v="65.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="Number"/>
     <n v="127.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2016"/>
@@ -13179,81 +13182,81 @@
     <s v="2017"/>
     <s v="2017"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="Number"/>
     <n v="131.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="Number"/>
     <n v="164.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
-    <n v="55.2"/>
+    <n v="55.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="Number"/>
     <n v="119.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="AL"/>
     <s v="Albania"/>
     <s v="Number"/>
     <n v="55.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Number"/>
-    <n v="112.2"/>
+    <n v="112.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Number"/>
     <n v="114.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="BA"/>
     <s v="Bosnia and Herzegovina"/>
     <s v="Number"/>
     <n v="54.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
@@ -13359,61 +13362,61 @@
     <s v="2018"/>
     <s v="2018"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
     <n v="105.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
     <n v="86.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="HU"/>
     <s v="Hungary"/>
     <s v="Number"/>
-    <n v="66"/>
+    <n v="65.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="IS"/>
     <s v="Iceland"/>
     <s v="Number"/>
-    <n v="168.5"/>
+    <n v="168.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="IE"/>
     <s v="Ireland"/>
     <s v="Number"/>
     <n v="134.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Number"/>
     <n v="103.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
@@ -13449,51 +13452,51 @@
     <s v="2018"/>
     <s v="2018"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="Number"/>
     <n v="86.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="Number"/>
     <n v="57.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Number"/>
-    <n v="114.4"/>
+    <n v="114.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="Number"/>
     <n v="49.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="Number"/>
     <n v="145.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
@@ -13569,51 +13572,51 @@
     <s v="2018"/>
     <s v="2018"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="Number"/>
     <n v="125.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="Number"/>
     <n v="158.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
-    <n v="45.9"/>
+    <n v="45.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="Number"/>
     <n v="119.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="AL"/>
     <s v="Albania"/>
     <s v="Number"/>
     <n v="58.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
@@ -13769,51 +13772,51 @@
     <s v="2019"/>
     <s v="2019"/>
     <s v="HU"/>
     <s v="Hungary"/>
     <s v="Number"/>
     <n v="67.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="IS"/>
     <s v="Iceland"/>
     <s v="Number"/>
     <n v="161.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="IE"/>
     <s v="Ireland"/>
     <s v="Number"/>
-    <n v="136.4"/>
+    <n v="136.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Number"/>
     <n v="101.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="LV"/>
     <s v="Latvia"/>
     <s v="Number"/>
     <n v="77.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
@@ -13859,51 +13862,51 @@
     <s v="2019"/>
     <s v="2019"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Number"/>
     <n v="117.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="Number"/>
     <n v="49.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="Number"/>
-    <n v="144.7"/>
+    <n v="144.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Number"/>
     <n v="59.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Number"/>
     <n v="87.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
@@ -13929,61 +13932,61 @@
     <s v="2019"/>
     <s v="2019"/>
     <s v="SK"/>
     <s v="Slovakia"/>
     <s v="Number"/>
     <n v="86"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="SI"/>
     <s v="Slovenia"/>
     <s v="Number"/>
     <n v="86.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Number"/>
-    <n v="96"/>
+    <n v="95.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="Number"/>
-    <n v="123.2"/>
+    <n v="123.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="Number"/>
     <n v="165"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
     <n v="47.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2019"/>
@@ -14109,51 +14112,51 @@
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEUZN20"/>
     <s v="Eurozone - 20 Countries (2023)"/>
     <s v="Number"/>
     <n v="105.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="126.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
-    <n v="113"/>
+    <n v="112.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
     <n v="106.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
     <n v="88.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2020"/>
@@ -14199,51 +14202,51 @@
     <s v="2020"/>
     <s v="2020"/>
     <s v="LV"/>
     <s v="Latvia"/>
     <s v="Number"/>
     <n v="78.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="LT"/>
     <s v="Lithuania"/>
     <s v="Number"/>
     <n v="69.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="Number"/>
-    <n v="137.4"/>
+    <n v="137.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="Number"/>
     <n v="89.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="Number"/>
     <n v="59.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2020"/>
@@ -14749,1199 +14752,1199 @@
     <s v="2021"/>
     <s v="2021"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="Number"/>
     <n v="166.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
     <n v="42.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="Number"/>
-    <n v="123.5"/>
+    <n v="128.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="AL"/>
     <s v="Albania"/>
     <s v="Number"/>
-    <n v="61.4"/>
+    <n v="61.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Number"/>
-    <n v="108.8"/>
+    <n v="107.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Number"/>
-    <n v="117.5"/>
+    <n v="117.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="BA"/>
     <s v="Bosnia and Herzegovina"/>
     <s v="Number"/>
-    <n v="58.1"/>
+    <n v="58.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="BG"/>
     <s v="Bulgaria"/>
     <s v="Number"/>
-    <n v="58"/>
+    <n v="58.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="HR"/>
     <s v="Croatia"/>
     <s v="Number"/>
-    <n v="72.6"/>
+    <n v="73.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="CY"/>
     <s v="Cyprus"/>
     <s v="Number"/>
-    <n v="93.4"/>
+    <n v="93.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="CZ"/>
     <s v="Czechia"/>
     <s v="Number"/>
-    <n v="89.7"/>
+    <n v="89.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
-    <n v="147.4"/>
+    <n v="146.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
-    <n v="99.3"/>
+    <n v="99.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
     <n v="100"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUZN20"/>
     <s v="Eurozone - 20 Countries (2023)"/>
     <s v="Number"/>
-    <n v="105.2"/>
+    <n v="105"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
-    <n v="126"/>
+    <n v="125.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
-    <n v="112.4"/>
+    <n v="112.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
     <n v="108.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
     <n v="87.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="HU"/>
     <s v="Hungary"/>
     <s v="Number"/>
-    <n v="67.3"/>
+    <n v="67.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IS"/>
     <s v="Iceland"/>
     <s v="Number"/>
-    <n v="161.2"/>
+    <n v="159.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IE"/>
     <s v="Ireland"/>
     <s v="Number"/>
-    <n v="138.3"/>
+    <n v="136.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Number"/>
-    <n v="99.8"/>
+    <n v="99.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="LV"/>
     <s v="Latvia"/>
     <s v="Number"/>
-    <n v="80.6"/>
+    <n v="80.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="LT"/>
     <s v="Lithuania"/>
     <s v="Number"/>
-    <n v="78.9"/>
+    <n v="79.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="Number"/>
-    <n v="137.1"/>
+    <n v="134.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="Number"/>
-    <n v="92.3"/>
+    <n v="90.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="Number"/>
-    <n v="61.5"/>
+    <n v="61.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Number"/>
-    <n v="114.7"/>
+    <n v="114.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="Number"/>
-    <n v="52"/>
+    <n v="52.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="Number"/>
-    <n v="141.9"/>
+    <n v="143"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Number"/>
-    <n v="61.6"/>
+    <n v="62"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Number"/>
-    <n v="87.3"/>
+    <n v="87.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="RO"/>
     <s v="Romania"/>
     <s v="Number"/>
-    <n v="59.9"/>
+    <n v="60.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="RS"/>
     <s v="Serbia"/>
     <s v="Number"/>
-    <n v="62.9"/>
+    <n v="63.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="SK"/>
     <s v="Slovakia"/>
     <s v="Number"/>
-    <n v="85.2"/>
+    <n v="85.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="SI"/>
     <s v="Slovenia"/>
     <s v="Number"/>
-    <n v="88.4"/>
+    <n v="88.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Number"/>
-    <n v="93.6"/>
+    <n v="93.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="Number"/>
     <n v="122.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="Number"/>
-    <n v="172.9"/>
+    <n v="170.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
-    <n v="41.4"/>
+    <n v="41.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="Number"/>
-    <n v="121.8"/>
+    <n v="126"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="AL"/>
     <s v="Albania"/>
     <s v="Number"/>
     <n v="65.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Number"/>
-    <n v="111.8"/>
+    <n v="111.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Number"/>
-    <n v="117.4"/>
+    <n v="116.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="BA"/>
     <s v="Bosnia and Herzegovina"/>
     <s v="Number"/>
-    <n v="58.1"/>
+    <n v="58.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="BG"/>
     <s v="Bulgaria"/>
     <s v="Number"/>
     <n v="59.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="HR"/>
     <s v="Croatia"/>
     <s v="Number"/>
-    <n v="74.7"/>
+    <n v="74.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="CY"/>
     <s v="Cyprus"/>
     <s v="Number"/>
-    <n v="93"/>
+    <n v="92.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="CZ"/>
     <s v="Czechia"/>
     <s v="Number"/>
-    <n v="92.7"/>
+    <n v="91.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
-    <n v="145.1"/>
+    <n v="141.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
-    <n v="100.9"/>
+    <n v="99.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
     <n v="100"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUZN20"/>
     <s v="Eurozone - 20 Countries (2023)"/>
     <s v="Number"/>
-    <n v="104.6"/>
+    <n v="104.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
-    <n v="124.4"/>
+    <n v="123.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
-    <n v="112.2"/>
+    <n v="111.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
-    <n v="108.5"/>
+    <n v="109"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
-    <n v="85.7"/>
+    <n v="85.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="HU"/>
     <s v="Hungary"/>
     <s v="Number"/>
-    <n v="73.9"/>
+    <n v="74.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IS"/>
     <s v="Iceland"/>
     <s v="Number"/>
-    <n v="157.5"/>
+    <n v="157.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IE"/>
     <s v="Ireland"/>
     <s v="Number"/>
-    <n v="137.2"/>
+    <n v="137.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Number"/>
-    <n v="97.8"/>
+    <n v="98"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="LV"/>
     <s v="Latvia"/>
     <s v="Number"/>
-    <n v="82.1"/>
+    <n v="82.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="LT"/>
     <s v="Lithuania"/>
     <s v="Number"/>
-    <n v="82.1"/>
+    <n v="82.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="Number"/>
-    <n v="134"/>
+    <n v="131.9"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="Number"/>
-    <n v="91"/>
+    <n v="89.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="Number"/>
-    <n v="62.1"/>
+    <n v="62.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Number"/>
-    <n v="117"/>
+    <n v="115.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="Number"/>
-    <n v="54"/>
+    <n v="54.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="Number"/>
-    <n v="124.2"/>
+    <n v="127.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Number"/>
-    <n v="67.5"/>
+    <n v="68.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Number"/>
-    <n v="86.7"/>
+    <n v="86.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="RO"/>
     <s v="Romania"/>
     <s v="Number"/>
-    <n v="61.1"/>
+    <n v="61.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="RS"/>
     <s v="Serbia"/>
     <s v="Number"/>
-    <n v="65.3"/>
+    <n v="65.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="SK"/>
     <s v="Slovakia"/>
     <s v="Number"/>
-    <n v="83.8"/>
+    <n v="84"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="SI"/>
     <s v="Slovenia"/>
     <s v="Number"/>
     <n v="89.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Number"/>
-    <n v="91.1"/>
+    <n v="90.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="Number"/>
-    <n v="114.3"/>
+    <n v="115.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="Number"/>
-    <n v="173.7"/>
+    <n v="171.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
-    <n v="43.4"/>
+    <n v="45.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="Number"/>
-    <n v="118.8"/>
+    <n v="123.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="AL"/>
     <s v="Albania"/>
     <s v="Number"/>
-    <n v="70.2"/>
+    <n v="70.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Number"/>
-    <n v="112.8"/>
+    <n v="111.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Number"/>
-    <n v="116.5"/>
+    <n v="116.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="BA"/>
     <s v="Bosnia and Herzegovina"/>
     <s v="Number"/>
-    <n v="63.4"/>
+    <n v="58.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="BG"/>
     <s v="Bulgaria"/>
     <s v="Number"/>
-    <n v="59.7"/>
+    <n v="60.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="HR"/>
     <s v="Croatia"/>
     <s v="Number"/>
-    <n v="76.3"/>
+    <n v="76.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="CY"/>
     <s v="Cyprus"/>
     <s v="Number"/>
-    <n v="92.8"/>
+    <n v="91.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="CZ"/>
     <s v="Czechia"/>
     <s v="Number"/>
-    <n v="88.4"/>
+    <n v="88.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
-    <n v="143.1"/>
+    <n v="140.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
-    <n v="100"/>
+    <n v="100.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
     <n v="100"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUZN20"/>
     <s v="Eurozone - 20 Countries (2023)"/>
     <s v="Number"/>
-    <n v="104.3"/>
+    <n v="104.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
-    <n v="123.5"/>
+    <n v="122.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="111.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
-    <n v="108.6"/>
+    <n v="108.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
-    <n v="86"/>
+    <n v="86.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="HU"/>
     <s v="Hungary"/>
     <s v="Number"/>
-    <n v="73.5"/>
+    <n v="74.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IS"/>
     <s v="Iceland"/>
     <s v="Number"/>
-    <n v="161.7"/>
+    <n v="162.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IE"/>
     <s v="Ireland"/>
     <s v="Number"/>
-    <n v="138.1"/>
+    <n v="136.8"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Number"/>
-    <n v="97.5"/>
+    <n v="97"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="LV"/>
     <s v="Latvia"/>
     <s v="Number"/>
-    <n v="81.8"/>
+    <n v="82.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="LT"/>
     <s v="Lithuania"/>
     <s v="Number"/>
-    <n v="81.6"/>
+    <n v="81.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="LU"/>
     <s v="Luxembourg"/>
     <s v="Number"/>
-    <n v="132.8"/>
+    <n v="131.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="MT"/>
     <s v="Malta"/>
     <s v="Number"/>
-    <n v="91.6"/>
+    <n v="90.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ME"/>
     <s v="Montenegro"/>
     <s v="Number"/>
-    <n v="63.4"/>
+    <n v="64.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Number"/>
-    <n v="116"/>
+    <n v="115.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="MK"/>
     <s v="North Macedonia"/>
     <s v="Number"/>
-    <n v="54.8"/>
+    <n v="54.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="NO"/>
     <s v="Norway"/>
     <s v="Number"/>
-    <n v="124"/>
+    <n v="127.2"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Number"/>
-    <n v="72.2"/>
+    <n v="72.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Number"/>
-    <n v="87"/>
+    <n v="86.7"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="RO"/>
     <s v="Romania"/>
     <s v="Number"/>
-    <n v="63.7"/>
+    <n v="64.1"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="RS"/>
     <s v="Serbia"/>
     <s v="Number"/>
-    <n v="67.4"/>
+    <n v="67"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="SK"/>
     <s v="Slovakia"/>
     <s v="Number"/>
-    <n v="84.7"/>
+    <n v="84.6"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="SI"/>
     <s v="Slovenia"/>
     <s v="Number"/>
-    <n v="90.2"/>
+    <n v="89.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Number"/>
-    <n v="90.9"/>
+    <n v="91.3"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="SE"/>
     <s v="Sweden"/>
     <s v="Number"/>
-    <n v="115.1"/>
+    <n v="116.4"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="CH"/>
     <s v="Switzerland"/>
     <s v="Number"/>
-    <n v="174.4"/>
+    <n v="173"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
-    <n v="53"/>
+    <n v="55.5"/>
   </r>
   <r>
     <s v="MIP02C01"/>
     <s v="Comparative price levels of final consumption by private households"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="128.4"/>
   </r>
 </pivotCacheRecords>
 </file>