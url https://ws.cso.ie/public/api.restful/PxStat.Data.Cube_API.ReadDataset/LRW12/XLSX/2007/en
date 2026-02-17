--- v0 (2025-10-05)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad865147764f46e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c4a48dee6cc4f3e98c74b7738e5cc39.psmdcp" Id="Re034ca8c1dc545e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3efdbade9384dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0a9f515720b4bb7a2c3d0a5a6009f73.psmdcp" Id="Rc141c997d604465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRW12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Estimated Number of People Supported by the Temporary Wage Subsidy Scheme</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Weekly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/16/2021 11:00:00 AM</x:t>
+    <x:t>16/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRW12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LR</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Conor Delves</x:t>
   </x:si>
@@ -523,467 +523,184 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(W1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Week" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev 2 Economic Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H426" totalsRowShown="0">
   <x:autoFilter ref="A1:H426"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(W1)"/>
     <x:tableColumn id="4" name="Week"/>
     <x:tableColumn id="5" name="C02665V03225"/>
     <x:tableColumn id="6" name="NACE Rev 2 Economic Sector"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1252,51 +969,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRW12/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1483,51 +1200,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H426"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="83.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="9.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -12591,51 +12308,51 @@
       <x:c r="E426" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H426" s="0">
         <x:v>4496</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12652,51 +12369,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H426" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRW12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(W1)">
       <x:sharedItems count="25">
         <x:s v="2020W12"/>
         <x:s v="2020W13"/>
         <x:s v="2020W14"/>
         <x:s v="2020W15"/>
         <x:s v="2020W16"/>
         <x:s v="2020W17"/>
         <x:s v="2020W18"/>
         <x:s v="2020W19"/>
         <x:s v="2020W20"/>
         <x:s v="2020W21"/>
         <x:s v="2020W22"/>
@@ -13184,27 +12901,4278 @@
         <x:n v="9894"/>
         <x:n v="25306"/>
         <x:n v="65589"/>
         <x:n v="326"/>
         <x:n v="3607"/>
         <x:n v="9260"/>
         <x:n v="1401"/>
         <x:n v="16787"/>
         <x:n v="2998"/>
         <x:n v="6355"/>
         <x:n v="4479"/>
         <x:n v="65"/>
         <x:n v="1731"/>
         <x:n v="4206"/>
         <x:n v="1659"/>
         <x:n v="6280"/>
         <x:n v="1935"/>
         <x:n v="4496"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="36245"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="6214"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="4892"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="5339"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="132215"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="7242"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="30341"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="17163"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="6418"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="14348"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="8407"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="8838"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="10091"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="6713"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="10352"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="294048"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="24591"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="74772"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="15672"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="26819"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="11904"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="31076"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="18219"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="7396"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="17059"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="7025"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="29557"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="11129"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="16083"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="368572"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="35557"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="95684"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="21651"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="28981"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="13351"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="33143"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="21230"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="8355"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="19615"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="8185"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="47913"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="14300"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="17192"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="392952"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="36977"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="99861"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="24263"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="29538"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="14054"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="34167"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="24702"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="8844"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="21137"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="8459"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="54765"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="15642"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="16990"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="406010"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="38405"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="102544"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="24907"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="30563"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="13365"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="35237"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="25522"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="9816"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="23507"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="8832"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="56474"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="15787"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="17317"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="426072"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="39578"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="105393"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="30168"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="32086"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="14300"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="37087"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="27024"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="10449"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="25341"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="58111"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="15667"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="17846"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="414554"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="39036"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="103075"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="27631"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="33021"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="13534"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="35835"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="26125"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="10298"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="24913"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="8972"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="56199"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="14596"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="17634"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="411807"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="39378"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="100476"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="25074"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="34581"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="13530"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="35932"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="26559"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="10394"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="25361"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9100"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="54970"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="14773"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="17897"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="418802"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="39116"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="104764"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="25233"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="35732"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="13627"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="36027"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="26692"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="10504"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="25912"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9126"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="55442"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="14878"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="17990"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="421464"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3283"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="37911"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="105993"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="25344"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="36989"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="13708"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="36273"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="27409"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="10627"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="26889"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9244"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="53877"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="15004"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="18467"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="407258"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="36546"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="99535"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="23817"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="37829"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="12963"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="34046"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="26849"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="10342"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="26561"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9230"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="52749"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="14715"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="18382"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="404034"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="36480"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="98047"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="23441"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="39308"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="34078"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="26764"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="10326"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="26746"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9346"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="49599"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="14564"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="18750"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="406791"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="36554"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="101005"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="23096"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="40667"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="12967"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="34008"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="26648"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="10244"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="26669"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9406"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="48506"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="14502"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="18894"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="400977"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="2825"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="35902"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="96172"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="22697"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="43236"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="12637"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="33381"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="26584"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="9966"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="26398"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9281"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="47867"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="14369"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="19221"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="391323"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="33513"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="86624"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="21013"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="53617"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="11658"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="30550"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="25941"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="8740"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="24088"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9174"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="45671"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="12678"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="25048"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="390558"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="31528"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="79559"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="19911"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="72312"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="11054"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="28692"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="24500"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="8363"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="22865"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9519"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="40504"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="12662"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="26272"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="390498"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="29872"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="78012"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="19269"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="77880"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="11053"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="28454"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="24011"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="8333"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="22476"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9612"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="39315"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="12414"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="27009"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="390894"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="29494"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="77024"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="18885"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="81983"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="11070"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="28443"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="22535"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="8314"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="22373"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9659"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="38052"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="12246"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="27993"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="388763"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="29091"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="75764"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="18815"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="83948"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="10962"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="27880"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="22395"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="8266"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="22037"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9531"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="37157"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="11753"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="28387"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="377285"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="28452"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="71838"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="17861"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="84757"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="10197"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="26527"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="21090"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="8134"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="21033"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9183"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="35940"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="11297"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="28275"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="367829"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="27977"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="67141"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="17604"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="84303"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="26180"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="20496"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="8115"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="20399"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="35385"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="10835"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="27711"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="362745"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="27546"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="67248"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="16991"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="83421"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="9593"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="25583"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="19775"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="8031"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="20096"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="8897"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="34623"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="10524"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="27776"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="334415"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="26341"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="61610"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="16372"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="75197"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="8712"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="23449"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="17826"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="18353"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="8574"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="32726"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="9894"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="25306"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Number"/>
+    <n v="65589"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Number"/>
+    <n v="9260"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Number"/>
+    <n v="16787"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Number"/>
+    <n v="6355"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Number"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Number"/>
+    <n v="4206"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="T"/>
+    <s v="Activities of households as employers (T)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="X"/>
+    <s v="Unknown"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="LRW12"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+</pivotCacheRecords>
 </file>