--- v0 (2025-10-06)
+++ v1 (2025-12-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c68986272254224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72e1d03dd0064427a91bf4663a18acc5.psmdcp" Id="Rcaf154321d034120" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb17a78dad92f4921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc36c311ff5f432face7403c61feabff.psmdcp" Id="R24a9d2d0b2e042ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRW09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Weekly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/5/2021 11:00:00 AM</x:t>
+    <x:t>05/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRW09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LR</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Conor Delves</x:t>
   </x:si>
@@ -487,435 +487,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(W1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Week" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J601" totalsRowShown="0">
   <x:autoFilter ref="A1:J601"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(W1)"/>
     <x:tableColumn id="4" name="Week"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age Group"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1186,51 +933,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRW09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1417,51 +1164,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J601"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="83.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="9.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -20683,51 +20430,51 @@
       <x:c r="G601" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J601" s="0">
         <x:v>31744</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20744,51 +20491,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J601" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRW09"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(W1)">
       <x:sharedItems count="25">
         <x:s v="2020W12"/>
         <x:s v="2020W13"/>
         <x:s v="2020W14"/>
         <x:s v="2020W15"/>
         <x:s v="2020W16"/>
         <x:s v="2020W17"/>
         <x:s v="2020W18"/>
         <x:s v="2020W19"/>
         <x:s v="2020W20"/>
         <x:s v="2020W21"/>
         <x:s v="2020W22"/>
@@ -21466,27 +21213,7228 @@
         <x:n v="15930"/>
         <x:n v="8077"/>
         <x:n v="7853"/>
         <x:n v="17096"/>
         <x:n v="9216"/>
         <x:n v="7880"/>
         <x:n v="12976"/>
         <x:n v="7036"/>
         <x:n v="5940"/>
         <x:n v="4397"/>
         <x:n v="2355"/>
         <x:n v="2042"/>
         <x:n v="4861"/>
         <x:n v="2605"/>
         <x:n v="2256"/>
         <x:n v="65589"/>
         <x:n v="33813"/>
         <x:n v="31744"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9976"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5127"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4849"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9310"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4929"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7307"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36245"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18654"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W12"/>
+    <s v="2020W12"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17566"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="14797"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7031"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7766"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="34877"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17932"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="16945"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="34708"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18430"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="16278"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25857"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13678"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12179"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8591"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4179"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9780"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5365"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4415"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="132215"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="68554"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W13"/>
+    <s v="2020W13"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="63576"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6602"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29518"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15111"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14407"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="72817"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="40327"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32490"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="79688"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="46109"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33579"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61340"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35159"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26181"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20640"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11549"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="9091"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23191"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13508"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="9683"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="294048"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="165253"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W14"/>
+    <s v="2020W14"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="128633"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8229"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3947"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36475"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19309"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17166"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="88352"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="50977"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37375"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="101215"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="61410"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39805"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="78317"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="46868"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31449"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26655"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15515"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11140"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29059"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17472"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11587"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="368572"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="215916"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W15"/>
+    <s v="2020W15"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="152484"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8662"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4565"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4097"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="38046"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20372"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17674"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="94070"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="54639"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39431"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="108512"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="66049"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="42463"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="83937"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="50344"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33593"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="28573"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16636"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11937"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="30839"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18523"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12316"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="392952"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="231212"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W16"/>
+    <s v="2020W16"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="161526"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8591"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="38547"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20439"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18108"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="96977"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="55927"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="41050"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="112647"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="68310"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="44337"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87217"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="52093"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35124"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29678"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17190"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12488"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32042"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19125"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12917"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="406010"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="237685"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W17"/>
+    <s v="2020W17"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="168115"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8946"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4672"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="39994"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21034"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18960"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="101106"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="58174"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="42932"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="117910"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="71800"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="46110"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="92184"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="55742"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36442"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="31527"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18546"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12981"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="34082"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20639"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13443"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="426072"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="250695"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W18"/>
+    <s v="2020W18"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="175156"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8990"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4680"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4310"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="38863"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20414"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18449"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="98068"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="56344"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="41724"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="114726"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="69670"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="45056"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="89586"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="53739"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35847"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="30647"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17900"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12747"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="33347"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20066"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13281"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="414554"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="242896"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W19"/>
+    <s v="2020W19"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="171427"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9051"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4334"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="38343"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20199"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18144"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="97670"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="56174"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="41496"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="114338"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="69344"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="44994"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="88820"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="52952"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35868"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="30173"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17502"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12671"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="33102"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19723"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13379"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="411807"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="240696"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W20"/>
+    <s v="2020W20"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="170898"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4881"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="39681"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20821"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18860"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="99238"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="56860"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="42378"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="115944"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="70086"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="45858"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="90145"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="53579"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36566"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="30667"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17689"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12978"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="33390"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19807"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13583"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="418802"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="243806"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W21"/>
+    <s v="2020W21"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="174776"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9645"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5036"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="40502"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21301"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19201"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="100164"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="57098"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="43066"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="116504"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="70037"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="46467"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="90245"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="53284"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36961"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="30739"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17608"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13131"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="33355"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19668"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13687"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="421464"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="244114"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W22"/>
+    <s v="2020W22"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="177132"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9573"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="39108"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20666"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18442"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="96160"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="54658"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="41502"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="112562"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="67460"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="45102"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87407"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="51267"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36140"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29753"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17000"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12753"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32407"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19005"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13402"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="407258"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="235157"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W23"/>
+    <s v="2020W23"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="171897"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9597"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4534"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="38763"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20457"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18306"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="95002"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="53733"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="41269"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="111595"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="66686"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="44909"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="86740"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="50712"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36028"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29668"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16864"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12804"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32387"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18889"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13498"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="404034"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="232476"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W24"/>
+    <s v="2020W24"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="171358"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9965"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5190"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4775"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="40180"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20902"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19278"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="95659"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="53619"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="42040"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="111621"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="66083"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="45538"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="86779"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="50113"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36666"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29770"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16686"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13084"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32507"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18728"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13779"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="406791"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="231393"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W25"/>
+    <s v="2020W25"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="175170"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5180"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="39743"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20645"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19098"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="94322"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="52750"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="41572"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="109851"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="64956"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="44895"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85411"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="49249"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36162"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29262"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16363"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12899"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32123"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18462"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13661"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="400977"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="227669"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W26"/>
+    <s v="2020W26"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="173085"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10918"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41309"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20750"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="20559"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="92330"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="50345"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="41985"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="105707"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="61412"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="44295"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="82009"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="46555"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35454"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="28088"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15541"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12547"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="30670"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17455"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13215"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="391323"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="217479"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W27"/>
+    <s v="2020W27"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="173628"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12943"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5933"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7010"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="44853"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21496"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23357"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="91956"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="49087"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="42869"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="103407"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="58999"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="44408"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="79882"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="44639"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35243"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="27394"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14918"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12476"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29834"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16733"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13101"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="390558"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="211867"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W28"/>
+    <s v="2020W28"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="178475"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="13613"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6188"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7425"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="46066"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24196"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="91857"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="48553"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="43304"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="102589"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="57891"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="44698"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="79240"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43892"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35348"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="27222"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14723"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12499"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29619"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16517"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13102"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="390498"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="209696"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W29"/>
+    <s v="2020W29"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="180582"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="14057"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6284"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7773"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="47127"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22138"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24989"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="91964"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="48256"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="43708"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="102315"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="57208"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="45107"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="78692"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43258"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35434"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="27032"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14514"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12518"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29414"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16265"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13149"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="390894"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="207982"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W30"/>
+    <s v="2020W30"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="182688"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="14432"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8007"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="47511"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22332"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25179"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="91420"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47832"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="43588"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="101282"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="56386"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="44896"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="77881"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42626"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35255"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26746"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14261"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12485"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29213"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16109"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13104"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="388763"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="206029"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W31"/>
+    <s v="2020W31"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="182524"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="14446"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6399"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8047"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="46418"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21721"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24697"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="88327"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45982"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="42345"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="98174"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="54376"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="43798"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="75466"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41128"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34338"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25979"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13795"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12184"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="28200"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15456"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12744"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="377285"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="198915"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W32"/>
+    <s v="2020W32"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="178163"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="14183"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6255"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7928"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="44761"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20843"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23918"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85896"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="44656"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="41240"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="95917"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="52966"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="42951"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="73743"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="40225"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33518"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25404"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13518"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11886"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="27671"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15207"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12464"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="367829"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="193725"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W33"/>
+    <s v="2020W33"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="173915"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="14206"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7987"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="44600"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20811"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23789"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="84388"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43661"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40727"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="94463"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="52104"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="42359"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="72515"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="39485"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33030"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25028"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13246"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11782"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="27289"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14971"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12318"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="362745"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="190549"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W34"/>
+    <s v="2020W34"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="172002"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12456"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5431"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7025"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="39963"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18736"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="21227"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="77426"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="40231"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37195"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87637"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="48519"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39118"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="67853"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="37036"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30817"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23378"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12427"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="10951"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25472"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14078"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11394"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="334415"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="176509"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W35"/>
+    <s v="2020W35"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="157734"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7733"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="15930"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8077"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7853"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="17096"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7880"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12976"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7036"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5940"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4861"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65589"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33813"/>
+  </r>
+  <r>
+    <s v="LRW09"/>
+    <s v="Estimated Number of People Supported by the Temporary Wage Subsidy Scheme (Number)"/>
+    <s v="2020W36"/>
+    <s v="2020W36"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31744"/>
+  </r>
+</pivotCacheRecords>
 </file>