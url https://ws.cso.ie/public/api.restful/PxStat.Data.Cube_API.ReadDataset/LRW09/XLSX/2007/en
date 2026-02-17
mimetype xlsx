--- v1 (2025-12-07)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb17a78dad92f4921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc36c311ff5f432face7403c61feabff.psmdcp" Id="R24a9d2d0b2e042ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc768d8ced21e41ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b774632461ef4e8f8da74b0bf38695fd.psmdcp" Id="Rf1e30a4f825546f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>