--- v0 (2025-10-05)
+++ v1 (2025-12-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf18bf70d06f344b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8434dad6162d4427a69dcb1fab941da0.psmdcp" Id="Rbde24f6d956741d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a57d7d068a4a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf74012260fb4d5299fd624b9d1bb373.psmdcp" Id="R17eef133a8fb4d6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRM19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on the Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/3/2025 11:00:00 AM</x:t>
+    <x:t>05/12/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register data for January to October 2023 inclusive has been revised in accordance with revised data provided by the Department of Social Protection (DSP).&lt;br&gt;&lt;br&gt;In light of the United Kingdom (UK) leaving the European Union with effect from 1 February 2020, the EU classification has been updated EU14 excl Irl was formally classified as EU15 exl. IRL &amp; UK EU15 to EU27 was formally classified as EU15 to EU28 States EU15 to EU27 includes Bulgaria, Cyprus, Croatia, Czech Republic, Estonia, Hungary, Latvia, Lithuania, Malta, Poland, Romania, Slovakia and Slovenia</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LR</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -621,50 +621,62 @@
     <x:t>2025 May</x:t>
   </x:si>
   <x:si>
     <x:t>202506</x:t>
   </x:si>
   <x:si>
     <x:t>2025 June</x:t>
   </x:si>
   <x:si>
     <x:t>202507</x:t>
   </x:si>
   <x:si>
     <x:t>2025 July</x:t>
   </x:si>
   <x:si>
     <x:t>202508</x:t>
   </x:si>
   <x:si>
     <x:t>2025 August</x:t>
   </x:si>
   <x:si>
     <x:t>202509</x:t>
   </x:si>
   <x:si>
     <x:t>2025 September</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 October</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 November</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -802,744 +814,261 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...687 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="71">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="71">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02524V03056" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H484" totalsRowShown="0">
-  <x:autoFilter ref="A1:H484"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H498" totalsRowShown="0">
+  <x:autoFilter ref="A1:H498"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02524V03056"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1803,51 +1332,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM19/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2036,55 +1565,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H484"/>
+  <x:dimension ref="A1:H498"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="58.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -14640,63 +14169,427 @@
       <x:c r="A484" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H484" s="0">
         <x:v>14691</x:v>
       </x:c>
     </x:row>
+    <x:row r="485" spans="1:8">
+      <x:c r="A485" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B485" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C485" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D485" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E485" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F485" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G485" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H485" s="0">
+        <x:v>165859</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="486" spans="1:8">
+      <x:c r="A486" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B486" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C486" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D486" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E486" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F486" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G486" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H486" s="0">
+        <x:v>119076</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="487" spans="1:8">
+      <x:c r="A487" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B487" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C487" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D487" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E487" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F487" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G487" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H487" s="0">
+        <x:v>46783</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="488" spans="1:8">
+      <x:c r="A488" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B488" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C488" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D488" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E488" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F488" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G488" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H488" s="0">
+        <x:v>5171</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="489" spans="1:8">
+      <x:c r="A489" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B489" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C489" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D489" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E489" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F489" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G489" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H489" s="0">
+        <x:v>23201</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="490" spans="1:8">
+      <x:c r="A490" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B490" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C490" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D490" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E490" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F490" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G490" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H490" s="0">
+        <x:v>3582</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="491" spans="1:8">
+      <x:c r="A491" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B491" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C491" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D491" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E491" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F491" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G491" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H491" s="0">
+        <x:v>14829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="492" spans="1:8">
+      <x:c r="A492" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B492" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C492" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D492" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E492" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F492" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G492" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H492" s="0">
+        <x:v>162305</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="493" spans="1:8">
+      <x:c r="A493" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B493" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C493" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D493" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E493" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F493" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G493" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H493" s="0">
+        <x:v>115975</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="494" spans="1:8">
+      <x:c r="A494" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B494" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C494" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D494" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E494" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F494" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G494" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H494" s="0">
+        <x:v>46330</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="495" spans="1:8">
+      <x:c r="A495" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B495" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C495" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D495" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E495" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F495" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G495" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H495" s="0">
+        <x:v>5128</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="496" spans="1:8">
+      <x:c r="A496" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B496" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C496" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D496" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E496" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F496" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G496" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H496" s="0">
+        <x:v>23051</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="497" spans="1:8">
+      <x:c r="A497" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B497" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C497" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D497" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E497" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F497" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G497" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H497" s="0">
+        <x:v>3557</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="498" spans="1:8">
+      <x:c r="A498" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B498" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C498" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D498" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E498" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F498" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G498" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H498" s="0">
+        <x:v>14594</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14713,65 +14606,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H484" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRM19"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Persons on the Live Register"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="69">
+      <x:sharedItems count="71">
         <x:s v="202001"/>
         <x:s v="202002"/>
         <x:s v="202003"/>
         <x:s v="202004"/>
         <x:s v="202005"/>
         <x:s v="202006"/>
         <x:s v="202007"/>
         <x:s v="202008"/>
         <x:s v="202009"/>
         <x:s v="202010"/>
         <x:s v="202011"/>
         <x:s v="202012"/>
         <x:s v="202101"/>
         <x:s v="202102"/>
         <x:s v="202103"/>
         <x:s v="202104"/>
         <x:s v="202105"/>
         <x:s v="202106"/>
         <x:s v="202107"/>
         <x:s v="202108"/>
         <x:s v="202109"/>
         <x:s v="202110"/>
         <x:s v="202111"/>
         <x:s v="202112"/>
         <x:s v="202201"/>
@@ -14797,54 +14690,56 @@
         <x:s v="202309"/>
         <x:s v="202310"/>
         <x:s v="202311"/>
         <x:s v="202312"/>
         <x:s v="202401"/>
         <x:s v="202402"/>
         <x:s v="202403"/>
         <x:s v="202404"/>
         <x:s v="202405"/>
         <x:s v="202406"/>
         <x:s v="202407"/>
         <x:s v="202408"/>
         <x:s v="202409"/>
         <x:s v="202410"/>
         <x:s v="202411"/>
         <x:s v="202412"/>
         <x:s v="202501"/>
         <x:s v="202502"/>
         <x:s v="202503"/>
         <x:s v="202504"/>
         <x:s v="202505"/>
         <x:s v="202506"/>
         <x:s v="202507"/>
         <x:s v="202508"/>
         <x:s v="202509"/>
+        <x:s v="202510"/>
+        <x:s v="202511"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="69">
+      <x:sharedItems count="71">
         <x:s v="2020 January"/>
         <x:s v="2020 February"/>
         <x:s v="2020 March"/>
         <x:s v="2020 April"/>
         <x:s v="2020 May"/>
         <x:s v="2020 June"/>
         <x:s v="2020 July"/>
         <x:s v="2020 August"/>
         <x:s v="2020 September"/>
         <x:s v="2020 October"/>
         <x:s v="2020 November"/>
         <x:s v="2020 December"/>
         <x:s v="2021 January"/>
         <x:s v="2021 February"/>
         <x:s v="2021 March"/>
         <x:s v="2021 April"/>
         <x:s v="2021 May"/>
         <x:s v="2021 June"/>
         <x:s v="2021 July"/>
         <x:s v="2021 August"/>
         <x:s v="2021 September"/>
         <x:s v="2021 October"/>
         <x:s v="2021 November"/>
         <x:s v="2021 December"/>
         <x:s v="2022 January"/>
@@ -14870,81 +14765,83 @@
         <x:s v="2023 September"/>
         <x:s v="2023 October"/>
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
         <x:s v="2025 July"/>
         <x:s v="2025 August"/>
         <x:s v="2025 September"/>
+        <x:s v="2025 October"/>
+        <x:s v="2025 November"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02524V03056">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="06"/>
         <x:s v="E1420XIE"/>
         <x:s v="E15E2720"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Nationality">
       <x:sharedItems count="7">
         <x:s v="Total Persons"/>
         <x:s v="Irish nationals"/>
         <x:s v="Non-Irish nationals"/>
         <x:s v="United Kingdom"/>
         <x:s v="Other nationals"/>
         <x:s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
         <x:s v="EU15 to EU27 (accession countries joined post 2004)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="2226" maxValue="244562" count="477">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="2226" maxValue="244562" count="491">
         <x:n v="183755"/>
         <x:n v="150208"/>
         <x:n v="33547"/>
         <x:n v="7155"/>
         <x:n v="6031"/>
         <x:n v="2488"/>
         <x:n v="17873"/>
         <x:n v="182616"/>
         <x:n v="149154"/>
         <x:n v="33462"/>
         <x:n v="7108"/>
         <x:n v="6050"/>
         <x:n v="2469"/>
         <x:n v="17835"/>
         <x:n v="205209"/>
         <x:n v="163839"/>
         <x:n v="41370"/>
         <x:n v="7764"/>
         <x:n v="8983"/>
         <x:n v="3545"/>
         <x:n v="21078"/>
         <x:n v="214741"/>
         <x:n v="170463"/>
         <x:n v="44278"/>
         <x:n v="8081"/>
@@ -15378,34 +15275,5019 @@
         <x:n v="5424"/>
         <x:n v="24300"/>
         <x:n v="3552"/>
         <x:n v="14864"/>
         <x:n v="185627"/>
         <x:n v="135567"/>
         <x:n v="50060"/>
         <x:n v="5687"/>
         <x:n v="24912"/>
         <x:n v="3829"/>
         <x:n v="15632"/>
         <x:n v="177600"/>
         <x:n v="128475"/>
         <x:n v="49125"/>
         <x:n v="5417"/>
         <x:n v="24788"/>
         <x:n v="3788"/>
         <x:n v="15132"/>
         <x:n v="165243"/>
         <x:n v="118166"/>
         <x:n v="47077"/>
         <x:n v="5119"/>
         <x:n v="23707"/>
         <x:n v="3560"/>
         <x:n v="14691"/>
+        <x:n v="165859"/>
+        <x:n v="119076"/>
+        <x:n v="46783"/>
+        <x:n v="5171"/>
+        <x:n v="23201"/>
+        <x:n v="3582"/>
+        <x:n v="14829"/>
+        <x:n v="162305"/>
+        <x:n v="115975"/>
+        <x:n v="46330"/>
+        <x:n v="5128"/>
+        <x:n v="23051"/>
+        <x:n v="3557"/>
+        <x:n v="14594"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="183755"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="150208"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="33547"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="7155"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6031"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="17873"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="182616"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="149154"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="33462"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="7108"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6050"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="17835"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="205209"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="163839"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="41370"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="7764"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="8983"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="21078"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="214741"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="170463"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="44278"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="8081"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="10196"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3827"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="22174"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="225662"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="177235"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="48427"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="8398"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="12483"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="23140"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="220871"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="176854"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="44017"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="8266"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="10280"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="21818"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="244562"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="195232"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="49330"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="9054"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="11898"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="4089"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="24289"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="225844"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="181264"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="44580"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="8490"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="10980"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3704"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="21406"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="211492"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="169703"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="41789"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="8050"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="9756"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3414"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="20569"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="203172"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="163387"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="39785"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="7791"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="8333"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="20265"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="194058"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="156684"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="37374"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="7488"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="7494"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="19203"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="189860"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="153793"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="36067"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="7334"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="7076"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="18636"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="188543"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="152449"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="36094"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="7352"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="7121"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="18688"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="186702"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="151026"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="35676"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="7301"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="7071"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="18436"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="183096"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="148002"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="35094"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="7201"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6953"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="18130"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="177969"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="143920"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="34049"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="7020"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6855"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="17475"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="171699"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="139239"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="32460"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6713"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16616"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="175281"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="142784"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="32497"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6815"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6781"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16370"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="184213"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="151385"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="32828"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6963"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6872"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16505"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="179761"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="147542"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="32219"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6771"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6829"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16192"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="162898"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="132500"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="30398"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6523"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15405"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="165671"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="134252"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="31419"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6387"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6779"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15938"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="164626"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="132750"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="31876"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6365"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6980"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16134"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="163856"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="132637"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="31219"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6298"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6620"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15951"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="162578"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="131440"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="31138"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6316"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6620"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15883"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="163248"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="131792"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="31456"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6292"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="6752"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16050"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="178996"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="141483"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="37513"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="8371"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="19641"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="177004"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="140325"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="36679"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6572"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="8213"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2772"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="19122"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="171903"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="136394"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="35509"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="8239"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="18266"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="186819"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="143935"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="42884"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6638"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="15475"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="18066"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="196700"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="150834"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="45866"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6786"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="18343"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="17961"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="197125"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="150049"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="47076"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6722"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="20255"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="17376"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="179055"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="132906"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="46149"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="21410"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16131"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="179555"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="129934"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="49621"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="25268"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15938"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="180884"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="129218"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="51666"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5944"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="27174"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16033"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="184642"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="130155"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="54487"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6037"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="29562"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16325"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="184180"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="128974"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="55206"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6002"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="30233"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16360"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="182876"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="127562"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="55314"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5952"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="30589"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="16149"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="179303"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="124341"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="54962"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5788"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="30918"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15691"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="178580"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="123995"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="54585"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5752"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="30700"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15533"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="176616"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="122458"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="54158"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="30699"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15141"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="184547"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="129323"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="55224"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="31338"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15213"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="194786"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="138031"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="56755"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="32106"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15605"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="186117"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="130205"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="55912"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="32191"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15029"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="173902"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="120535"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="53367"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5455"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="30798"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14447"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="169711"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="117179"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="52532"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="30283"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14240"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="169446"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="116676"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="52770"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="30324"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14435"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="173003"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="118946"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="54057"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="30990"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14858"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="177264"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="121703"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="55561"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="31542"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15479"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="173982"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="119228"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="54754"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5434"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="31154"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15189"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="173396"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="119514"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="53882"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5415"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="30541"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14975"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="169497"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="116982"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="52515"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5324"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="29494"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14761"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="168406"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="117070"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="51336"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="28704"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14466"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="174909"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="123349"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="51560"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5472"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="28527"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14565"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="185968"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="133367"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="52601"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5755"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="28556"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15018"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="177868"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="126870"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="50998"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5542"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="27833"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14465"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="162855"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="116880"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="45975"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5216"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="23925"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="13857"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="163776"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="118328"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="45448"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="23062"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14121"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="158267"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="113390"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="44877"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5139"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="22722"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14029"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="164806"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="118769"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="46037"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5302"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="22991"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14544"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="165235"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="118161"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="47074"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5332"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="23473"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14963"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="165307"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="118393"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="46914"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="23368"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14921"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="159866"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="113945"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="45921"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="23024"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14447"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="167960"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="121145"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="46815"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="23240"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14755"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="162269"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="116167"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="46102"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5122"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="23283"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14349"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="172663"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="124523"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="48140"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5424"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="24300"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14864"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="185627"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="135567"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="50060"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5687"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="24912"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15632"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="177600"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="128475"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="49125"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5417"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="24788"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15132"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="165243"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="118166"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="47077"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5119"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="23707"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14691"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="165859"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="119076"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="46783"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="23201"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14829"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="162305"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="115975"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="46330"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="23051"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="14594"/>
+  </r>
+</pivotCacheRecords>
 </file>