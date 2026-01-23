--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a57d7d068a4a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf74012260fb4d5299fd624b9d1bb373.psmdcp" Id="R17eef133a8fb4d6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f6bc52778a4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a5af92768384962aae40b0e27d62dae.psmdcp" Id="R8fcd4b8e9fdc4e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRM19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on the Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>05/12/2025 11:00:00</x:t>
+    <x:t>09/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register data for January to October 2023 inclusive has been revised in accordance with revised data provided by the Department of Social Protection (DSP).&lt;br&gt;&lt;br&gt;In light of the United Kingdom (UK) leaving the European Union with effect from 1 February 2020, the EU classification has been updated EU14 excl Irl was formally classified as EU15 exl. IRL &amp; UK EU15 to EU27 was formally classified as EU15 to EU28 States EU15 to EU27 includes Bulgaria, Cyprus, Croatia, Czech Republic, Estonia, Hungary, Latvia, Lithuania, Malta, Poland, Romania, Slovakia and Slovenia</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LR</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -634,50 +634,56 @@
   </x:si>
   <x:si>
     <x:t>202508</x:t>
   </x:si>
   <x:si>
     <x:t>2025 August</x:t>
   </x:si>
   <x:si>
     <x:t>202509</x:t>
   </x:si>
   <x:si>
     <x:t>2025 September</x:t>
   </x:si>
   <x:si>
     <x:t>202510</x:t>
   </x:si>
   <x:si>
     <x:t>2025 October</x:t>
   </x:si>
   <x:si>
     <x:t>202511</x:t>
   </x:si>
   <x:si>
     <x:t>2025 November</x:t>
   </x:si>
+  <x:si>
+    <x:t>202512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 December</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -828,51 +834,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="71">
+      <items count="72">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -900,54 +906,55 @@
         <item x="46"/>
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
+        <item x="71"/>
       </items>
     </pivotField>
     <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="71">
+      <items count="72">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -975,100 +982,101 @@
         <item x="46"/>
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
+        <item x="71"/>
       </items>
     </pivotField>
     <pivotField name="C02524V03056" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="7">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
       </items>
     </pivotField>
     <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="7">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H498" totalsRowShown="0">
-  <x:autoFilter ref="A1:H498"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H505" totalsRowShown="0">
+  <x:autoFilter ref="A1:H505"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02524V03056"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1569,51 +1577,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H498"/>
+  <x:dimension ref="A1:H505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="58.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -14531,50 +14539,232 @@
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H498" s="0">
         <x:v>14594</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="499" spans="1:8">
+      <x:c r="A499" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B499" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C499" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D499" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E499" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F499" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G499" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H499" s="0">
+        <x:v>172224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="500" spans="1:8">
+      <x:c r="A500" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B500" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C500" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D500" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E500" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F500" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G500" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H500" s="0">
+        <x:v>123569</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="501" spans="1:8">
+      <x:c r="A501" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B501" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C501" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D501" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E501" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F501" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G501" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H501" s="0">
+        <x:v>48655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="502" spans="1:8">
+      <x:c r="A502" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B502" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C502" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D502" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E502" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F502" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G502" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H502" s="0">
+        <x:v>5385</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="503" spans="1:8">
+      <x:c r="A503" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B503" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C503" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D503" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E503" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F503" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G503" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H503" s="0">
+        <x:v>24087</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="504" spans="1:8">
+      <x:c r="A504" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B504" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C504" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D504" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E504" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F504" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G504" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H504" s="0">
+        <x:v>3898</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="505" spans="1:8">
+      <x:c r="A505" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B505" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C505" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D505" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E505" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F505" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G505" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H505" s="0">
+        <x:v>15285</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -14620,51 +14810,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRM19"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Persons on the Live Register"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="71">
+      <x:sharedItems count="72">
         <x:s v="202001"/>
         <x:s v="202002"/>
         <x:s v="202003"/>
         <x:s v="202004"/>
         <x:s v="202005"/>
         <x:s v="202006"/>
         <x:s v="202007"/>
         <x:s v="202008"/>
         <x:s v="202009"/>
         <x:s v="202010"/>
         <x:s v="202011"/>
         <x:s v="202012"/>
         <x:s v="202101"/>
         <x:s v="202102"/>
         <x:s v="202103"/>
         <x:s v="202104"/>
         <x:s v="202105"/>
         <x:s v="202106"/>
         <x:s v="202107"/>
         <x:s v="202108"/>
         <x:s v="202109"/>
         <x:s v="202110"/>
         <x:s v="202111"/>
         <x:s v="202112"/>
         <x:s v="202201"/>
@@ -14692,54 +14882,55 @@
         <x:s v="202311"/>
         <x:s v="202312"/>
         <x:s v="202401"/>
         <x:s v="202402"/>
         <x:s v="202403"/>
         <x:s v="202404"/>
         <x:s v="202405"/>
         <x:s v="202406"/>
         <x:s v="202407"/>
         <x:s v="202408"/>
         <x:s v="202409"/>
         <x:s v="202410"/>
         <x:s v="202411"/>
         <x:s v="202412"/>
         <x:s v="202501"/>
         <x:s v="202502"/>
         <x:s v="202503"/>
         <x:s v="202504"/>
         <x:s v="202505"/>
         <x:s v="202506"/>
         <x:s v="202507"/>
         <x:s v="202508"/>
         <x:s v="202509"/>
         <x:s v="202510"/>
         <x:s v="202511"/>
+        <x:s v="202512"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="71">
+      <x:sharedItems count="72">
         <x:s v="2020 January"/>
         <x:s v="2020 February"/>
         <x:s v="2020 March"/>
         <x:s v="2020 April"/>
         <x:s v="2020 May"/>
         <x:s v="2020 June"/>
         <x:s v="2020 July"/>
         <x:s v="2020 August"/>
         <x:s v="2020 September"/>
         <x:s v="2020 October"/>
         <x:s v="2020 November"/>
         <x:s v="2020 December"/>
         <x:s v="2021 January"/>
         <x:s v="2021 February"/>
         <x:s v="2021 March"/>
         <x:s v="2021 April"/>
         <x:s v="2021 May"/>
         <x:s v="2021 June"/>
         <x:s v="2021 July"/>
         <x:s v="2021 August"/>
         <x:s v="2021 September"/>
         <x:s v="2021 October"/>
         <x:s v="2021 November"/>
         <x:s v="2021 December"/>
         <x:s v="2022 January"/>
@@ -14767,81 +14958,82 @@
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
         <x:s v="2025 July"/>
         <x:s v="2025 August"/>
         <x:s v="2025 September"/>
         <x:s v="2025 October"/>
         <x:s v="2025 November"/>
+        <x:s v="2025 December"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02524V03056">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="06"/>
         <x:s v="E1420XIE"/>
         <x:s v="E15E2720"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Nationality">
       <x:sharedItems count="7">
         <x:s v="Total Persons"/>
         <x:s v="Irish nationals"/>
         <x:s v="Non-Irish nationals"/>
         <x:s v="United Kingdom"/>
         <x:s v="Other nationals"/>
         <x:s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
         <x:s v="EU15 to EU27 (accession countries joined post 2004)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="2226" maxValue="244562" count="491">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="2226" maxValue="244562" count="498">
         <x:n v="183755"/>
         <x:n v="150208"/>
         <x:n v="33547"/>
         <x:n v="7155"/>
         <x:n v="6031"/>
         <x:n v="2488"/>
         <x:n v="17873"/>
         <x:n v="182616"/>
         <x:n v="149154"/>
         <x:n v="33462"/>
         <x:n v="7108"/>
         <x:n v="6050"/>
         <x:n v="2469"/>
         <x:n v="17835"/>
         <x:n v="205209"/>
         <x:n v="163839"/>
         <x:n v="41370"/>
         <x:n v="7764"/>
         <x:n v="8983"/>
         <x:n v="3545"/>
         <x:n v="21078"/>
         <x:n v="214741"/>
         <x:n v="170463"/>
         <x:n v="44278"/>
         <x:n v="8081"/>
@@ -15289,50 +15481,57 @@
         <x:n v="5417"/>
         <x:n v="24788"/>
         <x:n v="3788"/>
         <x:n v="15132"/>
         <x:n v="165243"/>
         <x:n v="118166"/>
         <x:n v="47077"/>
         <x:n v="5119"/>
         <x:n v="23707"/>
         <x:n v="3560"/>
         <x:n v="14691"/>
         <x:n v="165859"/>
         <x:n v="119076"/>
         <x:n v="46783"/>
         <x:n v="5171"/>
         <x:n v="23201"/>
         <x:n v="3582"/>
         <x:n v="14829"/>
         <x:n v="162305"/>
         <x:n v="115975"/>
         <x:n v="46330"/>
         <x:n v="5128"/>
         <x:n v="23051"/>
         <x:n v="3557"/>
         <x:n v="14594"/>
+        <x:n v="172224"/>
+        <x:n v="123569"/>
+        <x:n v="48655"/>
+        <x:n v="5385"/>
+        <x:n v="24087"/>
+        <x:n v="3898"/>
+        <x:n v="15285"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="LRM19"/>
     <s v="Persons on the Live Register"/>
     <s v="202001"/>
     <s v="2020 January"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="Number"/>
     <n v="183755"/>
   </r>
   <r>
     <s v="LRM19"/>
     <s v="Persons on the Live Register"/>
     <s v="202001"/>
     <s v="2020 January"/>
     <s v="01"/>
     <s v="Irish nationals"/>
@@ -20267,27 +20466,97 @@
     <s v="06"/>
     <s v="Other nationals"/>
     <s v="Number"/>
     <n v="23051"/>
   </r>
   <r>
     <s v="LRM19"/>
     <s v="Persons on the Live Register"/>
     <s v="202511"/>
     <s v="2025 November"/>
     <s v="E1420XIE"/>
     <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
     <s v="Number"/>
     <n v="3557"/>
   </r>
   <r>
     <s v="LRM19"/>
     <s v="Persons on the Live Register"/>
     <s v="202511"/>
     <s v="2025 November"/>
     <s v="E15E2720"/>
     <s v="EU15 to EU27 (accession countries joined post 2004)"/>
     <s v="Number"/>
     <n v="14594"/>
   </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202512"/>
+    <s v="2025 December"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="172224"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202512"/>
+    <s v="2025 December"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="123569"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202512"/>
+    <s v="2025 December"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="48655"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202512"/>
+    <s v="2025 December"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5385"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202512"/>
+    <s v="2025 December"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="24087"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202512"/>
+    <s v="2025 December"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202512"/>
+    <s v="2025 December"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15285"/>
+  </r>
 </pivotCacheRecords>
 </file>