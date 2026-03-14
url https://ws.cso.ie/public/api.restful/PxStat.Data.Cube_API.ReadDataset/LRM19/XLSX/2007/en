--- v2 (2026-01-23)
+++ v3 (2026-03-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f6bc52778a4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a5af92768384962aae40b0e27d62dae.psmdcp" Id="R8fcd4b8e9fdc4e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b62a756ebfd41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/288d1488a48c4d6cbe67958e9c0774bf.psmdcp" Id="R987807cdbcf2470f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRM19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on the Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 11:00:00</x:t>
+    <x:t>06/03/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register data for January to October 2023 inclusive has been revised in accordance with revised data provided by the Department of Social Protection (DSP).&lt;br&gt;&lt;br&gt;In light of the United Kingdom (UK) leaving the European Union with effect from 1 February 2020, the EU classification has been updated EU14 excl Irl was formally classified as EU15 exl. IRL &amp; UK EU15 to EU27 was formally classified as EU15 to EU28 States EU15 to EU27 includes Bulgaria, Cyprus, Croatia, Czech Republic, Estonia, Hungary, Latvia, Lithuania, Malta, Poland, Romania, Slovakia and Slovenia</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LR</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -640,50 +640,62 @@
   </x:si>
   <x:si>
     <x:t>202509</x:t>
   </x:si>
   <x:si>
     <x:t>2025 September</x:t>
   </x:si>
   <x:si>
     <x:t>202510</x:t>
   </x:si>
   <x:si>
     <x:t>2025 October</x:t>
   </x:si>
   <x:si>
     <x:t>202511</x:t>
   </x:si>
   <x:si>
     <x:t>2025 November</x:t>
   </x:si>
   <x:si>
     <x:t>202512</x:t>
   </x:si>
   <x:si>
     <x:t>2025 December</x:t>
   </x:si>
+  <x:si>
+    <x:t>202601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 February</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -834,51 +846,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="72">
+      <items count="74">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -907,54 +919,56 @@
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
       </items>
     </pivotField>
     <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="72">
+      <items count="74">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -983,100 +997,102 @@
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
       </items>
     </pivotField>
     <pivotField name="C02524V03056" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="7">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
       </items>
     </pivotField>
     <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="7">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H505" totalsRowShown="0">
-  <x:autoFilter ref="A1:H505"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H519" totalsRowShown="0">
+  <x:autoFilter ref="A1:H519"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02524V03056"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1577,51 +1593,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H505"/>
+  <x:dimension ref="A1:H519"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="58.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -14721,50 +14737,414 @@
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H505" s="0">
         <x:v>15285</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="506" spans="1:8">
+      <x:c r="A506" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B506" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C506" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D506" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E506" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F506" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G506" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H506" s="0">
+        <x:v>170674</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="507" spans="1:8">
+      <x:c r="A507" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B507" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C507" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D507" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E507" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F507" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G507" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H507" s="0">
+        <x:v>121293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="508" spans="1:8">
+      <x:c r="A508" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B508" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C508" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D508" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E508" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F508" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G508" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H508" s="0">
+        <x:v>49381</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="509" spans="1:8">
+      <x:c r="A509" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B509" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C509" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D509" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E509" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F509" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G509" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H509" s="0">
+        <x:v>5332</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="510" spans="1:8">
+      <x:c r="A510" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B510" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C510" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D510" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E510" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F510" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G510" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H510" s="0">
+        <x:v>24729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="511" spans="1:8">
+      <x:c r="A511" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B511" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C511" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D511" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E511" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F511" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G511" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H511" s="0">
+        <x:v>3870</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="512" spans="1:8">
+      <x:c r="A512" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B512" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C512" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D512" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E512" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F512" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G512" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H512" s="0">
+        <x:v>15450</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="513" spans="1:8">
+      <x:c r="A513" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B513" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C513" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D513" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E513" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F513" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G513" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H513" s="0">
+        <x:v>169507</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="514" spans="1:8">
+      <x:c r="A514" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B514" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C514" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D514" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E514" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F514" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G514" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H514" s="0">
+        <x:v>120456</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="515" spans="1:8">
+      <x:c r="A515" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B515" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C515" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D515" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E515" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F515" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G515" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H515" s="0">
+        <x:v>49051</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="516" spans="1:8">
+      <x:c r="A516" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B516" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C516" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D516" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E516" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F516" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G516" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H516" s="0">
+        <x:v>5264</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="517" spans="1:8">
+      <x:c r="A517" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B517" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C517" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D517" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E517" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F517" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G517" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H517" s="0">
+        <x:v>24545</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="518" spans="1:8">
+      <x:c r="A518" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B518" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C518" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D518" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E518" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F518" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G518" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H518" s="0">
+        <x:v>3901</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="519" spans="1:8">
+      <x:c r="A519" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B519" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C519" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D519" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E519" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F519" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G519" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H519" s="0">
+        <x:v>15341</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -14810,51 +15190,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRM19"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Persons on the Live Register"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="72">
+      <x:sharedItems count="74">
         <x:s v="202001"/>
         <x:s v="202002"/>
         <x:s v="202003"/>
         <x:s v="202004"/>
         <x:s v="202005"/>
         <x:s v="202006"/>
         <x:s v="202007"/>
         <x:s v="202008"/>
         <x:s v="202009"/>
         <x:s v="202010"/>
         <x:s v="202011"/>
         <x:s v="202012"/>
         <x:s v="202101"/>
         <x:s v="202102"/>
         <x:s v="202103"/>
         <x:s v="202104"/>
         <x:s v="202105"/>
         <x:s v="202106"/>
         <x:s v="202107"/>
         <x:s v="202108"/>
         <x:s v="202109"/>
         <x:s v="202110"/>
         <x:s v="202111"/>
         <x:s v="202112"/>
         <x:s v="202201"/>
@@ -14883,54 +15263,56 @@
         <x:s v="202312"/>
         <x:s v="202401"/>
         <x:s v="202402"/>
         <x:s v="202403"/>
         <x:s v="202404"/>
         <x:s v="202405"/>
         <x:s v="202406"/>
         <x:s v="202407"/>
         <x:s v="202408"/>
         <x:s v="202409"/>
         <x:s v="202410"/>
         <x:s v="202411"/>
         <x:s v="202412"/>
         <x:s v="202501"/>
         <x:s v="202502"/>
         <x:s v="202503"/>
         <x:s v="202504"/>
         <x:s v="202505"/>
         <x:s v="202506"/>
         <x:s v="202507"/>
         <x:s v="202508"/>
         <x:s v="202509"/>
         <x:s v="202510"/>
         <x:s v="202511"/>
         <x:s v="202512"/>
+        <x:s v="202601"/>
+        <x:s v="202602"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="72">
+      <x:sharedItems count="74">
         <x:s v="2020 January"/>
         <x:s v="2020 February"/>
         <x:s v="2020 March"/>
         <x:s v="2020 April"/>
         <x:s v="2020 May"/>
         <x:s v="2020 June"/>
         <x:s v="2020 July"/>
         <x:s v="2020 August"/>
         <x:s v="2020 September"/>
         <x:s v="2020 October"/>
         <x:s v="2020 November"/>
         <x:s v="2020 December"/>
         <x:s v="2021 January"/>
         <x:s v="2021 February"/>
         <x:s v="2021 March"/>
         <x:s v="2021 April"/>
         <x:s v="2021 May"/>
         <x:s v="2021 June"/>
         <x:s v="2021 July"/>
         <x:s v="2021 August"/>
         <x:s v="2021 September"/>
         <x:s v="2021 October"/>
         <x:s v="2021 November"/>
         <x:s v="2021 December"/>
         <x:s v="2022 January"/>
@@ -14959,81 +15341,83 @@
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
         <x:s v="2025 July"/>
         <x:s v="2025 August"/>
         <x:s v="2025 September"/>
         <x:s v="2025 October"/>
         <x:s v="2025 November"/>
         <x:s v="2025 December"/>
+        <x:s v="2026 January"/>
+        <x:s v="2026 February"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02524V03056">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="06"/>
         <x:s v="E1420XIE"/>
         <x:s v="E15E2720"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Nationality">
       <x:sharedItems count="7">
         <x:s v="Total Persons"/>
         <x:s v="Irish nationals"/>
         <x:s v="Non-Irish nationals"/>
         <x:s v="United Kingdom"/>
         <x:s v="Other nationals"/>
         <x:s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
         <x:s v="EU15 to EU27 (accession countries joined post 2004)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="2226" maxValue="244562" count="498">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="2226" maxValue="244562" count="511">
         <x:n v="183755"/>
         <x:n v="150208"/>
         <x:n v="33547"/>
         <x:n v="7155"/>
         <x:n v="6031"/>
         <x:n v="2488"/>
         <x:n v="17873"/>
         <x:n v="182616"/>
         <x:n v="149154"/>
         <x:n v="33462"/>
         <x:n v="7108"/>
         <x:n v="6050"/>
         <x:n v="2469"/>
         <x:n v="17835"/>
         <x:n v="205209"/>
         <x:n v="163839"/>
         <x:n v="41370"/>
         <x:n v="7764"/>
         <x:n v="8983"/>
         <x:n v="3545"/>
         <x:n v="21078"/>
         <x:n v="214741"/>
         <x:n v="170463"/>
         <x:n v="44278"/>
         <x:n v="8081"/>
@@ -15488,50 +15872,63 @@
         <x:n v="5119"/>
         <x:n v="23707"/>
         <x:n v="3560"/>
         <x:n v="14691"/>
         <x:n v="165859"/>
         <x:n v="119076"/>
         <x:n v="46783"/>
         <x:n v="5171"/>
         <x:n v="23201"/>
         <x:n v="3582"/>
         <x:n v="14829"/>
         <x:n v="162305"/>
         <x:n v="115975"/>
         <x:n v="46330"/>
         <x:n v="5128"/>
         <x:n v="23051"/>
         <x:n v="3557"/>
         <x:n v="14594"/>
         <x:n v="172224"/>
         <x:n v="123569"/>
         <x:n v="48655"/>
         <x:n v="5385"/>
         <x:n v="24087"/>
         <x:n v="3898"/>
         <x:n v="15285"/>
+        <x:n v="170674"/>
+        <x:n v="121293"/>
+        <x:n v="49381"/>
+        <x:n v="24729"/>
+        <x:n v="3870"/>
+        <x:n v="15450"/>
+        <x:n v="169507"/>
+        <x:n v="120456"/>
+        <x:n v="49051"/>
+        <x:n v="5264"/>
+        <x:n v="24545"/>
+        <x:n v="3901"/>
+        <x:n v="15341"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="LRM19"/>
     <s v="Persons on the Live Register"/>
     <s v="202001"/>
     <s v="2020 January"/>
     <s v="-"/>
     <s v="Total Persons"/>
     <s v="Number"/>
     <n v="183755"/>
   </r>
   <r>
     <s v="LRM19"/>
     <s v="Persons on the Live Register"/>
     <s v="202001"/>
     <s v="2020 January"/>
     <s v="01"/>
     <s v="Irish nationals"/>
@@ -20536,27 +20933,167 @@
     <s v="06"/>
     <s v="Other nationals"/>
     <s v="Number"/>
     <n v="24087"/>
   </r>
   <r>
     <s v="LRM19"/>
     <s v="Persons on the Live Register"/>
     <s v="202512"/>
     <s v="2025 December"/>
     <s v="E1420XIE"/>
     <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
     <s v="Number"/>
     <n v="3898"/>
   </r>
   <r>
     <s v="LRM19"/>
     <s v="Persons on the Live Register"/>
     <s v="202512"/>
     <s v="2025 December"/>
     <s v="E15E2720"/>
     <s v="EU15 to EU27 (accession countries joined post 2004)"/>
     <s v="Number"/>
     <n v="15285"/>
   </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202601"/>
+    <s v="2026 January"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="170674"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202601"/>
+    <s v="2026 January"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="121293"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202601"/>
+    <s v="2026 January"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="49381"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202601"/>
+    <s v="2026 January"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5332"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202601"/>
+    <s v="2026 January"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="24729"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202601"/>
+    <s v="2026 January"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3870"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202601"/>
+    <s v="2026 January"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15450"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202602"/>
+    <s v="2026 February"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="Number"/>
+    <n v="169507"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202602"/>
+    <s v="2026 February"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="Number"/>
+    <n v="120456"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202602"/>
+    <s v="2026 February"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="Number"/>
+    <n v="49051"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202602"/>
+    <s v="2026 February"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="5264"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202602"/>
+    <s v="2026 February"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="Number"/>
+    <n v="24545"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202602"/>
+    <s v="2026 February"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="LRM19"/>
+    <s v="Persons on the Live Register"/>
+    <s v="202602"/>
+    <s v="2026 February"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Number"/>
+    <n v="15341"/>
+  </r>
 </pivotCacheRecords>
 </file>