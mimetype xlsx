--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf92ea64a07fa4361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e347610e2b14cd2bc703fe33e54ad61.psmdcp" Id="R13b9369ee19c4235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f40945cc7448e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0e6328fd318445e9a1989b78db510db.psmdcp" Id="Rd77fecce917f4371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRM10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Casual and Part-time Workers on the Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/9/2025 11:00:00 AM</x:t>
+    <x:t>11/7/2025 11:00:00 AM</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">Live Register data for January to October 2023 inclusive has been revised in accordance with revised data provided by the Department of Social Protection (DSP).&lt;br&gt;&lt;br&gt;The </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>casual and part-time workers</x:t>
@@ -1893,50 +1893,62 @@
     <x:t>2025 April</x:t>
   </x:si>
   <x:si>
     <x:t>202505</x:t>
   </x:si>
   <x:si>
     <x:t>2025 May</x:t>
   </x:si>
   <x:si>
     <x:t>202506</x:t>
   </x:si>
   <x:si>
     <x:t>2025 June</x:t>
   </x:si>
   <x:si>
     <x:t>202507</x:t>
   </x:si>
   <x:si>
     <x:t>2025 July</x:t>
   </x:si>
   <x:si>
     <x:t>202508</x:t>
   </x:si>
   <x:si>
     <x:t>2025 August</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 September</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 October</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -2088,51 +2100,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
   <x:location ref="A1" firstHeaderRow="1" firstDataRow="1" firstDataCol="1"/>
   <x:pivotFields count="8">
     <x:pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <x:items count="1">
         <x:item x="0"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <x:items count="1">
         <x:item x="0"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <x:items count="280">
+      <x:items count="282">
         <x:item x="0"/>
         <x:item x="1"/>
         <x:item x="2"/>
         <x:item x="3"/>
         <x:item x="4"/>
         <x:item x="5"/>
         <x:item x="6"/>
         <x:item x="7"/>
         <x:item x="8"/>
         <x:item x="9"/>
         <x:item x="10"/>
         <x:item x="11"/>
         <x:item x="12"/>
         <x:item x="13"/>
         <x:item x="14"/>
         <x:item x="15"/>
         <x:item x="16"/>
         <x:item x="17"/>
         <x:item x="18"/>
         <x:item x="19"/>
         <x:item x="20"/>
         <x:item x="21"/>
         <x:item x="22"/>
         <x:item x="23"/>
         <x:item x="24"/>
@@ -2369,54 +2381,56 @@
         <x:item x="255"/>
         <x:item x="256"/>
         <x:item x="257"/>
         <x:item x="258"/>
         <x:item x="259"/>
         <x:item x="260"/>
         <x:item x="261"/>
         <x:item x="262"/>
         <x:item x="263"/>
         <x:item x="264"/>
         <x:item x="265"/>
         <x:item x="266"/>
         <x:item x="267"/>
         <x:item x="268"/>
         <x:item x="269"/>
         <x:item x="270"/>
         <x:item x="271"/>
         <x:item x="272"/>
         <x:item x="273"/>
         <x:item x="274"/>
         <x:item x="275"/>
         <x:item x="276"/>
         <x:item x="277"/>
         <x:item x="278"/>
         <x:item x="279"/>
+        <x:item x="280"/>
+        <x:item x="281"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <x:items count="280">
+      <x:items count="282">
         <x:item x="0"/>
         <x:item x="1"/>
         <x:item x="2"/>
         <x:item x="3"/>
         <x:item x="4"/>
         <x:item x="5"/>
         <x:item x="6"/>
         <x:item x="7"/>
         <x:item x="8"/>
         <x:item x="9"/>
         <x:item x="10"/>
         <x:item x="11"/>
         <x:item x="12"/>
         <x:item x="13"/>
         <x:item x="14"/>
         <x:item x="15"/>
         <x:item x="16"/>
         <x:item x="17"/>
         <x:item x="18"/>
         <x:item x="19"/>
         <x:item x="20"/>
         <x:item x="21"/>
         <x:item x="22"/>
         <x:item x="23"/>
         <x:item x="24"/>
@@ -2653,78 +2667,80 @@
         <x:item x="255"/>
         <x:item x="256"/>
         <x:item x="257"/>
         <x:item x="258"/>
         <x:item x="259"/>
         <x:item x="260"/>
         <x:item x="261"/>
         <x:item x="262"/>
         <x:item x="263"/>
         <x:item x="264"/>
         <x:item x="265"/>
         <x:item x="266"/>
         <x:item x="267"/>
         <x:item x="268"/>
         <x:item x="269"/>
         <x:item x="270"/>
         <x:item x="271"/>
         <x:item x="272"/>
         <x:item x="273"/>
         <x:item x="274"/>
         <x:item x="275"/>
         <x:item x="276"/>
         <x:item x="277"/>
         <x:item x="278"/>
         <x:item x="279"/>
+        <x:item x="280"/>
+        <x:item x="281"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
       <x:items count="3">
         <x:item x="0"/>
         <x:item x="1"/>
         <x:item x="2"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
       <x:items count="3">
         <x:item x="0"/>
         <x:item x="1"/>
         <x:item x="2"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="UNIT" defaultSubtotal="0"/>
     <x:pivotField name="VALUE" dataField="1" defaultSubtotal="0"/>
   </x:pivotFields>
   <x:rowFields count="6">
     <x:field x="0"/>
     <x:field x="1"/>
     <x:field x="2"/>
     <x:field x="3"/>
     <x:field x="4"/>
     <x:field x="5"/>
   </x:rowFields>
-  <x:rowItems count="574">
+  <x:rowItems count="578">
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i>
       <x:x v="1"/>
     </x:i>
     <x:i>
       <x:x v="2"/>
     </x:i>
     <x:i>
       <x:x v="3"/>
     </x:i>
     <x:i>
@@ -3533,50 +3549,56 @@
     </x:i>
     <x:i>
       <x:x v="272"/>
     </x:i>
     <x:i>
       <x:x v="273"/>
     </x:i>
     <x:i>
       <x:x v="274"/>
     </x:i>
     <x:i>
       <x:x v="275"/>
     </x:i>
     <x:i>
       <x:x v="276"/>
     </x:i>
     <x:i>
       <x:x v="277"/>
     </x:i>
     <x:i>
       <x:x v="278"/>
     </x:i>
     <x:i>
       <x:x v="279"/>
     </x:i>
+    <x:i>
+      <x:x v="280"/>
+    </x:i>
+    <x:i>
+      <x:x v="281"/>
+    </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i>
       <x:x v="1"/>
     </x:i>
     <x:i>
       <x:x v="2"/>
     </x:i>
     <x:i>
       <x:x v="3"/>
     </x:i>
     <x:i>
       <x:x v="4"/>
     </x:i>
     <x:i>
       <x:x v="5"/>
     </x:i>
     <x:i>
       <x:x v="6"/>
     </x:i>
     <x:i>
@@ -4375,99 +4397,105 @@
       <x:x v="271"/>
     </x:i>
     <x:i>
       <x:x v="272"/>
     </x:i>
     <x:i>
       <x:x v="273"/>
     </x:i>
     <x:i>
       <x:x v="274"/>
     </x:i>
     <x:i>
       <x:x v="275"/>
     </x:i>
     <x:i>
       <x:x v="276"/>
     </x:i>
     <x:i>
       <x:x v="277"/>
     </x:i>
     <x:i>
       <x:x v="278"/>
     </x:i>
     <x:i>
       <x:x v="279"/>
+    </x:i>
+    <x:i>
+      <x:x v="280"/>
+    </x:i>
+    <x:i>
+      <x:x v="281"/>
     </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i>
       <x:x v="1"/>
     </x:i>
     <x:i>
       <x:x v="2"/>
     </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i>
       <x:x v="1"/>
     </x:i>
     <x:i>
       <x:x v="2"/>
     </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
   </x:rowItems>
   <x:colItems count="1">
     <x:i i="0">
       <x:x v="0"/>
     </x:i>
   </x:colItems>
   <x:dataFields count="1">
     <x:dataField name="VALUE" fld="7" subtotal="sum" showDataAs="normal" baseField="0" baseItem="0" numFmtId="0"/>
   </x:dataFields>
   <x:pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0"/>
   <x:extLst>
     <x:ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" enableEdit="0" hideValuesRow="1"/>
     </x:ext>
   </x:extLst>
 </x:pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H841" totalsRowShown="0">
-  <x:autoFilter ref="A1:H841"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H847" totalsRowShown="0">
+  <x:autoFilter ref="A1:H847"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -4968,51 +4996,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H841"/>
+  <x:dimension ref="A1:H847"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -26848,50 +26876,206 @@
     </x:row>
     <x:row r="841" spans="1:8">
       <x:c r="A841" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H841" s="0">
         <x:v>11848</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="842" spans="1:8">
+      <x:c r="A842" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B842" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C842" s="0" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D842" s="0" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E842" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F842" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G842" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H842" s="0">
+        <x:v>20393</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="843" spans="1:8">
+      <x:c r="A843" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B843" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C843" s="0" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D843" s="0" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E843" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F843" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G843" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H843" s="0">
+        <x:v>8778</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="844" spans="1:8">
+      <x:c r="A844" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B844" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C844" s="0" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D844" s="0" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E844" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F844" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G844" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H844" s="0">
+        <x:v>11615</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="845" spans="1:8">
+      <x:c r="A845" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B845" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C845" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="D845" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="E845" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F845" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G845" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H845" s="0">
+        <x:v>20486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="846" spans="1:8">
+      <x:c r="A846" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B846" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C846" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="D846" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="E846" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F846" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G846" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H846" s="0">
+        <x:v>8665</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="847" spans="1:8">
+      <x:c r="A847" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B847" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C847" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="D847" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="E847" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F847" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G847" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H847" s="0">
+        <x:v>11821</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -26923,65 +27107,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H841" sheet="Unpivoted"/>
+    <x:worksheetSource ref="A1:H847" sheet="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRM10"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Casual and Part-time Workers on the Live Register"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="280">
+      <x:sharedItems count="282">
         <x:s v="200205"/>
         <x:s v="200206"/>
         <x:s v="200207"/>
         <x:s v="200208"/>
         <x:s v="200209"/>
         <x:s v="200210"/>
         <x:s v="200211"/>
         <x:s v="200212"/>
         <x:s v="200301"/>
         <x:s v="200302"/>
         <x:s v="200303"/>
         <x:s v="200304"/>
         <x:s v="200305"/>
         <x:s v="200306"/>
         <x:s v="200307"/>
         <x:s v="200308"/>
         <x:s v="200309"/>
         <x:s v="200310"/>
         <x:s v="200311"/>
         <x:s v="200312"/>
         <x:s v="200401"/>
         <x:s v="200402"/>
         <x:s v="200403"/>
         <x:s v="200404"/>
         <x:s v="200405"/>
@@ -27218,54 +27402,56 @@
         <x:s v="202308"/>
         <x:s v="202309"/>
         <x:s v="202310"/>
         <x:s v="202311"/>
         <x:s v="202312"/>
         <x:s v="202401"/>
         <x:s v="202402"/>
         <x:s v="202403"/>
         <x:s v="202404"/>
         <x:s v="202405"/>
         <x:s v="202406"/>
         <x:s v="202407"/>
         <x:s v="202408"/>
         <x:s v="202409"/>
         <x:s v="202410"/>
         <x:s v="202411"/>
         <x:s v="202412"/>
         <x:s v="202501"/>
         <x:s v="202502"/>
         <x:s v="202503"/>
         <x:s v="202504"/>
         <x:s v="202505"/>
         <x:s v="202506"/>
         <x:s v="202507"/>
         <x:s v="202508"/>
+        <x:s v="202509"/>
+        <x:s v="202510"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="280">
+      <x:sharedItems count="282">
         <x:s v="2002 May"/>
         <x:s v="2002 June"/>
         <x:s v="2002 July"/>
         <x:s v="2002 August"/>
         <x:s v="2002 September"/>
         <x:s v="2002 October"/>
         <x:s v="2002 November"/>
         <x:s v="2002 December"/>
         <x:s v="2003 January"/>
         <x:s v="2003 February"/>
         <x:s v="2003 March"/>
         <x:s v="2003 April"/>
         <x:s v="2003 May"/>
         <x:s v="2003 June"/>
         <x:s v="2003 July"/>
         <x:s v="2003 August"/>
         <x:s v="2003 September"/>
         <x:s v="2003 October"/>
         <x:s v="2003 November"/>
         <x:s v="2003 December"/>
         <x:s v="2004 January"/>
         <x:s v="2004 February"/>
         <x:s v="2004 March"/>
         <x:s v="2004 April"/>
         <x:s v="2004 May"/>
@@ -27502,73 +27688,75 @@
         <x:s v="2023 August"/>
         <x:s v="2023 September"/>
         <x:s v="2023 October"/>
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
         <x:s v="2025 July"/>
         <x:s v="2025 August"/>
+        <x:s v="2025 September"/>
+        <x:s v="2025 October"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="7367" maxValue="89613" count="831">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="7367" maxValue="89613" count="837">
         <x:n v="19959"/>
         <x:n v="8252"/>
         <x:n v="11707"/>
         <x:n v="19467"/>
         <x:n v="8131"/>
         <x:n v="11336"/>
         <x:n v="19201"/>
         <x:n v="7966"/>
         <x:n v="11235"/>
         <x:n v="19073"/>
         <x:n v="7930"/>
         <x:n v="11143"/>
         <x:n v="19034"/>
         <x:n v="7763"/>
         <x:n v="11271"/>
         <x:n v="19204"/>
         <x:n v="7736"/>
         <x:n v="11468"/>
         <x:n v="19669"/>
         <x:n v="7832"/>
         <x:n v="11837"/>
         <x:n v="19852"/>
         <x:n v="7911"/>
         <x:n v="11941"/>
         <x:n v="20871"/>
@@ -28356,34 +28544,40 @@
         <x:n v="22922"/>
         <x:n v="9871"/>
         <x:n v="22408"/>
         <x:n v="9569"/>
         <x:n v="12839"/>
         <x:n v="22458"/>
         <x:n v="9551"/>
         <x:n v="12907"/>
         <x:n v="22240"/>
         <x:n v="9501"/>
         <x:n v="12739"/>
         <x:n v="21899"/>
         <x:n v="9289"/>
         <x:n v="12610"/>
         <x:n v="21682"/>
         <x:n v="12393"/>
         <x:n v="21536"/>
         <x:n v="9211"/>
         <x:n v="12325"/>
         <x:n v="20994"/>
         <x:n v="9020"/>
         <x:n v="11974"/>
         <x:n v="20722"/>
         <x:n v="8874"/>
         <x:n v="11848"/>
+        <x:n v="20393"/>
+        <x:n v="8778"/>
+        <x:n v="11615"/>
+        <x:n v="20486"/>
+        <x:n v="8665"/>
+        <x:n v="11821"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>