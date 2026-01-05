--- v1 (2025-11-17)
+++ v2 (2026-01-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f40945cc7448e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0e6328fd318445e9a1989b78db510db.psmdcp" Id="Rd77fecce917f4371" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c98224e7fee4810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b256bd3113764d8995114fcd721ff5a0.psmdcp" Id="Rab053168a0a74cf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRM10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Casual and Part-time Workers on the Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/7/2025 11:00:00 AM</x:t>
+    <x:t>05/12/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">Live Register data for January to October 2023 inclusive has been revised in accordance with revised data provided by the Department of Social Protection (DSP).&lt;br&gt;&lt;br&gt;The </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>casual and part-time workers</x:t>
@@ -1905,50 +1905,56 @@
     <x:t>2025 June</x:t>
   </x:si>
   <x:si>
     <x:t>202507</x:t>
   </x:si>
   <x:si>
     <x:t>2025 July</x:t>
   </x:si>
   <x:si>
     <x:t>202508</x:t>
   </x:si>
   <x:si>
     <x:t>2025 August</x:t>
   </x:si>
   <x:si>
     <x:t>202509</x:t>
   </x:si>
   <x:si>
     <x:t>2025 September</x:t>
   </x:si>
   <x:si>
     <x:t>202510</x:t>
   </x:si>
   <x:si>
     <x:t>2025 October</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 November</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -2086,2416 +2092,677 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...2359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="283">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="283">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H847" totalsRowShown="0">
-  <x:autoFilter ref="A1:H847"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H850" totalsRowShown="0">
+  <x:autoFilter ref="A1:H850"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -4759,51 +3026,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM10/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -4992,55 +3259,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H847"/>
+  <x:dimension ref="A1:H850"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -27034,63 +25301,141 @@
       <x:c r="A847" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H847" s="0">
         <x:v>11821</x:v>
       </x:c>
     </x:row>
+    <x:row r="848" spans="1:8">
+      <x:c r="A848" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B848" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C848" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D848" s="0" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E848" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F848" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G848" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H848" s="0">
+        <x:v>20780</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="849" spans="1:8">
+      <x:c r="A849" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B849" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C849" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D849" s="0" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E849" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F849" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G849" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H849" s="0">
+        <x:v>8805</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="850" spans="1:8">
+      <x:c r="A850" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B850" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C850" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D850" s="0" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E850" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F850" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G850" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H850" s="0">
+        <x:v>11975</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27107,65 +25452,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H847" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRM10"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Casual and Part-time Workers on the Live Register"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="282">
+      <x:sharedItems count="283">
         <x:s v="200205"/>
         <x:s v="200206"/>
         <x:s v="200207"/>
         <x:s v="200208"/>
         <x:s v="200209"/>
         <x:s v="200210"/>
         <x:s v="200211"/>
         <x:s v="200212"/>
         <x:s v="200301"/>
         <x:s v="200302"/>
         <x:s v="200303"/>
         <x:s v="200304"/>
         <x:s v="200305"/>
         <x:s v="200306"/>
         <x:s v="200307"/>
         <x:s v="200308"/>
         <x:s v="200309"/>
         <x:s v="200310"/>
         <x:s v="200311"/>
         <x:s v="200312"/>
         <x:s v="200401"/>
         <x:s v="200402"/>
         <x:s v="200403"/>
         <x:s v="200404"/>
         <x:s v="200405"/>
@@ -27404,54 +25749,55 @@
         <x:s v="202310"/>
         <x:s v="202311"/>
         <x:s v="202312"/>
         <x:s v="202401"/>
         <x:s v="202402"/>
         <x:s v="202403"/>
         <x:s v="202404"/>
         <x:s v="202405"/>
         <x:s v="202406"/>
         <x:s v="202407"/>
         <x:s v="202408"/>
         <x:s v="202409"/>
         <x:s v="202410"/>
         <x:s v="202411"/>
         <x:s v="202412"/>
         <x:s v="202501"/>
         <x:s v="202502"/>
         <x:s v="202503"/>
         <x:s v="202504"/>
         <x:s v="202505"/>
         <x:s v="202506"/>
         <x:s v="202507"/>
         <x:s v="202508"/>
         <x:s v="202509"/>
         <x:s v="202510"/>
+        <x:s v="202511"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="282">
+      <x:sharedItems count="283">
         <x:s v="2002 May"/>
         <x:s v="2002 June"/>
         <x:s v="2002 July"/>
         <x:s v="2002 August"/>
         <x:s v="2002 September"/>
         <x:s v="2002 October"/>
         <x:s v="2002 November"/>
         <x:s v="2002 December"/>
         <x:s v="2003 January"/>
         <x:s v="2003 February"/>
         <x:s v="2003 March"/>
         <x:s v="2003 April"/>
         <x:s v="2003 May"/>
         <x:s v="2003 June"/>
         <x:s v="2003 July"/>
         <x:s v="2003 August"/>
         <x:s v="2003 September"/>
         <x:s v="2003 October"/>
         <x:s v="2003 November"/>
         <x:s v="2003 December"/>
         <x:s v="2004 January"/>
         <x:s v="2004 February"/>
         <x:s v="2004 March"/>
         <x:s v="2004 April"/>
         <x:s v="2004 May"/>
@@ -27690,73 +26036,74 @@
         <x:s v="2023 October"/>
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
         <x:s v="2025 July"/>
         <x:s v="2025 August"/>
         <x:s v="2025 September"/>
         <x:s v="2025 October"/>
+        <x:s v="2025 November"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="7367" maxValue="89613" count="837">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="7367" maxValue="89613" count="840">
         <x:n v="19959"/>
         <x:n v="8252"/>
         <x:n v="11707"/>
         <x:n v="19467"/>
         <x:n v="8131"/>
         <x:n v="11336"/>
         <x:n v="19201"/>
         <x:n v="7966"/>
         <x:n v="11235"/>
         <x:n v="19073"/>
         <x:n v="7930"/>
         <x:n v="11143"/>
         <x:n v="19034"/>
         <x:n v="7763"/>
         <x:n v="11271"/>
         <x:n v="19204"/>
         <x:n v="7736"/>
         <x:n v="11468"/>
         <x:n v="19669"/>
         <x:n v="7832"/>
         <x:n v="11837"/>
         <x:n v="19852"/>
         <x:n v="7911"/>
         <x:n v="11941"/>
         <x:n v="20871"/>
@@ -28550,34 +26897,8528 @@
         <x:n v="9551"/>
         <x:n v="12907"/>
         <x:n v="22240"/>
         <x:n v="9501"/>
         <x:n v="12739"/>
         <x:n v="21899"/>
         <x:n v="9289"/>
         <x:n v="12610"/>
         <x:n v="21682"/>
         <x:n v="12393"/>
         <x:n v="21536"/>
         <x:n v="9211"/>
         <x:n v="12325"/>
         <x:n v="20994"/>
         <x:n v="9020"/>
         <x:n v="11974"/>
         <x:n v="20722"/>
         <x:n v="8874"/>
         <x:n v="11848"/>
         <x:n v="20393"/>
         <x:n v="8778"/>
         <x:n v="11615"/>
         <x:n v="20486"/>
         <x:n v="8665"/>
         <x:n v="11821"/>
+        <x:n v="20780"/>
+        <x:n v="8805"/>
+        <x:n v="11975"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200205"/>
+    <s v="2002 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19959"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200205"/>
+    <s v="2002 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8252"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200205"/>
+    <s v="2002 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11707"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200206"/>
+    <s v="2002 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19467"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200206"/>
+    <s v="2002 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8131"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200206"/>
+    <s v="2002 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11336"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200207"/>
+    <s v="2002 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19201"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200207"/>
+    <s v="2002 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7966"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200207"/>
+    <s v="2002 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11235"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200208"/>
+    <s v="2002 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19073"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200208"/>
+    <s v="2002 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200208"/>
+    <s v="2002 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11143"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200209"/>
+    <s v="2002 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19034"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200209"/>
+    <s v="2002 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7763"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200209"/>
+    <s v="2002 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11271"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200210"/>
+    <s v="2002 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19204"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200210"/>
+    <s v="2002 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7736"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200210"/>
+    <s v="2002 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11468"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200211"/>
+    <s v="2002 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19669"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200211"/>
+    <s v="2002 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7832"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200211"/>
+    <s v="2002 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11837"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200212"/>
+    <s v="2002 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19852"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200212"/>
+    <s v="2002 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7911"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200212"/>
+    <s v="2002 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11941"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200301"/>
+    <s v="2003 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20871"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200301"/>
+    <s v="2003 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8314"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200301"/>
+    <s v="2003 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12557"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200302"/>
+    <s v="2003 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21733"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200302"/>
+    <s v="2003 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8642"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200302"/>
+    <s v="2003 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13091"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200303"/>
+    <s v="2003 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22045"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200303"/>
+    <s v="2003 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8880"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200303"/>
+    <s v="2003 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13165"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200304"/>
+    <s v="2003 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22108"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200304"/>
+    <s v="2003 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8922"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200304"/>
+    <s v="2003 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13186"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200305"/>
+    <s v="2003 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21991"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200305"/>
+    <s v="2003 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8963"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200305"/>
+    <s v="2003 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13028"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200306"/>
+    <s v="2003 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22144"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200306"/>
+    <s v="2003 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8987"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200306"/>
+    <s v="2003 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13157"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200307"/>
+    <s v="2003 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21697"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200307"/>
+    <s v="2003 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8811"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200307"/>
+    <s v="2003 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12886"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200308"/>
+    <s v="2003 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20929"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200308"/>
+    <s v="2003 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8377"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200308"/>
+    <s v="2003 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12552"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200309"/>
+    <s v="2003 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20758"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200309"/>
+    <s v="2003 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8073"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200309"/>
+    <s v="2003 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12685"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200310"/>
+    <s v="2003 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21100"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200310"/>
+    <s v="2003 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8134"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200310"/>
+    <s v="2003 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12966"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200311"/>
+    <s v="2003 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21686"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200311"/>
+    <s v="2003 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8299"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200311"/>
+    <s v="2003 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13387"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200312"/>
+    <s v="2003 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21518"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200312"/>
+    <s v="2003 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8247"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200312"/>
+    <s v="2003 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13271"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200401"/>
+    <s v="2004 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22424"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200401"/>
+    <s v="2004 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8647"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200401"/>
+    <s v="2004 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13777"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200402"/>
+    <s v="2004 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23006"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200402"/>
+    <s v="2004 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8968"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200402"/>
+    <s v="2004 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14038"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200403"/>
+    <s v="2004 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23070"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200403"/>
+    <s v="2004 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9080"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200403"/>
+    <s v="2004 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13990"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200404"/>
+    <s v="2004 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22524"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200404"/>
+    <s v="2004 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8831"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200404"/>
+    <s v="2004 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13693"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200405"/>
+    <s v="2004 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22207"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200405"/>
+    <s v="2004 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8766"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200405"/>
+    <s v="2004 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13441"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200406"/>
+    <s v="2004 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21712"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200406"/>
+    <s v="2004 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200406"/>
+    <s v="2004 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13079"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200407"/>
+    <s v="2004 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21291"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200407"/>
+    <s v="2004 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8496"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200407"/>
+    <s v="2004 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12795"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200408"/>
+    <s v="2004 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20870"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200408"/>
+    <s v="2004 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8278"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200408"/>
+    <s v="2004 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12592"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200409"/>
+    <s v="2004 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20752"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200409"/>
+    <s v="2004 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8039"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200409"/>
+    <s v="2004 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12713"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200410"/>
+    <s v="2004 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20698"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200410"/>
+    <s v="2004 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7877"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200410"/>
+    <s v="2004 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12821"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200411"/>
+    <s v="2004 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21008"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200411"/>
+    <s v="2004 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200411"/>
+    <s v="2004 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13078"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200412"/>
+    <s v="2004 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20784"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200412"/>
+    <s v="2004 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7892"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200412"/>
+    <s v="2004 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12892"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21732"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8569"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13163"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21980"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8504"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13476"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21583"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8210"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13373"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21396"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8269"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13127"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21091"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8183"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12908"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20714"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8143"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12571"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19928"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7735"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19708"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7640"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12068"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19400"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7466"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11934"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19838"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7544"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12294"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20102"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7529"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12573"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19785"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7499"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12286"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20521"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7795"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12726"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21294"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8075"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13219"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21142"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8091"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13051"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20907"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7993"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12914"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20458"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7875"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12583"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20179"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7740"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12439"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19700"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7595"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12105"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19352"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7517"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11835"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19172"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7367"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11805"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19430"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7394"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12036"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19938"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7621"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12317"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19957"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7682"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20443"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7947"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12496"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20938"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8116"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12822"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20874"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12763"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20384"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7897"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12487"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20245"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7942"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12303"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20224"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8038"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12186"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19793"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7950"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11843"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19428"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7779"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11649"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19268"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7686"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11582"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19448"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7715"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11733"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20503"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8063"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12440"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20457"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8153"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12304"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21596"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8756"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12840"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23602"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9810"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13792"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23917"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13917"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24317"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10313"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14004"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24442"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10462"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13980"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25078"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10906"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14172"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25854"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11289"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14565"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26968"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12047"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14921"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="28221"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12700"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="15521"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="31305"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14386"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="16919"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="35797"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17073"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18724"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="38234"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18600"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19634"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="45426"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22807"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="22619"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="53754"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27777"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25977"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59833"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31384"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28449"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="62301"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32986"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29315"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="66178"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35588"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30590"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="68132"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36718"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31414"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="69553"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="37415"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32138"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="70103"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="37749"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32354"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="70858"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38268"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32590"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="69360"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="37273"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32087"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="73630"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="39322"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34308"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="73999"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="39493"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34506"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="76863"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="40743"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36120"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="79289"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42026"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37263"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="79849"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42284"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37565"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="79109"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41713"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37396"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="78875"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41602"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37273"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="79239"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41790"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37449"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="79072"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41624"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37448"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="78282"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41162"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37120"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="76879"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="40399"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36480"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="77924"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="40914"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37010"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="80208"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42162"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="38046"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="82058"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43510"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="38548"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="83232"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="44117"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39115"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85059"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45086"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39973"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="86155"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45603"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40552"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85594"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45447"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40147"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="84933"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45071"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39862"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85765"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45609"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40156"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85865"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45639"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40226"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85296"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45312"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39984"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="84017"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="44731"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39286"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85029"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45234"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39795"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="86612"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45914"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40698"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="86815"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="46044"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40771"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="86929"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="46241"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40688"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="88103"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47012"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="41091"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="88682"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47552"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="41130"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="88387"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47611"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40776"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="88023"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47617"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40406"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="88438"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47895"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40543"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87989"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47783"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40206"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87137"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47568"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39569"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85076"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="46636"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="38440"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85657"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="46841"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="38816"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="86894"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47369"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39525"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87944"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="48029"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39915"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87784"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47767"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40017"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="89611"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="48798"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40813"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="89613"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="48873"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40740"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="88790"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="48470"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40320"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87837"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="48050"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39787"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="88220"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="48133"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="40087"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87335"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47556"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39779"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="85019"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="46217"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="38802"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="82199"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="44630"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37569"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="81230"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43899"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37331"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="81381"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43856"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37525"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="81285"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43875"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37410"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="80857"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43658"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37199"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="81117"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43817"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37300"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="79724"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42988"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36736"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="78288"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42168"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36120"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="76693"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41277"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35416"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="76503"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41055"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35448"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="75663"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="40537"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35126"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="74062"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="39688"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34374"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="71686"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38461"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33225"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="71404"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38254"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33150"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="72226"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38691"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33535"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="72338"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38665"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33673"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="72034"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38530"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33504"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="72115"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38430"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33685"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="71361"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38098"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33263"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="70133"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="37376"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32757"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="69197"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36869"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32328"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="69410"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36831"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32579"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="68744"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36432"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32312"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="67442"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35774"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31668"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65629"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34791"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30838"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65137"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34400"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30737"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65630"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34710"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30920"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65643"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34726"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30917"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65214"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34447"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30767"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65929"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34810"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31119"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65427"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34402"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31025"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="64336"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33809"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30527"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="63818"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33549"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30269"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="63712"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33490"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30222"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="62712"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32949"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29763"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61346"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32159"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29187"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59585"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31263"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28322"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59388"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31100"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28288"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59643"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31108"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28535"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59908"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31156"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28752"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59480"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="30890"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28590"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59896"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31061"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28835"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59260"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="30641"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28619"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="58096"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29949"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28147"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56966"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29417"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27549"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56337"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29092"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27245"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="55247"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28426"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26821"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="53643"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27552"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26091"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51992"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26671"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25321"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51290"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26225"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25065"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51344"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26190"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25154"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51159"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26120"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25039"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="50231"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25555"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24676"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="50317"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25459"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24858"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="49466"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24909"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24557"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="48127"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24188"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23939"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="46917"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="23493"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23424"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="45988"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22872"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23116"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="45145"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22290"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="22855"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="43594"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21492"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="22102"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="42124"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20719"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="21405"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41653"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20309"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="21344"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41759"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20286"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="21473"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41751"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20348"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="21403"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41240"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20079"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="21161"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41264"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20090"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="21174"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="40759"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19803"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="20956"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="39683"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19280"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="20403"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="38396"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18502"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19894"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="38115"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18259"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19856"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="37586"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17915"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19671"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36779"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17543"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19236"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36111"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17408"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18703"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="35949"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17320"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18629"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36526"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17562"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18964"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36816"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17754"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19062"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36355"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17561"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18794"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36606"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17661"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18945"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36607"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17689"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18918"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36297"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17436"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18861"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36516"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17643"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18873"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36656"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17630"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19026"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="37221"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17763"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19458"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36681"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17412"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19269"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36862"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17305"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19557"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41988"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19678"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="22310"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41742"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19692"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="22050"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="40758"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19304"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="21454"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="39957"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19142"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="20815"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="39287"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18984"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="20303"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="38309"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18498"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19811"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36161"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18710"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32799"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15769"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17030"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="31877"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15070"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="16807"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29937"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14053"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="15884"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="28197"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13158"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="15039"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="27169"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12657"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14512"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26648"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12294"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14354"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26431"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11982"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14449"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26016"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11785"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14231"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25179"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11370"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13809"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25162"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11297"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13865"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25232"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11246"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13986"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25222"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11305"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13917"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24864"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11142"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13722"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25281"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11121"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14160"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25683"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11167"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14516"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25711"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11114"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14597"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25446"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10930"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14516"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25797"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10973"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14824"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26089"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11132"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14957"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26663"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11403"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="15260"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26225"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11286"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14939"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26383"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11405"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14978"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26425"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11435"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14990"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26329"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11410"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14919"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26218"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11387"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14831"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26187"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11392"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14795"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25960"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11245"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14715"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25404"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11028"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14376"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24778"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10784"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13994"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24920"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10889"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14031"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25428"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11084"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14344"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25741"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11196"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14545"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25217"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10946"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14271"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25477"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11031"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14446"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25423"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10954"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14469"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25167"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10768"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14399"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24649"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10534"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14115"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24432"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10412"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14020"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24097"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10261"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13836"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23721"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10151"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13570"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22493"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9747"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12746"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22526"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9753"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12773"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22842"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9865"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12977"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22922"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9871"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13051"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22408"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9569"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12839"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22458"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9551"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12907"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22240"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9501"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12739"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21899"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9289"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12610"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21682"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9289"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12393"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21536"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9211"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12325"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20994"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9020"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11974"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20722"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8874"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11848"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20393"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8778"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11615"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20486"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8665"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11821"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20780"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8805"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11975"/>
+  </r>
+</pivotCacheRecords>
 </file>