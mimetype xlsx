--- v2 (2026-01-05)
+++ v3 (2026-02-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c98224e7fee4810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b256bd3113764d8995114fcd721ff5a0.psmdcp" Id="Rab053168a0a74cf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999128ae0bee4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e39aaed52ef4956b3407e36004d039d.psmdcp" Id="Rbec3895402544527" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRM10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Casual and Part-time Workers on the Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>05/12/2025 11:00:00</x:t>
+    <x:t>09/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">Live Register data for January to October 2023 inclusive has been revised in accordance with revised data provided by the Department of Social Protection (DSP).&lt;br&gt;&lt;br&gt;The </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>casual and part-time workers</x:t>
@@ -1911,50 +1911,62 @@
     <x:t>2025 July</x:t>
   </x:si>
   <x:si>
     <x:t>202508</x:t>
   </x:si>
   <x:si>
     <x:t>2025 August</x:t>
   </x:si>
   <x:si>
     <x:t>202509</x:t>
   </x:si>
   <x:si>
     <x:t>2025 September</x:t>
   </x:si>
   <x:si>
     <x:t>202510</x:t>
   </x:si>
   <x:si>
     <x:t>2025 October</x:t>
   </x:si>
   <x:si>
     <x:t>202511</x:t>
   </x:si>
   <x:si>
     <x:t>2025 November</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 December</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -2106,51 +2118,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="283">
+      <items count="285">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -2390,54 +2402,56 @@
         <item x="258"/>
         <item x="259"/>
         <item x="260"/>
         <item x="261"/>
         <item x="262"/>
         <item x="263"/>
         <item x="264"/>
         <item x="265"/>
         <item x="266"/>
         <item x="267"/>
         <item x="268"/>
         <item x="269"/>
         <item x="270"/>
         <item x="271"/>
         <item x="272"/>
         <item x="273"/>
         <item x="274"/>
         <item x="275"/>
         <item x="276"/>
         <item x="277"/>
         <item x="278"/>
         <item x="279"/>
         <item x="280"/>
         <item x="281"/>
         <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
       </items>
     </pivotField>
     <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="283">
+      <items count="285">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -2677,92 +2691,94 @@
         <item x="258"/>
         <item x="259"/>
         <item x="260"/>
         <item x="261"/>
         <item x="262"/>
         <item x="263"/>
         <item x="264"/>
         <item x="265"/>
         <item x="266"/>
         <item x="267"/>
         <item x="268"/>
         <item x="269"/>
         <item x="270"/>
         <item x="271"/>
         <item x="272"/>
         <item x="273"/>
         <item x="274"/>
         <item x="275"/>
         <item x="276"/>
         <item x="277"/>
         <item x="278"/>
         <item x="279"/>
         <item x="280"/>
         <item x="281"/>
         <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
       </items>
     </pivotField>
     <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H850" totalsRowShown="0">
-  <x:autoFilter ref="A1:H850"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H856" totalsRowShown="0">
+  <x:autoFilter ref="A1:H856"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -3263,51 +3279,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H850"/>
+  <x:dimension ref="A1:H856"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -25377,50 +25393,206 @@
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H850" s="0">
         <x:v>11975</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="851" spans="1:8">
+      <x:c r="A851" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B851" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C851" s="0" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="D851" s="0" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E851" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F851" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G851" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H851" s="0">
+        <x:v>21022</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="852" spans="1:8">
+      <x:c r="A852" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B852" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C852" s="0" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="D852" s="0" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E852" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F852" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G852" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H852" s="0">
+        <x:v>8888</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="853" spans="1:8">
+      <x:c r="A853" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B853" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C853" s="0" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="D853" s="0" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E853" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F853" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G853" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H853" s="0">
+        <x:v>12134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="854" spans="1:8">
+      <x:c r="A854" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B854" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C854" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="D854" s="0" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="E854" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F854" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G854" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H854" s="0">
+        <x:v>20476</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="855" spans="1:8">
+      <x:c r="A855" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B855" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C855" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="D855" s="0" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="E855" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F855" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G855" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H855" s="0">
+        <x:v>8582</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="856" spans="1:8">
+      <x:c r="A856" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B856" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C856" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="D856" s="0" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="E856" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F856" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G856" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H856" s="0">
+        <x:v>11894</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -25466,51 +25638,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRM10"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Casual and Part-time Workers on the Live Register"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="283">
+      <x:sharedItems count="285">
         <x:s v="200205"/>
         <x:s v="200206"/>
         <x:s v="200207"/>
         <x:s v="200208"/>
         <x:s v="200209"/>
         <x:s v="200210"/>
         <x:s v="200211"/>
         <x:s v="200212"/>
         <x:s v="200301"/>
         <x:s v="200302"/>
         <x:s v="200303"/>
         <x:s v="200304"/>
         <x:s v="200305"/>
         <x:s v="200306"/>
         <x:s v="200307"/>
         <x:s v="200308"/>
         <x:s v="200309"/>
         <x:s v="200310"/>
         <x:s v="200311"/>
         <x:s v="200312"/>
         <x:s v="200401"/>
         <x:s v="200402"/>
         <x:s v="200403"/>
         <x:s v="200404"/>
         <x:s v="200405"/>
@@ -25750,54 +25922,56 @@
         <x:s v="202311"/>
         <x:s v="202312"/>
         <x:s v="202401"/>
         <x:s v="202402"/>
         <x:s v="202403"/>
         <x:s v="202404"/>
         <x:s v="202405"/>
         <x:s v="202406"/>
         <x:s v="202407"/>
         <x:s v="202408"/>
         <x:s v="202409"/>
         <x:s v="202410"/>
         <x:s v="202411"/>
         <x:s v="202412"/>
         <x:s v="202501"/>
         <x:s v="202502"/>
         <x:s v="202503"/>
         <x:s v="202504"/>
         <x:s v="202505"/>
         <x:s v="202506"/>
         <x:s v="202507"/>
         <x:s v="202508"/>
         <x:s v="202509"/>
         <x:s v="202510"/>
         <x:s v="202511"/>
+        <x:s v="202512"/>
+        <x:s v="202601"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="283">
+      <x:sharedItems count="285">
         <x:s v="2002 May"/>
         <x:s v="2002 June"/>
         <x:s v="2002 July"/>
         <x:s v="2002 August"/>
         <x:s v="2002 September"/>
         <x:s v="2002 October"/>
         <x:s v="2002 November"/>
         <x:s v="2002 December"/>
         <x:s v="2003 January"/>
         <x:s v="2003 February"/>
         <x:s v="2003 March"/>
         <x:s v="2003 April"/>
         <x:s v="2003 May"/>
         <x:s v="2003 June"/>
         <x:s v="2003 July"/>
         <x:s v="2003 August"/>
         <x:s v="2003 September"/>
         <x:s v="2003 October"/>
         <x:s v="2003 November"/>
         <x:s v="2003 December"/>
         <x:s v="2004 January"/>
         <x:s v="2004 February"/>
         <x:s v="2004 March"/>
         <x:s v="2004 April"/>
         <x:s v="2004 May"/>
@@ -26037,73 +26211,75 @@
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
         <x:s v="2025 July"/>
         <x:s v="2025 August"/>
         <x:s v="2025 September"/>
         <x:s v="2025 October"/>
         <x:s v="2025 November"/>
+        <x:s v="2025 December"/>
+        <x:s v="2026 January"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="7367" maxValue="89613" count="840">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="7367" maxValue="89613" count="846">
         <x:n v="19959"/>
         <x:n v="8252"/>
         <x:n v="11707"/>
         <x:n v="19467"/>
         <x:n v="8131"/>
         <x:n v="11336"/>
         <x:n v="19201"/>
         <x:n v="7966"/>
         <x:n v="11235"/>
         <x:n v="19073"/>
         <x:n v="7930"/>
         <x:n v="11143"/>
         <x:n v="19034"/>
         <x:n v="7763"/>
         <x:n v="11271"/>
         <x:n v="19204"/>
         <x:n v="7736"/>
         <x:n v="11468"/>
         <x:n v="19669"/>
         <x:n v="7832"/>
         <x:n v="11837"/>
         <x:n v="19852"/>
         <x:n v="7911"/>
         <x:n v="11941"/>
         <x:n v="20871"/>
@@ -26900,50 +27076,56 @@
         <x:n v="9501"/>
         <x:n v="12739"/>
         <x:n v="21899"/>
         <x:n v="9289"/>
         <x:n v="12610"/>
         <x:n v="21682"/>
         <x:n v="12393"/>
         <x:n v="21536"/>
         <x:n v="9211"/>
         <x:n v="12325"/>
         <x:n v="20994"/>
         <x:n v="9020"/>
         <x:n v="11974"/>
         <x:n v="20722"/>
         <x:n v="8874"/>
         <x:n v="11848"/>
         <x:n v="20393"/>
         <x:n v="8778"/>
         <x:n v="11615"/>
         <x:n v="20486"/>
         <x:n v="8665"/>
         <x:n v="11821"/>
         <x:n v="20780"/>
         <x:n v="8805"/>
         <x:n v="11975"/>
+        <x:n v="21022"/>
+        <x:n v="8888"/>
+        <x:n v="12134"/>
+        <x:n v="20476"/>
+        <x:n v="8582"/>
+        <x:n v="11894"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="LRM10"/>
     <s v="Casual and Part-time Workers on the Live Register"/>
     <s v="200205"/>
     <s v="2002 May"/>
     <s v="-"/>
     <s v="Both sexes"/>
     <s v="Number"/>
     <n v="19959"/>
   </r>
   <r>
     <s v="LRM10"/>
     <s v="Casual and Part-time Workers on the Live Register"/>
     <s v="200205"/>
     <s v="2002 May"/>
     <s v="1"/>
     <s v="Male"/>
@@ -35398,27 +35580,87 @@
     <s v="-"/>
     <s v="Both sexes"/>
     <s v="Number"/>
     <n v="20780"/>
   </r>
   <r>
     <s v="LRM10"/>
     <s v="Casual and Part-time Workers on the Live Register"/>
     <s v="202511"/>
     <s v="2025 November"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="Number"/>
     <n v="8805"/>
   </r>
   <r>
     <s v="LRM10"/>
     <s v="Casual and Part-time Workers on the Live Register"/>
     <s v="202511"/>
     <s v="2025 November"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="Number"/>
     <n v="11975"/>
   </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202512"/>
+    <s v="2025 December"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21022"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202512"/>
+    <s v="2025 December"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8888"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202512"/>
+    <s v="2025 December"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12134"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202601"/>
+    <s v="2026 January"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20476"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202601"/>
+    <s v="2026 January"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8582"/>
+  </r>
+  <r>
+    <s v="LRM10"/>
+    <s v="Casual and Part-time Workers on the Live Register"/>
+    <s v="202601"/>
+    <s v="2026 January"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11894"/>
+  </r>
 </pivotCacheRecords>
 </file>