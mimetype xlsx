--- v0 (2025-10-09)
+++ v1 (2025-12-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aedf6a915ae4f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41d22bbbd3674e7d9204ce21043c25ec.psmdcp" Id="R27b1bb3dfc7e4808" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9d9a90e97b4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f5dc97d89ea4f98ae15ef132ff8b98d.psmdcp" Id="Rf698d176410b4a1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRM09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on the Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/23/2020 11:00:00 AM</x:t>
+    <x:t>23/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>EU15 to EU28 - Bulgaria, Cyprus, Croatia, Czech Republic, Estonia, Hungary, Latvia, Lithuania, Malta, Poland, Romania, Slovakia and Slovenia. EU15 to EU28 - Did not include Bulgaria and Romania prior to 1st January 2007. Included in Other nationals previously. EU15 to EU28 - Did not include Croatia prior to 1st July 2013. Included in Other nationals previously. See background notes(https://www.cso.ie/en/methods/labourmarket/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LR</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -1528,1707 +1528,494 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1655 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02524V03056" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="190">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="190">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1331" totalsRowShown="0">
   <x:autoFilter ref="A1:H1331"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02524V03056"/>
     <x:tableColumn id="4" name="Nationality"/>
     <x:tableColumn id="5" name="TLIST(M1)"/>
     <x:tableColumn id="6" name="Month"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3497,51 +2284,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3730,51 +2517,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1331"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -38368,51 +37155,51 @@
       <x:c r="E1331" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="F1331" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="G1331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1331" s="0">
         <x:v>6031</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38429,51 +37216,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1331" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRM09"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons on the Live Register"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02524V03056">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Nationality">
       <x:sharedItems count="7">
@@ -40179,27 +38966,13328 @@
         <x:n v="7335"/>
         <x:n v="7312"/>
         <x:n v="7149"/>
         <x:n v="6504"/>
         <x:n v="6107"/>
         <x:n v="5983"/>
         <x:n v="6003"/>
         <x:n v="6020"/>
         <x:n v="5948"/>
         <x:n v="5953"/>
         <x:n v="6232"/>
         <x:n v="6545"/>
         <x:n v="6735"/>
         <x:n v="6696"/>
         <x:n v="6538"/>
         <x:n v="5921"/>
         <x:n v="5837"/>
         <x:n v="6031"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200404"/>
+    <s v="2004M04"/>
+    <s v="Number"/>
+    <n v="164660"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200405"/>
+    <s v="2004M05"/>
+    <s v="Number"/>
+    <n v="161972"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200406"/>
+    <s v="2004M06"/>
+    <s v="Number"/>
+    <n v="168952"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200407"/>
+    <s v="2004M07"/>
+    <s v="Number"/>
+    <n v="177501"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200408"/>
+    <s v="2004M08"/>
+    <s v="Number"/>
+    <n v="175816"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200409"/>
+    <s v="2004M09"/>
+    <s v="Number"/>
+    <n v="160466"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200410"/>
+    <s v="2004M10"/>
+    <s v="Number"/>
+    <n v="155476"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200411"/>
+    <s v="2004M11"/>
+    <s v="Number"/>
+    <n v="151966"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200412"/>
+    <s v="2004M12"/>
+    <s v="Number"/>
+    <n v="158816"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Number"/>
+    <n v="160543"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Number"/>
+    <n v="158649"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Number"/>
+    <n v="157675"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Number"/>
+    <n v="151619"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Number"/>
+    <n v="150826"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Number"/>
+    <n v="159300"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Number"/>
+    <n v="168509"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Number"/>
+    <n v="169393"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Number"/>
+    <n v="153335"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Number"/>
+    <n v="149644"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Number"/>
+    <n v="150073"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Number"/>
+    <n v="155833"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Number"/>
+    <n v="160138"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Number"/>
+    <n v="159617"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Number"/>
+    <n v="155543"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Number"/>
+    <n v="154566"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Number"/>
+    <n v="152560"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Number"/>
+    <n v="163059"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Number"/>
+    <n v="168946"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Number"/>
+    <n v="169614"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Number"/>
+    <n v="152307"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Number"/>
+    <n v="148506"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Number"/>
+    <n v="148529"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Number"/>
+    <n v="155389"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Number"/>
+    <n v="158752"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Number"/>
+    <n v="159399"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Number"/>
+    <n v="155869"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Number"/>
+    <n v="154319"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Number"/>
+    <n v="154010"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Number"/>
+    <n v="166363"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Number"/>
+    <n v="174594"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Number"/>
+    <n v="174206"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Number"/>
+    <n v="160451"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Number"/>
+    <n v="157449"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Number"/>
+    <n v="161722"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Number"/>
+    <n v="170376"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Number"/>
+    <n v="181449"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Number"/>
+    <n v="189485"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Number"/>
+    <n v="197992"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Number"/>
+    <n v="195598"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Number"/>
+    <n v="201756"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Number"/>
+    <n v="220811"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Number"/>
+    <n v="238240"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Number"/>
+    <n v="247384"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Number"/>
+    <n v="240217"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Number"/>
+    <n v="250680"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Number"/>
+    <n v="267189"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Number"/>
+    <n v="290018"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Number"/>
+    <n v="326272"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Number"/>
+    <n v="352453"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Number"/>
+    <n v="369203"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Number"/>
+    <n v="381876"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Number"/>
+    <n v="394134"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Number"/>
+    <n v="415462"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Number"/>
+    <n v="432421"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Number"/>
+    <n v="436725"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Number"/>
+    <n v="419854"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Number"/>
+    <n v="412407"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Number"/>
+    <n v="413505"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Number"/>
+    <n v="423595"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Number"/>
+    <n v="436936"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Number"/>
+    <n v="436956"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Number"/>
+    <n v="435121"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Number"/>
+    <n v="432657"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Number"/>
+    <n v="437922"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Number"/>
+    <n v="452882"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Number"/>
+    <n v="466824"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Number"/>
+    <n v="466923"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Number"/>
+    <n v="442417"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Number"/>
+    <n v="429553"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Number"/>
+    <n v="425002"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Number"/>
+    <n v="437079"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Number"/>
+    <n v="442677"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Number"/>
+    <n v="444299"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Number"/>
+    <n v="441193"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Number"/>
+    <n v="439571"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Number"/>
+    <n v="440947"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Number"/>
+    <n v="457948"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Number"/>
+    <n v="470284"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Number"/>
+    <n v="469713"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Number"/>
+    <n v="437441"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Number"/>
+    <n v="430432"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Number"/>
+    <n v="429567"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Number"/>
+    <n v="434784"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Number"/>
+    <n v="438885"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Number"/>
+    <n v="438765"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Number"/>
+    <n v="433459"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Number"/>
+    <n v="429360"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Number"/>
+    <n v="432294"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Number"/>
+    <n v="451332"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Number"/>
+    <n v="459539"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Number"/>
+    <n v="455754"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Number"/>
+    <n v="428596"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Number"/>
+    <n v="419443"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Number"/>
+    <n v="417626"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Number"/>
+    <n v="423269"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Number"/>
+    <n v="428712"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Number"/>
+    <n v="428267"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Number"/>
+    <n v="424357"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Number"/>
+    <n v="417135"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Number"/>
+    <n v="421290"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Number"/>
+    <n v="434905"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Number"/>
+    <n v="441545"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Number"/>
+    <n v="434844"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="Number"/>
+    <n v="408237"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="Number"/>
+    <n v="396097"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="Number"/>
+    <n v="391128"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="Number"/>
+    <n v="395068"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="Number"/>
+    <n v="399244"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="Number"/>
+    <n v="397722"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="Number"/>
+    <n v="390916"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="Number"/>
+    <n v="388258"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="Number"/>
+    <n v="388486"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="Number"/>
+    <n v="398547"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="Number"/>
+    <n v="404217"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="Number"/>
+    <n v="398042"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="Number"/>
+    <n v="369783"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="Number"/>
+    <n v="358081"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="Number"/>
+    <n v="352372"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="Number"/>
+    <n v="355860"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="Number"/>
+    <n v="358376"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="Number"/>
+    <n v="354858"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="Number"/>
+    <n v="348397"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="Number"/>
+    <n v="343258"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="Number"/>
+    <n v="345331"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="Number"/>
+    <n v="356196"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="Number"/>
+    <n v="363313"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="Number"/>
+    <n v="358799"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="Number"/>
+    <n v="332470"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="Number"/>
+    <n v="320531"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="Number"/>
+    <n v="316331"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="Number"/>
+    <n v="321373"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="Number"/>
+    <n v="321513"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="Number"/>
+    <n v="319449"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="Number"/>
+    <n v="315364"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="Number"/>
+    <n v="305540"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="Number"/>
+    <n v="306822"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="Number"/>
+    <n v="315654"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="Number"/>
+    <n v="318995"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="Number"/>
+    <n v="316018"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="Number"/>
+    <n v="286103"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="Number"/>
+    <n v="276809"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="Number"/>
+    <n v="273160"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="Number"/>
+    <n v="276502"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="Number"/>
+    <n v="276892"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="Number"/>
+    <n v="275093"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="Number"/>
+    <n v="267202"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="Number"/>
+    <n v="263417"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="Number"/>
+    <n v="262702"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="Number"/>
+    <n v="268726"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="Number"/>
+    <n v="274385"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="Number"/>
+    <n v="264256"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="Number"/>
+    <n v="244319"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="Number"/>
+    <n v="236492"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="Number"/>
+    <n v="233209"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="Number"/>
+    <n v="236268"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="Number"/>
+    <n v="237386"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="Number"/>
+    <n v="235344"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="Number"/>
+    <n v="232366"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="Number"/>
+    <n v="223602"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="Number"/>
+    <n v="223502"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="Number"/>
+    <n v="228065"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="Number"/>
+    <n v="234445"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="Number"/>
+    <n v="225158"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="Number"/>
+    <n v="205730"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="Number"/>
+    <n v="199247"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="Number"/>
+    <n v="196261"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="Number"/>
+    <n v="199669"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="Number"/>
+    <n v="199627"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="Number"/>
+    <n v="196934"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="Number"/>
+    <n v="192407"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="Number"/>
+    <n v="193118"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="Number"/>
+    <n v="189867"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="Number"/>
+    <n v="197108"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="Number"/>
+    <n v="206396"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="Number"/>
+    <n v="199093"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="Number"/>
+    <n v="183783"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="Number"/>
+    <n v="180459"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="Number"/>
+    <n v="177554"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="Number"/>
+    <n v="181996"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="Number"/>
+    <n v="183755"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200404"/>
+    <s v="2004M04"/>
+    <s v="Number"/>
+    <n v="150069"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200405"/>
+    <s v="2004M05"/>
+    <s v="Number"/>
+    <n v="147444"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200406"/>
+    <s v="2004M06"/>
+    <s v="Number"/>
+    <n v="153796"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200407"/>
+    <s v="2004M07"/>
+    <s v="Number"/>
+    <n v="161868"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200408"/>
+    <s v="2004M08"/>
+    <s v="Number"/>
+    <n v="160387"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200409"/>
+    <s v="2004M09"/>
+    <s v="Number"/>
+    <n v="146172"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200410"/>
+    <s v="2004M10"/>
+    <s v="Number"/>
+    <n v="141908"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200411"/>
+    <s v="2004M11"/>
+    <s v="Number"/>
+    <n v="138320"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200412"/>
+    <s v="2004M12"/>
+    <s v="Number"/>
+    <n v="144792"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Number"/>
+    <n v="145677"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Number"/>
+    <n v="143806"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Number"/>
+    <n v="142908"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Number"/>
+    <n v="136932"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Number"/>
+    <n v="135854"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Number"/>
+    <n v="143307"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Number"/>
+    <n v="151388"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Number"/>
+    <n v="151771"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Number"/>
+    <n v="136729"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Number"/>
+    <n v="133250"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Number"/>
+    <n v="133474"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Number"/>
+    <n v="138888"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Number"/>
+    <n v="142180"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Number"/>
+    <n v="141326"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Number"/>
+    <n v="137446"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Number"/>
+    <n v="136712"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Number"/>
+    <n v="134779"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Number"/>
+    <n v="144262"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Number"/>
+    <n v="149745"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Number"/>
+    <n v="150215"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Number"/>
+    <n v="134662"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Number"/>
+    <n v="131325"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Number"/>
+    <n v="131133"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Number"/>
+    <n v="137390"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Number"/>
+    <n v="139610"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Number"/>
+    <n v="139717"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Number"/>
+    <n v="136019"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Number"/>
+    <n v="134481"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Number"/>
+    <n v="133932"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Number"/>
+    <n v="144642"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Number"/>
+    <n v="152103"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Number"/>
+    <n v="151149"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Number"/>
+    <n v="138994"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Number"/>
+    <n v="136414"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Number"/>
+    <n v="139483"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Number"/>
+    <n v="147142"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Number"/>
+    <n v="154961"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Number"/>
+    <n v="159762"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Number"/>
+    <n v="166873"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Number"/>
+    <n v="163627"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Number"/>
+    <n v="168477"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Number"/>
+    <n v="184943"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Number"/>
+    <n v="199776"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Number"/>
+    <n v="206283"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Number"/>
+    <n v="199003"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Number"/>
+    <n v="206293"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Number"/>
+    <n v="217555"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Number"/>
+    <n v="235829"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Number"/>
+    <n v="262271"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Number"/>
+    <n v="281141"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Number"/>
+    <n v="294024"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Number"/>
+    <n v="304590"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Number"/>
+    <n v="315690"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Number"/>
+    <n v="335197"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Number"/>
+    <n v="352323"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Number"/>
+    <n v="357041"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Number"/>
+    <n v="342111"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Number"/>
+    <n v="336103"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Number"/>
+    <n v="336725"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Number"/>
+    <n v="346076"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Number"/>
+    <n v="355541"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Number"/>
+    <n v="355690"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Number"/>
+    <n v="355080"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Number"/>
+    <n v="354266"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Number"/>
+    <n v="359853"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Number"/>
+    <n v="374037"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Number"/>
+    <n v="387612"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Number"/>
+    <n v="388066"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Number"/>
+    <n v="365972"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Number"/>
+    <n v="354918"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Number"/>
+    <n v="350220"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Number"/>
+    <n v="360434"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Number"/>
+    <n v="364150"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Number"/>
+    <n v="365137"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Number"/>
+    <n v="362599"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Number"/>
+    <n v="362048"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Number"/>
+    <n v="363969"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Number"/>
+    <n v="379027"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Number"/>
+    <n v="390999"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Number"/>
+    <n v="390718"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Number"/>
+    <n v="362020"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Number"/>
+    <n v="355395"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Number"/>
+    <n v="354048"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Number"/>
+    <n v="358564"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Number"/>
+    <n v="360918"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Number"/>
+    <n v="360193"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Number"/>
+    <n v="355548"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Number"/>
+    <n v="352495"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Number"/>
+    <n v="355656"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Number"/>
+    <n v="373212"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Number"/>
+    <n v="381280"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Number"/>
+    <n v="378097"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Number"/>
+    <n v="354426"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Number"/>
+    <n v="346100"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Number"/>
+    <n v="343920"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Number"/>
+    <n v="348848"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Number"/>
+    <n v="352430"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Number"/>
+    <n v="351584"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Number"/>
+    <n v="348666"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Number"/>
+    <n v="342891"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Number"/>
+    <n v="347576"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Number"/>
+    <n v="360404"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Number"/>
+    <n v="367578"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Number"/>
+    <n v="362497"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="Number"/>
+    <n v="339095"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="Number"/>
+    <n v="328651"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="Number"/>
+    <n v="323339"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="Number"/>
+    <n v="326683"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="Number"/>
+    <n v="329646"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="Number"/>
+    <n v="328123"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="Number"/>
+    <n v="322585"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="Number"/>
+    <n v="320942"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="Number"/>
+    <n v="321747"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="Number"/>
+    <n v="331258"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="Number"/>
+    <n v="337349"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="Number"/>
+    <n v="332714"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="Number"/>
+    <n v="308330"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="Number"/>
+    <n v="298287"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="Number"/>
+    <n v="292541"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="Number"/>
+    <n v="295471"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="Number"/>
+    <n v="296959"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="Number"/>
+    <n v="293919"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="Number"/>
+    <n v="288606"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="Number"/>
+    <n v="284630"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="Number"/>
+    <n v="287003"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="Number"/>
+    <n v="296915"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="Number"/>
+    <n v="304395"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="Number"/>
+    <n v="300550"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="Number"/>
+    <n v="277392"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="Number"/>
+    <n v="267210"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="Number"/>
+    <n v="262852"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="Number"/>
+    <n v="266983"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="Number"/>
+    <n v="266654"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="Number"/>
+    <n v="264361"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="Number"/>
+    <n v="261278"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="Number"/>
+    <n v="252852"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="Number"/>
+    <n v="254324"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="Number"/>
+    <n v="262514"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="Number"/>
+    <n v="266285"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="Number"/>
+    <n v="264121"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="Number"/>
+    <n v="237799"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="Number"/>
+    <n v="229787"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="Number"/>
+    <n v="226214"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="Number"/>
+    <n v="228644"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="Number"/>
+    <n v="228340"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="Number"/>
+    <n v="226763"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="Number"/>
+    <n v="220224"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="Number"/>
+    <n v="217507"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="Number"/>
+    <n v="217127"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="Number"/>
+    <n v="222706"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="Number"/>
+    <n v="228346"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="Number"/>
+    <n v="219577"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="Number"/>
+    <n v="202389"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="Number"/>
+    <n v="195550"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="Number"/>
+    <n v="192339"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="Number"/>
+    <n v="194944"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="Number"/>
+    <n v="195177"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="Number"/>
+    <n v="193336"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="Number"/>
+    <n v="191110"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="Number"/>
+    <n v="183728"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="Number"/>
+    <n v="183706"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="Number"/>
+    <n v="188172"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="Number"/>
+    <n v="194549"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="Number"/>
+    <n v="186571"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="Number"/>
+    <n v="169925"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="Number"/>
+    <n v="164315"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="Number"/>
+    <n v="161354"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="Number"/>
+    <n v="164054"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="Number"/>
+    <n v="163700"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="Number"/>
+    <n v="161388"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="Number"/>
+    <n v="157591"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="Number"/>
+    <n v="158776"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="Number"/>
+    <n v="155811"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="Number"/>
+    <n v="162446"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="Number"/>
+    <n v="171161"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="Number"/>
+    <n v="164450"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="Number"/>
+    <n v="150403"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="Number"/>
+    <n v="148530"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="Number"/>
+    <n v="145629"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="Number"/>
+    <n v="149203"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="Number"/>
+    <n v="150208"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200404"/>
+    <s v="2004M04"/>
+    <s v="Number"/>
+    <n v="14591"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200405"/>
+    <s v="2004M05"/>
+    <s v="Number"/>
+    <n v="14528"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200406"/>
+    <s v="2004M06"/>
+    <s v="Number"/>
+    <n v="15156"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200407"/>
+    <s v="2004M07"/>
+    <s v="Number"/>
+    <n v="15633"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200408"/>
+    <s v="2004M08"/>
+    <s v="Number"/>
+    <n v="15429"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200409"/>
+    <s v="2004M09"/>
+    <s v="Number"/>
+    <n v="14294"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200410"/>
+    <s v="2004M10"/>
+    <s v="Number"/>
+    <n v="13568"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200411"/>
+    <s v="2004M11"/>
+    <s v="Number"/>
+    <n v="13646"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200412"/>
+    <s v="2004M12"/>
+    <s v="Number"/>
+    <n v="14024"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Number"/>
+    <n v="14866"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Number"/>
+    <n v="14843"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Number"/>
+    <n v="14767"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Number"/>
+    <n v="14687"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Number"/>
+    <n v="14972"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Number"/>
+    <n v="15993"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Number"/>
+    <n v="17121"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Number"/>
+    <n v="17622"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Number"/>
+    <n v="16606"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Number"/>
+    <n v="16394"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Number"/>
+    <n v="16599"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Number"/>
+    <n v="16945"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Number"/>
+    <n v="17958"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Number"/>
+    <n v="18291"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Number"/>
+    <n v="18097"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Number"/>
+    <n v="17854"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Number"/>
+    <n v="17781"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Number"/>
+    <n v="18797"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Number"/>
+    <n v="19201"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Number"/>
+    <n v="19399"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Number"/>
+    <n v="17645"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Number"/>
+    <n v="17181"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Number"/>
+    <n v="17396"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Number"/>
+    <n v="17999"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Number"/>
+    <n v="19142"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Number"/>
+    <n v="19682"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Number"/>
+    <n v="19850"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Number"/>
+    <n v="19838"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Number"/>
+    <n v="20078"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Number"/>
+    <n v="21721"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Number"/>
+    <n v="22491"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Number"/>
+    <n v="23057"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Number"/>
+    <n v="21457"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Number"/>
+    <n v="21035"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Number"/>
+    <n v="22239"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Number"/>
+    <n v="23234"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Number"/>
+    <n v="26488"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Number"/>
+    <n v="29723"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Number"/>
+    <n v="31119"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Number"/>
+    <n v="31971"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Number"/>
+    <n v="33279"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Number"/>
+    <n v="35868"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Number"/>
+    <n v="38464"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Number"/>
+    <n v="41101"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Number"/>
+    <n v="41214"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Number"/>
+    <n v="44387"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Number"/>
+    <n v="49634"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Number"/>
+    <n v="54189"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Number"/>
+    <n v="64001"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Number"/>
+    <n v="71312"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Number"/>
+    <n v="75179"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Number"/>
+    <n v="77286"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Number"/>
+    <n v="78444"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Number"/>
+    <n v="80265"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Number"/>
+    <n v="80098"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Number"/>
+    <n v="79684"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Number"/>
+    <n v="77743"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Number"/>
+    <n v="76304"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Number"/>
+    <n v="76780"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Number"/>
+    <n v="77519"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Number"/>
+    <n v="81395"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Number"/>
+    <n v="81266"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Number"/>
+    <n v="80041"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Number"/>
+    <n v="78391"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Number"/>
+    <n v="78069"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Number"/>
+    <n v="78845"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Number"/>
+    <n v="79212"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Number"/>
+    <n v="78857"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Number"/>
+    <n v="76445"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Number"/>
+    <n v="74635"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Number"/>
+    <n v="74782"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Number"/>
+    <n v="76645"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Number"/>
+    <n v="78527"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Number"/>
+    <n v="79162"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Number"/>
+    <n v="78594"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Number"/>
+    <n v="77523"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Number"/>
+    <n v="76978"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Number"/>
+    <n v="78921"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Number"/>
+    <n v="79285"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Number"/>
+    <n v="78995"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Number"/>
+    <n v="75421"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Number"/>
+    <n v="75037"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Number"/>
+    <n v="75519"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Number"/>
+    <n v="76220"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Number"/>
+    <n v="77967"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Number"/>
+    <n v="78572"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Number"/>
+    <n v="77911"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Number"/>
+    <n v="76865"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Number"/>
+    <n v="76638"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Number"/>
+    <n v="78120"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Number"/>
+    <n v="78259"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Number"/>
+    <n v="77657"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Number"/>
+    <n v="74170"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Number"/>
+    <n v="73343"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Number"/>
+    <n v="73706"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Number"/>
+    <n v="74421"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Number"/>
+    <n v="76282"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Number"/>
+    <n v="76683"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Number"/>
+    <n v="75691"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Number"/>
+    <n v="74244"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Number"/>
+    <n v="73714"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Number"/>
+    <n v="74501"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Number"/>
+    <n v="73967"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Number"/>
+    <n v="72347"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="Number"/>
+    <n v="69142"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="Number"/>
+    <n v="67446"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="Number"/>
+    <n v="67789"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="Number"/>
+    <n v="68385"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="Number"/>
+    <n v="69598"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="Number"/>
+    <n v="69599"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="Number"/>
+    <n v="68331"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="Number"/>
+    <n v="67316"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="Number"/>
+    <n v="66739"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="Number"/>
+    <n v="67289"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="Number"/>
+    <n v="66868"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="Number"/>
+    <n v="65328"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="Number"/>
+    <n v="61453"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="Number"/>
+    <n v="59794"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="Number"/>
+    <n v="59831"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="Number"/>
+    <n v="60389"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="Number"/>
+    <n v="61417"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="Number"/>
+    <n v="60939"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="Number"/>
+    <n v="59791"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="Number"/>
+    <n v="58628"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="Number"/>
+    <n v="58328"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="Number"/>
+    <n v="59281"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="Number"/>
+    <n v="58918"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="Number"/>
+    <n v="58249"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="Number"/>
+    <n v="55078"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="Number"/>
+    <n v="53321"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="Number"/>
+    <n v="53479"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="Number"/>
+    <n v="54390"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="Number"/>
+    <n v="54859"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="Number"/>
+    <n v="55088"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="Number"/>
+    <n v="54086"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="Number"/>
+    <n v="52688"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="Number"/>
+    <n v="52498"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="Number"/>
+    <n v="53140"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="Number"/>
+    <n v="52710"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="Number"/>
+    <n v="51897"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="Number"/>
+    <n v="48304"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="Number"/>
+    <n v="47022"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="Number"/>
+    <n v="46946"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="Number"/>
+    <n v="47858"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="Number"/>
+    <n v="48552"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="Number"/>
+    <n v="48330"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="Number"/>
+    <n v="46978"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="Number"/>
+    <n v="45910"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="Number"/>
+    <n v="45575"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="Number"/>
+    <n v="46020"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="Number"/>
+    <n v="46039"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="Number"/>
+    <n v="44679"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="Number"/>
+    <n v="41930"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="Number"/>
+    <n v="40942"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="Number"/>
+    <n v="40870"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="Number"/>
+    <n v="41324"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="Number"/>
+    <n v="42209"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="Number"/>
+    <n v="42008"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="Number"/>
+    <n v="41256"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="Number"/>
+    <n v="39874"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="Number"/>
+    <n v="39796"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="Number"/>
+    <n v="39893"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="Number"/>
+    <n v="39896"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="Number"/>
+    <n v="38587"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="Number"/>
+    <n v="35805"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="Number"/>
+    <n v="34932"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="Number"/>
+    <n v="34907"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="Number"/>
+    <n v="35615"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="Number"/>
+    <n v="35927"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="Number"/>
+    <n v="35546"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="Number"/>
+    <n v="34816"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="Number"/>
+    <n v="34342"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="Number"/>
+    <n v="34056"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="Number"/>
+    <n v="34662"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="Number"/>
+    <n v="35235"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="Number"/>
+    <n v="34643"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="Number"/>
+    <n v="33380"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="Number"/>
+    <n v="31929"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="Number"/>
+    <n v="31925"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="Number"/>
+    <n v="32793"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="Number"/>
+    <n v="33547"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200404"/>
+    <s v="2004M04"/>
+    <s v="Number"/>
+    <n v="7833"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200405"/>
+    <s v="2004M05"/>
+    <s v="Number"/>
+    <n v="7669"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200406"/>
+    <s v="2004M06"/>
+    <s v="Number"/>
+    <n v="7888"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200407"/>
+    <s v="2004M07"/>
+    <s v="Number"/>
+    <n v="8215"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200408"/>
+    <s v="2004M08"/>
+    <s v="Number"/>
+    <n v="8238"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200409"/>
+    <s v="2004M09"/>
+    <s v="Number"/>
+    <n v="7622"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200410"/>
+    <s v="2004M10"/>
+    <s v="Number"/>
+    <n v="7297"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200411"/>
+    <s v="2004M11"/>
+    <s v="Number"/>
+    <n v="7264"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200412"/>
+    <s v="2004M12"/>
+    <s v="Number"/>
+    <n v="7522"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Number"/>
+    <n v="7761"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Number"/>
+    <n v="7671"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Number"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Number"/>
+    <n v="7405"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Number"/>
+    <n v="7352"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Number"/>
+    <n v="7676"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Number"/>
+    <n v="8032"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Number"/>
+    <n v="8034"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Number"/>
+    <n v="7386"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Number"/>
+    <n v="7206"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Number"/>
+    <n v="7264"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Number"/>
+    <n v="7382"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Number"/>
+    <n v="7577"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Number"/>
+    <n v="7567"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Number"/>
+    <n v="7376"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Number"/>
+    <n v="7271"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Number"/>
+    <n v="7168"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Number"/>
+    <n v="7491"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Number"/>
+    <n v="7737"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Number"/>
+    <n v="7782"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Number"/>
+    <n v="7181"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Number"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Number"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Number"/>
+    <n v="7545"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Number"/>
+    <n v="7569"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Number"/>
+    <n v="7483"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Number"/>
+    <n v="7401"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Number"/>
+    <n v="7367"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Number"/>
+    <n v="7841"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Number"/>
+    <n v="8137"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Number"/>
+    <n v="8246"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Number"/>
+    <n v="7732"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Number"/>
+    <n v="7612"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Number"/>
+    <n v="7851"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Number"/>
+    <n v="8150"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Number"/>
+    <n v="8756"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Number"/>
+    <n v="9073"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Number"/>
+    <n v="9349"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Number"/>
+    <n v="9401"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Number"/>
+    <n v="9600"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Number"/>
+    <n v="10268"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Number"/>
+    <n v="10969"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Number"/>
+    <n v="11426"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Number"/>
+    <n v="11186"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Number"/>
+    <n v="11543"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Number"/>
+    <n v="12320"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Number"/>
+    <n v="13233"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Number"/>
+    <n v="14743"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Number"/>
+    <n v="15642"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Number"/>
+    <n v="16220"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Number"/>
+    <n v="16731"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Number"/>
+    <n v="17225"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Number"/>
+    <n v="17929"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Number"/>
+    <n v="18490"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Number"/>
+    <n v="18663"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Number"/>
+    <n v="18098"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Number"/>
+    <n v="17857"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Number"/>
+    <n v="17840"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Number"/>
+    <n v="18062"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Number"/>
+    <n v="18524"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Number"/>
+    <n v="18413"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Number"/>
+    <n v="18238"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Number"/>
+    <n v="18081"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Number"/>
+    <n v="18217"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Number"/>
+    <n v="18619"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Number"/>
+    <n v="18979"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Number"/>
+    <n v="19007"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Number"/>
+    <n v="18190"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Number"/>
+    <n v="17715"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Number"/>
+    <n v="17598"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Number"/>
+    <n v="17855"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Number"/>
+    <n v="18078"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Number"/>
+    <n v="18065"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Number"/>
+    <n v="17956"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Number"/>
+    <n v="18021"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Number"/>
+    <n v="18075"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Number"/>
+    <n v="18648"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Number"/>
+    <n v="19006"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Number"/>
+    <n v="18925"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Number"/>
+    <n v="17894"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Number"/>
+    <n v="17708"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Number"/>
+    <n v="17648"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Number"/>
+    <n v="17798"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Number"/>
+    <n v="17792"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Number"/>
+    <n v="17751"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Number"/>
+    <n v="17494"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Number"/>
+    <n v="17311"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Number"/>
+    <n v="17421"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Number"/>
+    <n v="18029"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Number"/>
+    <n v="18262"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Number"/>
+    <n v="18128"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Number"/>
+    <n v="17106"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Number"/>
+    <n v="16738"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Number"/>
+    <n v="16669"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Number"/>
+    <n v="16789"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Number"/>
+    <n v="16899"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Number"/>
+    <n v="16772"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Number"/>
+    <n v="16524"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Number"/>
+    <n v="16155"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Number"/>
+    <n v="16161"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Number"/>
+    <n v="16681"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Number"/>
+    <n v="16851"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Number"/>
+    <n v="16496"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="Number"/>
+    <n v="15525"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="Number"/>
+    <n v="15130"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="Number"/>
+    <n v="15087"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="Number"/>
+    <n v="15185"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="Number"/>
+    <n v="15239"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="Number"/>
+    <n v="15134"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="Number"/>
+    <n v="14900"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="Number"/>
+    <n v="14743"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="Number"/>
+    <n v="14673"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="Number"/>
+    <n v="15025"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="Number"/>
+    <n v="15160"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="Number"/>
+    <n v="14972"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="Number"/>
+    <n v="14059"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="Number"/>
+    <n v="13666"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="Number"/>
+    <n v="13538"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="Number"/>
+    <n v="13627"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="Number"/>
+    <n v="13657"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="Number"/>
+    <n v="13527"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="Number"/>
+    <n v="13303"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="Number"/>
+    <n v="13042"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="Number"/>
+    <n v="13029"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="Number"/>
+    <n v="13338"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="Number"/>
+    <n v="13451"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="Number"/>
+    <n v="13253"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="Number"/>
+    <n v="12398"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="Number"/>
+    <n v="11984"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="Number"/>
+    <n v="11869"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="Number"/>
+    <n v="12060"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="Number"/>
+    <n v="12079"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="Number"/>
+    <n v="12015"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="Number"/>
+    <n v="11867"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="Number"/>
+    <n v="11527"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="Number"/>
+    <n v="11556"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="Number"/>
+    <n v="11822"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="Number"/>
+    <n v="11855"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="Number"/>
+    <n v="11716"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="Number"/>
+    <n v="10816"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="Number"/>
+    <n v="10535"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="Number"/>
+    <n v="10487"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="Number"/>
+    <n v="10608"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="Number"/>
+    <n v="10614"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="Number"/>
+    <n v="10524"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="Number"/>
+    <n v="10229"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="Number"/>
+    <n v="10054"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="Number"/>
+    <n v="10055"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="Number"/>
+    <n v="10259"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="Number"/>
+    <n v="10334"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="Number"/>
+    <n v="10049"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="Number"/>
+    <n v="9333"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="Number"/>
+    <n v="9100"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="Number"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="Number"/>
+    <n v="9118"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="Number"/>
+    <n v="9220"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="Number"/>
+    <n v="9124"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="Number"/>
+    <n v="9007"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="Number"/>
+    <n v="8695"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="Number"/>
+    <n v="8755"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="Number"/>
+    <n v="8826"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="Number"/>
+    <n v="8946"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="Number"/>
+    <n v="8645"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="Number"/>
+    <n v="7965"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="Number"/>
+    <n v="7796"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="Number"/>
+    <n v="7787"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="Number"/>
+    <n v="7904"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="Number"/>
+    <n v="7869"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="Number"/>
+    <n v="7765"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="Number"/>
+    <n v="7557"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="Number"/>
+    <n v="7472"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="Number"/>
+    <n v="7404"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="Number"/>
+    <n v="7590"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="Number"/>
+    <n v="7820"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="Number"/>
+    <n v="7667"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="Number"/>
+    <n v="7053"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="Number"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="Number"/>
+    <n v="6935"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="Number"/>
+    <n v="7140"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="Number"/>
+    <n v="7155"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200404"/>
+    <s v="2004M04"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200405"/>
+    <s v="2004M05"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200406"/>
+    <s v="2004M06"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200407"/>
+    <s v="2004M07"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200408"/>
+    <s v="2004M08"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200409"/>
+    <s v="2004M09"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200410"/>
+    <s v="2004M10"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200411"/>
+    <s v="2004M11"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200412"/>
+    <s v="2004M12"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Number"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Number"/>
+    <n v="4033"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Number"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Number"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Number"/>
+    <n v="4460"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Number"/>
+    <n v="4081"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Number"/>
+    <n v="4073"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Number"/>
+    <n v="4186"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Number"/>
+    <n v="4139"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Number"/>
+    <n v="3955"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Number"/>
+    <n v="4028"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Number"/>
+    <n v="4115"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Number"/>
+    <n v="3705"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Number"/>
+    <n v="3704"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Number"/>
+    <n v="3817"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Number"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Number"/>
+    <n v="3605"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Number"/>
+    <n v="3631"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Number"/>
+    <n v="3592"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Number"/>
+    <n v="3546"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Number"/>
+    <n v="3542"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Number"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Number"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Number"/>
+    <n v="3692"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Number"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Number"/>
+    <n v="3561"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Number"/>
+    <n v="3725"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Number"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Number"/>
+    <n v="3838"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Number"/>
+    <n v="3674"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Number"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="Number"/>
+    <n v="3819"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="Number"/>
+    <n v="3821"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="Number"/>
+    <n v="3629"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="Number"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="Number"/>
+    <n v="3704"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="Number"/>
+    <n v="3449"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="Number"/>
+    <n v="3628"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="Number"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="Number"/>
+    <n v="3381"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="Number"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="Number"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="Number"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="Number"/>
+    <n v="3415"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="Number"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="Number"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="Number"/>
+    <n v="3285"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="Number"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="Number"/>
+    <n v="3385"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="Number"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="Number"/>
+    <n v="3312"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="Number"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="Number"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="Number"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="Number"/>
+    <n v="2647"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="Number"/>
+    <n v="2610"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="Number"/>
+    <n v="2497"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="Number"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="Number"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200404"/>
+    <s v="2004M04"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200405"/>
+    <s v="2004M05"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200406"/>
+    <s v="2004M06"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200407"/>
+    <s v="2004M07"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200408"/>
+    <s v="2004M08"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200409"/>
+    <s v="2004M09"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200410"/>
+    <s v="2004M10"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200411"/>
+    <s v="2004M11"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200412"/>
+    <s v="2004M12"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Number"/>
+    <n v="4198"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Number"/>
+    <n v="5242"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Number"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Number"/>
+    <n v="5860"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Number"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Number"/>
+    <n v="6544"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Number"/>
+    <n v="6326"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Number"/>
+    <n v="6542"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Number"/>
+    <n v="7433"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Number"/>
+    <n v="7934"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Number"/>
+    <n v="10064"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Number"/>
+    <n v="12545"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Number"/>
+    <n v="13403"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Number"/>
+    <n v="14166"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Number"/>
+    <n v="14738"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Number"/>
+    <n v="15623"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Number"/>
+    <n v="16953"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Number"/>
+    <n v="18581"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Number"/>
+    <n v="19381"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Number"/>
+    <n v="22162"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Number"/>
+    <n v="25956"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Number"/>
+    <n v="28788"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Number"/>
+    <n v="35627"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Number"/>
+    <n v="40799"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Number"/>
+    <n v="43286"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Number"/>
+    <n v="44358"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Number"/>
+    <n v="44209"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Number"/>
+    <n v="44102"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Number"/>
+    <n v="43098"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Number"/>
+    <n v="42685"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Number"/>
+    <n v="41990"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Number"/>
+    <n v="41369"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Number"/>
+    <n v="42003"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Number"/>
+    <n v="42366"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Number"/>
+    <n v="45328"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Number"/>
+    <n v="45338"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Number"/>
+    <n v="44486"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Number"/>
+    <n v="43248"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Number"/>
+    <n v="42416"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Number"/>
+    <n v="41856"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Number"/>
+    <n v="41570"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Number"/>
+    <n v="41154"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Number"/>
+    <n v="40427"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Number"/>
+    <n v="40065"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Number"/>
+    <n v="40728"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Number"/>
+    <n v="42198"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Number"/>
+    <n v="43619"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Number"/>
+    <n v="44167"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Number"/>
+    <n v="43722"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Number"/>
+    <n v="42698"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Number"/>
+    <n v="41791"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Number"/>
+    <n v="42013"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Number"/>
+    <n v="41732"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Number"/>
+    <n v="41330"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Number"/>
+    <n v="40000"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Number"/>
+    <n v="40202"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Number"/>
+    <n v="40788"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Number"/>
+    <n v="41263"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Number"/>
+    <n v="42861"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Number"/>
+    <n v="43381"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Number"/>
+    <n v="43065"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Number"/>
+    <n v="42321"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Number"/>
+    <n v="41699"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Number"/>
+    <n v="41438"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Number"/>
+    <n v="41235"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Number"/>
+    <n v="40727"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Number"/>
+    <n v="39393"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Number"/>
+    <n v="39398"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Number"/>
+    <n v="40049"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Number"/>
+    <n v="40555"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Number"/>
+    <n v="42061"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Number"/>
+    <n v="42611"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Number"/>
+    <n v="42298"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Number"/>
+    <n v="41694"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Number"/>
+    <n v="40918"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Number"/>
+    <n v="40697"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Number"/>
+    <n v="40072"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Number"/>
+    <n v="39107"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="Number"/>
+    <n v="37783"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="Number"/>
+    <n v="37221"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="Number"/>
+    <n v="37685"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="Number"/>
+    <n v="38165"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="Number"/>
+    <n v="39194"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="Number"/>
+    <n v="39283"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="Number"/>
+    <n v="38533"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="Number"/>
+    <n v="37814"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="Number"/>
+    <n v="37044"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="Number"/>
+    <n v="36736"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="Number"/>
+    <n v="36356"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="Number"/>
+    <n v="35409"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="Number"/>
+    <n v="33810"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="Number"/>
+    <n v="33279"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="Number"/>
+    <n v="33539"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="Number"/>
+    <n v="34060"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="Number"/>
+    <n v="35177"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="Number"/>
+    <n v="35123"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="Number"/>
+    <n v="34402"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="Number"/>
+    <n v="33624"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="Number"/>
+    <n v="33098"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="Number"/>
+    <n v="33155"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="Number"/>
+    <n v="32628"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="Number"/>
+    <n v="32179"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="Number"/>
+    <n v="30629"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="Number"/>
+    <n v="29919"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="Number"/>
+    <n v="30174"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="Number"/>
+    <n v="30847"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="Number"/>
+    <n v="31347"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="Number"/>
+    <n v="31551"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="Number"/>
+    <n v="30980"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="Number"/>
+    <n v="30035"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="Number"/>
+    <n v="29470"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="Number"/>
+    <n v="29315"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="Number"/>
+    <n v="28837"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="Number"/>
+    <n v="28219"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="Number"/>
+    <n v="26647"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="Number"/>
+    <n v="26161"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="Number"/>
+    <n v="26163"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="Number"/>
+    <n v="26879"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="Number"/>
+    <n v="27518"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="Number"/>
+    <n v="27369"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="Number"/>
+    <n v="26487"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="Number"/>
+    <n v="25793"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="Number"/>
+    <n v="25184"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="Number"/>
+    <n v="24921"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="Number"/>
+    <n v="24742"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="Number"/>
+    <n v="23858"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="Number"/>
+    <n v="22616"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="Number"/>
+    <n v="22262"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="Number"/>
+    <n v="22327"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="Number"/>
+    <n v="22679"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="Number"/>
+    <n v="23309"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="Number"/>
+    <n v="23167"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="Number"/>
+    <n v="22706"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="Number"/>
+    <n v="21834"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="Number"/>
+    <n v="21370"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="Number"/>
+    <n v="21102"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="Number"/>
+    <n v="21028"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="Number"/>
+    <n v="20193"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="Number"/>
+    <n v="18910"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="Number"/>
+    <n v="18601"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="Number"/>
+    <n v="18632"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="Number"/>
+    <n v="19211"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="Number"/>
+    <n v="19450"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="Number"/>
+    <n v="19238"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="Number"/>
+    <n v="18873"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="Number"/>
+    <n v="18481"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="Number"/>
+    <n v="18027"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="Number"/>
+    <n v="18060"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="Number"/>
+    <n v="18126"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="Number"/>
+    <n v="17788"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="Number"/>
+    <n v="17417"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="Number"/>
+    <n v="16785"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="Number"/>
+    <n v="16835"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="Number"/>
+    <n v="17368"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="Number"/>
+    <n v="17873"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200404"/>
+    <s v="2004M04"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200405"/>
+    <s v="2004M05"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200406"/>
+    <s v="2004M06"/>
+    <s v="Number"/>
+    <n v="4418"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200407"/>
+    <s v="2004M07"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200408"/>
+    <s v="2004M08"/>
+    <s v="Number"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200409"/>
+    <s v="2004M09"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200410"/>
+    <s v="2004M10"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200411"/>
+    <s v="2004M11"/>
+    <s v="Number"/>
+    <n v="3966"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200412"/>
+    <s v="2004M12"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Number"/>
+    <n v="4370"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Number"/>
+    <n v="4423"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Number"/>
+    <n v="4956"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Number"/>
+    <n v="5541"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Number"/>
+    <n v="6148"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Number"/>
+    <n v="6509"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Number"/>
+    <n v="6392"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Number"/>
+    <n v="6588"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Number"/>
+    <n v="7166"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Number"/>
+    <n v="7294"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Number"/>
+    <n v="7212"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Number"/>
+    <n v="7613"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Number"/>
+    <n v="7661"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Number"/>
+    <n v="7727"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Number"/>
+    <n v="6784"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Number"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Number"/>
+    <n v="6371"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Number"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Number"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Number"/>
+    <n v="5743"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Number"/>
+    <n v="6453"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Number"/>
+    <n v="6601"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Number"/>
+    <n v="6627"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Number"/>
+    <n v="5902"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Number"/>
+    <n v="5439"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Number"/>
+    <n v="5540"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Number"/>
+    <n v="5909"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Number"/>
+    <n v="6247"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Number"/>
+    <n v="6408"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Number"/>
+    <n v="6483"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Number"/>
+    <n v="6996"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Number"/>
+    <n v="7831"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Number"/>
+    <n v="8215"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Number"/>
+    <n v="8648"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Number"/>
+    <n v="8228"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Number"/>
+    <n v="8044"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Number"/>
+    <n v="8468"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Number"/>
+    <n v="8975"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Number"/>
+    <n v="9999"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Number"/>
+    <n v="10838"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Number"/>
+    <n v="11449"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Number"/>
+    <n v="11852"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Number"/>
+    <n v="12652"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Number"/>
+    <n v="13737"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Number"/>
+    <n v="14050"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Number"/>
+    <n v="13891"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Number"/>
+    <n v="13436"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Number"/>
+    <n v="12997"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Number"/>
+    <n v="12906"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Number"/>
+    <n v="13018"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Number"/>
+    <n v="13357"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Number"/>
+    <n v="13376"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Number"/>
+    <n v="13278"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Number"/>
+    <n v="13107"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Number"/>
+    <n v="13472"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Number"/>
+    <n v="14342"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Number"/>
+    <n v="14563"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Number"/>
+    <n v="14581"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Number"/>
+    <n v="13926"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Number"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Number"/>
+    <n v="12751"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Number"/>
+    <n v="12888"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Number"/>
+    <n v="13037"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Number"/>
+    <n v="13117"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Number"/>
+    <n v="13099"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Number"/>
+    <n v="13075"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Number"/>
+    <n v="13401"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Number"/>
+    <n v="14431"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Number"/>
+    <n v="14675"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Number"/>
+    <n v="14893"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Number"/>
+    <n v="13941"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Number"/>
+    <n v="13582"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Number"/>
+    <n v="13512"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Number"/>
+    <n v="13554"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Number"/>
+    <n v="13683"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Number"/>
+    <n v="13769"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Number"/>
+    <n v="13760"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Number"/>
+    <n v="13687"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Number"/>
+    <n v="13976"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Number"/>
+    <n v="14892"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Number"/>
+    <n v="15020"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Number"/>
+    <n v="15110"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Number"/>
+    <n v="14158"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Number"/>
+    <n v="13745"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Number"/>
+    <n v="13498"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Number"/>
+    <n v="13516"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Number"/>
+    <n v="13597"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Number"/>
+    <n v="13466"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Number"/>
+    <n v="13031"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Number"/>
+    <n v="12721"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Number"/>
+    <n v="12982"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Number"/>
+    <n v="13382"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Number"/>
+    <n v="13302"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Number"/>
+    <n v="13071"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="Number"/>
+    <n v="12308"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="Number"/>
+    <n v="11615"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="Number"/>
+    <n v="11373"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="Number"/>
+    <n v="11340"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="Number"/>
+    <n v="11346"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="Number"/>
+    <n v="11361"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="Number"/>
+    <n v="11262"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="Number"/>
+    <n v="11130"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="Number"/>
+    <n v="11386"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="Number"/>
+    <n v="11783"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="Number"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="Number"/>
+    <n v="11276"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="Number"/>
+    <n v="10096"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="Number"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="Number"/>
+    <n v="9126"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="Number"/>
+    <n v="9067"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="Number"/>
+    <n v="8907"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="Number"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="Number"/>
+    <n v="8705"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="Number"/>
+    <n v="8663"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="Number"/>
+    <n v="8911"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="Number"/>
+    <n v="9414"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="Number"/>
+    <n v="9427"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="Number"/>
+    <n v="8839"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="Number"/>
+    <n v="8275"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="Number"/>
+    <n v="8151"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="Number"/>
+    <n v="8119"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="Number"/>
+    <n v="8137"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="Number"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="Number"/>
+    <n v="7909"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="Number"/>
+    <n v="8259"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="Number"/>
+    <n v="8684"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="Number"/>
+    <n v="8706"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="Number"/>
+    <n v="7769"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="Number"/>
+    <n v="7289"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="Number"/>
+    <n v="7150"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="Number"/>
+    <n v="7158"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="Number"/>
+    <n v="7186"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="Number"/>
+    <n v="7218"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="Number"/>
+    <n v="7197"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="Number"/>
+    <n v="7140"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="Number"/>
+    <n v="7447"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="Number"/>
+    <n v="7899"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="Number"/>
+    <n v="7971"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="Number"/>
+    <n v="7822"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="Number"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="Number"/>
+    <n v="6850"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="Number"/>
+    <n v="6685"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="Number"/>
+    <n v="6671"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="Number"/>
+    <n v="6693"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="Number"/>
+    <n v="6787"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="Number"/>
+    <n v="6761"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="Number"/>
+    <n v="6699"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="Number"/>
+    <n v="7024"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="Number"/>
+    <n v="7335"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="Number"/>
+    <n v="7149"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="Number"/>
+    <n v="6504"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="Number"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="Number"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="Number"/>
+    <n v="6003"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="Number"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="Number"/>
+    <n v="5948"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="Number"/>
+    <n v="5948"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="Number"/>
+    <n v="5953"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="Number"/>
+    <n v="6232"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="Number"/>
+    <n v="6545"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="Number"/>
+    <n v="6735"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="Number"/>
+    <n v="6696"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="Number"/>
+    <n v="6538"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="Number"/>
+    <n v="5921"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="Number"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="LRM09"/>
+    <s v="Persons on the Live Register"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="Number"/>
+    <n v="6031"/>
+  </r>
+</pivotCacheRecords>
 </file>