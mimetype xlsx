--- v0 (2025-10-12)
+++ v1 (2026-02-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16b83bca6274b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38d384f357a94d44aa74bad1387ba096.psmdcp" Id="R79feabc4b35b41a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562c20481e99435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/235591139c974cd18b0f84b4f71f2710.psmdcp" Id="R067ec32071f74b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRM05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Net Weekly Live Register Changes</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/25/2021 11:00:00 AM</x:t>
+    <x:t>25/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>QNHS calendar quarter benchmarking began in February 2004.&lt;br&gt;&lt;br&gt;See Background Notes (http://www.cso.ie/en/methods/labourmarket/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LR</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -1168,1219 +1168,372 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1167 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="132">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="132">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H793" totalsRowShown="0">
   <x:autoFilter ref="A1:H793"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2649,51 +1802,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2882,51 +2035,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="9.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -23532,51 +22685,51 @@
       <x:c r="E793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H793" s="0">
         <x:v>339</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23593,51 +22746,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="LRM05C1"/>
         <x:s v="LRM05C2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Persons on the Live Register"/>
         <x:s v="Average net weekly change"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
       <x:sharedItems count="132">
         <x:s v="200601"/>
         <x:s v="200602"/>
         <x:s v="200603"/>
         <x:s v="200604"/>
         <x:s v="200605"/>
         <x:s v="200606"/>
         <x:s v="200607"/>
         <x:s v="200608"/>
         <x:s v="200609"/>
@@ -24683,27 +23836,7948 @@
         <x:n v="1616"/>
         <x:n v="853"/>
         <x:n v="-385"/>
         <x:n v="1238"/>
         <x:n v="-750"/>
         <x:n v="-475"/>
         <x:n v="-275"/>
         <x:n v="-5961"/>
         <x:n v="-2383"/>
         <x:n v="-3578"/>
         <x:n v="-2318"/>
         <x:n v="-1296"/>
         <x:n v="-1022"/>
         <x:n v="-934"/>
         <x:n v="-592"/>
         <x:n v="-342"/>
         <x:n v="643"/>
         <x:n v="304"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="160139"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="95920"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="64219"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="159617"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="95363"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="64254"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="155543"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="93461"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="62082"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="154566"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="92419"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="62147"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="152560"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="91492"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="61068"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="163059"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="93747"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="69312"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="168946"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="94750"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="74196"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="169614"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="95026"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="74588"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="152307"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="89810"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="62497"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="148506"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="88128"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="60378"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="148529"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="88583"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="59946"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="155389"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="92499"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="62890"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="158752"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="95824"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="62928"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="159399"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="95639"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="63760"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="155869"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="94790"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="61079"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="154319"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="94122"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="60197"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="154010"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="93827"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="60183"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="166363"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="97962"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="68401"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="174593"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="100643"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="73950"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="174206"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="101592"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="72614"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="160652"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="98015"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="62637"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="157449"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="97124"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="60325"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="161722"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="101418"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="60304"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="170376"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="106698"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="63678"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="181449"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="116160"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="65289"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="189485"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="122520"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="66965"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="197992"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="127020"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="70972"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="195598"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="127551"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="68047"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="201756"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="130674"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="71082"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="220811"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="139936"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="80875"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="238240"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="147954"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90286"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="247384"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="155319"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="92065"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="240217"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="156055"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="84162"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="250680"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="164734"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="85946"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="267189"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="178499"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="88690"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="290018"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="194581"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="95437"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="326272"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="220412"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="105860"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="352453"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="238200"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="114253"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="369203"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="250485"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="118718"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="381876"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="257835"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="124041"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="394134"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="265473"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="128661"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="415462"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="275435"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="140027"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="432421"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="281337"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="151084"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="436725"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="284172"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="152553"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="419854"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="278003"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="141851"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="412407"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="273595"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="138812"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="413505"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="276093"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="137412"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="423595"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="282854"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="140741"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="436936"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="291648"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="145288"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="436956"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="290867"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="146089"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="435121"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="290216"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="144905"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="432657"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="287828"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="144829"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="437922"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="290385"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="147537"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="452882"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="297058"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="155824"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="466824"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="300460"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="166364"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="466923"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="299951"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="166972"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="442417"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="289798"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="152619"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="429553"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="281599"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="147954"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="425002"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="280228"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="144774"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="437079"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="288802"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="148277"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="442677"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="292003"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="150674"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="444299"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="291806"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="152493"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="441193"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="290225"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="150968"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="439571"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="286745"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="152826"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="440947"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="288290"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="152657"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="457948"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="296149"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="161799"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="470284"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="297770"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="172514"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="469713"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="296853"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="172860"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="437441"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="281988"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="155453"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="430432"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="277595"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="152837"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="429567"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="276526"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="153041"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="434784"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="279723"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="155061"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="439589"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="283893"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="155696"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="439422"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="283450"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="155972"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="434054"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="280243"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="153811"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="430001"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="277408"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="152593"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="432907"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="278763"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="154144"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="451974"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="286711"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="165263"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="460323"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="287790"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="172533"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="456256"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="286625"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="169631"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="429335"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="273789"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="155546"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="420172"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="268545"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="151627"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="417277"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="266370"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="150907"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="423733"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="269886"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="153847"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="429396"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="273627"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="155769"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="428876"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="272855"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="156021"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="425088"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="268996"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="156092"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="417593"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="265017"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="152576"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="421737"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="266921"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="154816"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="435357"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="270937"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="164420"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="441976"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="270303"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="171673"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="435280"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="266443"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="168837"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="408670"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="254046"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="154624"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="396512"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="246753"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="149759"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="391507"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="243538"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="147969"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="395411"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="245721"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="149690"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="399630"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="248723"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="150907"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="398069"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="247381"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="150688"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="391232"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="243189"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="148043"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="388559"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="239541"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="149018"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="388764"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="240414"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="148350"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="398813"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="242697"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="156116"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="404515"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="241317"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="163198"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="398325"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="238062"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="160263"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="370050"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="224819"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="145231"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="358630"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="217772"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="140858"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="352647"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="214726"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="137921"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="356112"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="216339"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="139773"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="358672"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="218678"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="139994"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="355124"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="215885"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="139239"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="348676"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="212035"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="136641"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="343551"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="208304"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="135247"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="345633"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="208658"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="136975"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="356520"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="211414"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="145106"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="363628"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="210286"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="153342"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="359076"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="208399"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="150677"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="332801"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="197547"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="135254"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="320794"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="189667"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="131127"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="316586"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="188154"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="128432"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="321616"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="191219"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="130397"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="321802"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="191756"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="130046"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="319723"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="190248"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="129475"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="315600"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="186330"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="129270"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="305785"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="181512"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="124273"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="307059"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="181335"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="125724"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="315883"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="182077"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="133806"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="319294"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="180537"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="138757"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="316296"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="178638"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="137658"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="286490"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="166723"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="119767"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="277219"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="161541"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="115678"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="273484"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="159174"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="114310"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="276701"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="160694"/>
+  </r>
+  <r>
+    <s v="LRM05C1"/>
+    <s v="Persons on the Live Register"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="116007"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-131"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-139"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-815"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-380"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-434"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-244"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-261"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-502"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-232"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-270"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-3461"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1043"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-2418"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-950"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-421"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-530"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-108"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-46"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-706"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-170"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-536"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-388"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-167"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-221"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-77"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-74"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-77"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-267"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-3389"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-894"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-2494"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-801"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-223"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-578"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-599"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-731"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1792"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-1976"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4127"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5707"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7251"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6545"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5332"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3392"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-4218"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1542"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-2676"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1489"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-882"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-608"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-350"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-195"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-459"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-163"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-296"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-493"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-478"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-15"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-127"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-6127"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-2538"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-3588"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-2573"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1640"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-933"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1138"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-343"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-795"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-49"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-777"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-395"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-381"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-324"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-696"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-42"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-229"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-6454"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-2973"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-3481"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1752"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1098"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-654"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-216"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-267"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-42"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-111"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1074"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-641"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-432"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1013"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-709"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-305"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-813"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-233"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-580"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-6730"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-3209"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-3521"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-2291"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1311"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-980"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-579"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-435"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-144"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-130"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-193"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-758"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-772"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1874"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-995"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-879"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-159"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1339"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-772"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-567"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-6653"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-3099"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-3553"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-3040"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1823"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-1216"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1001"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-643"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-358"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-390"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-336"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-55"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1709"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1048"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-661"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-668"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-912"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-134"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-345"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1238"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-651"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-587"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-7069"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-3311"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-3758"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-2284"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1409"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-875"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1496"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-762"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-734"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-887"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-698"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-189"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1612"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-963"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-650"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1281"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-933"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-349"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201505"/>
+    <s v="2015M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201506"/>
+    <s v="2015M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-226"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201507"/>
+    <s v="2015M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1138"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-472"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201508"/>
+    <s v="2015M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-666"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-6569"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-2713"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201509"/>
+    <s v="2015M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-3856"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-2401"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1576"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201510"/>
+    <s v="2015M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-825"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-1052"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-378"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201511"/>
+    <s v="2015M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-674"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201512"/>
+    <s v="2015M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-88"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-520"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-377"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-143"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-825"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-784"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-41"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-2454"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1205"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-1249"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-385"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-750"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-475"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-275"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-5961"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-2383"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-3578"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-2318"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-1296"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-1022"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="-934"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="-592"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="-342"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="LRM05C2"/>
+    <s v="Average net weekly change"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+</pivotCacheRecords>
 </file>