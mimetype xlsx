--- v0 (2025-11-11)
+++ v1 (2026-02-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5054fa7fb854127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03b6574c4e4843ed981feb136bf519a7.psmdcp" Id="R6d9ad72ee47a43c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a31bf6f06e64f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd6c23034fa7477b967d4306dcc59e23.psmdcp" Id="R391be0e414f34adc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRM03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Seasonally Adjusted Standardised Unemployment Rate (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/25/2021 11:00:00 AM</x:t>
+    <x:t>25/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>QNHS calendar quarter benchmarking began in February 2004.&lt;br&gt;&lt;br&gt;See Background Notes (http://www.cso.ie/en/methods/labourmarket/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LR</x:t>
   </x:si>
   <x:si>
     <x:t>Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -2680,3243 +2680,878 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...3191 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="388">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+        <item x="311"/>
+        <item x="312"/>
+        <item x="313"/>
+        <item x="314"/>
+        <item x="315"/>
+        <item x="316"/>
+        <item x="317"/>
+        <item x="318"/>
+        <item x="319"/>
+        <item x="320"/>
+        <item x="321"/>
+        <item x="322"/>
+        <item x="323"/>
+        <item x="324"/>
+        <item x="325"/>
+        <item x="326"/>
+        <item x="327"/>
+        <item x="328"/>
+        <item x="329"/>
+        <item x="330"/>
+        <item x="331"/>
+        <item x="332"/>
+        <item x="333"/>
+        <item x="334"/>
+        <item x="335"/>
+        <item x="336"/>
+        <item x="337"/>
+        <item x="338"/>
+        <item x="339"/>
+        <item x="340"/>
+        <item x="341"/>
+        <item x="342"/>
+        <item x="343"/>
+        <item x="344"/>
+        <item x="345"/>
+        <item x="346"/>
+        <item x="347"/>
+        <item x="348"/>
+        <item x="349"/>
+        <item x="350"/>
+        <item x="351"/>
+        <item x="352"/>
+        <item x="353"/>
+        <item x="354"/>
+        <item x="355"/>
+        <item x="356"/>
+        <item x="357"/>
+        <item x="358"/>
+        <item x="359"/>
+        <item x="360"/>
+        <item x="361"/>
+        <item x="362"/>
+        <item x="363"/>
+        <item x="364"/>
+        <item x="365"/>
+        <item x="366"/>
+        <item x="367"/>
+        <item x="368"/>
+        <item x="369"/>
+        <item x="370"/>
+        <item x="371"/>
+        <item x="372"/>
+        <item x="373"/>
+        <item x="374"/>
+        <item x="375"/>
+        <item x="376"/>
+        <item x="377"/>
+        <item x="378"/>
+        <item x="379"/>
+        <item x="380"/>
+        <item x="381"/>
+        <item x="382"/>
+        <item x="383"/>
+        <item x="384"/>
+        <item x="385"/>
+        <item x="386"/>
+        <item x="387"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="388">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+        <item x="311"/>
+        <item x="312"/>
+        <item x="313"/>
+        <item x="314"/>
+        <item x="315"/>
+        <item x="316"/>
+        <item x="317"/>
+        <item x="318"/>
+        <item x="319"/>
+        <item x="320"/>
+        <item x="321"/>
+        <item x="322"/>
+        <item x="323"/>
+        <item x="324"/>
+        <item x="325"/>
+        <item x="326"/>
+        <item x="327"/>
+        <item x="328"/>
+        <item x="329"/>
+        <item x="330"/>
+        <item x="331"/>
+        <item x="332"/>
+        <item x="333"/>
+        <item x="334"/>
+        <item x="335"/>
+        <item x="336"/>
+        <item x="337"/>
+        <item x="338"/>
+        <item x="339"/>
+        <item x="340"/>
+        <item x="341"/>
+        <item x="342"/>
+        <item x="343"/>
+        <item x="344"/>
+        <item x="345"/>
+        <item x="346"/>
+        <item x="347"/>
+        <item x="348"/>
+        <item x="349"/>
+        <item x="350"/>
+        <item x="351"/>
+        <item x="352"/>
+        <item x="353"/>
+        <item x="354"/>
+        <item x="355"/>
+        <item x="356"/>
+        <item x="357"/>
+        <item x="358"/>
+        <item x="359"/>
+        <item x="360"/>
+        <item x="361"/>
+        <item x="362"/>
+        <item x="363"/>
+        <item x="364"/>
+        <item x="365"/>
+        <item x="366"/>
+        <item x="367"/>
+        <item x="368"/>
+        <item x="369"/>
+        <item x="370"/>
+        <item x="371"/>
+        <item x="372"/>
+        <item x="373"/>
+        <item x="374"/>
+        <item x="375"/>
+        <item x="376"/>
+        <item x="377"/>
+        <item x="378"/>
+        <item x="379"/>
+        <item x="380"/>
+        <item x="381"/>
+        <item x="382"/>
+        <item x="383"/>
+        <item x="384"/>
+        <item x="385"/>
+        <item x="386"/>
+        <item x="387"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H389" totalsRowShown="0">
   <x:autoFilter ref="A1:H389"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -6185,51 +3820,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRM03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -6418,51 +4053,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H389"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="9.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -16564,51 +14199,51 @@
       <x:c r="E389" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H389" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16625,51 +14260,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H389" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRM03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Seasonally Adjusted Standardised Unemployment Rate"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
       <x:sharedItems count="388">
         <x:s v="198301"/>
         <x:s v="198302"/>
         <x:s v="198303"/>
         <x:s v="198304"/>
         <x:s v="198305"/>
         <x:s v="198306"/>
         <x:s v="198307"/>
         <x:s v="198308"/>
         <x:s v="198309"/>
         <x:s v="198310"/>
         <x:s v="198311"/>
@@ -17562,27 +15197,3908 @@
         <x:n v="3.9"/>
         <x:n v="4.5"/>
         <x:n v="5"/>
         <x:n v="5.7"/>
         <x:n v="6"/>
         <x:n v="6.5"/>
         <x:n v="6.9"/>
         <x:n v="7.7"/>
         <x:n v="8.1"/>
         <x:n v="8.6"/>
         <x:n v="9.5"/>
         <x:n v="10.2"/>
         <x:n v="13.3"/>
         <x:n v="12.7"/>
         <x:n v="12.4"/>
         <x:n v="11.3"/>
         <x:n v="10.1"/>
         <x:n v="9.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198301"/>
+    <s v="1983M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198302"/>
+    <s v="1983M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198303"/>
+    <s v="1983M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198304"/>
+    <s v="1983M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198305"/>
+    <s v="1983M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198306"/>
+    <s v="1983M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198307"/>
+    <s v="1983M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198308"/>
+    <s v="1983M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198309"/>
+    <s v="1983M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198310"/>
+    <s v="1983M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198311"/>
+    <s v="1983M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198312"/>
+    <s v="1983M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198401"/>
+    <s v="1984M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198402"/>
+    <s v="1984M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198403"/>
+    <s v="1984M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198404"/>
+    <s v="1984M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198405"/>
+    <s v="1984M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198406"/>
+    <s v="1984M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198407"/>
+    <s v="1984M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198408"/>
+    <s v="1984M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198409"/>
+    <s v="1984M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198410"/>
+    <s v="1984M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198411"/>
+    <s v="1984M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198412"/>
+    <s v="1984M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198501"/>
+    <s v="1985M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198502"/>
+    <s v="1985M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198503"/>
+    <s v="1985M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198504"/>
+    <s v="1985M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198505"/>
+    <s v="1985M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198506"/>
+    <s v="1985M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198507"/>
+    <s v="1985M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198508"/>
+    <s v="1985M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198509"/>
+    <s v="1985M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198510"/>
+    <s v="1985M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198511"/>
+    <s v="1985M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198512"/>
+    <s v="1985M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198601"/>
+    <s v="1986M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198602"/>
+    <s v="1986M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198603"/>
+    <s v="1986M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198604"/>
+    <s v="1986M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198605"/>
+    <s v="1986M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198606"/>
+    <s v="1986M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198607"/>
+    <s v="1986M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198608"/>
+    <s v="1986M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198609"/>
+    <s v="1986M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198610"/>
+    <s v="1986M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198611"/>
+    <s v="1986M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198612"/>
+    <s v="1986M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198701"/>
+    <s v="1987M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198702"/>
+    <s v="1987M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198703"/>
+    <s v="1987M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198704"/>
+    <s v="1987M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198705"/>
+    <s v="1987M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198706"/>
+    <s v="1987M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198707"/>
+    <s v="1987M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198708"/>
+    <s v="1987M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198709"/>
+    <s v="1987M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198710"/>
+    <s v="1987M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198711"/>
+    <s v="1987M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198712"/>
+    <s v="1987M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198801"/>
+    <s v="1988M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198802"/>
+    <s v="1988M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198803"/>
+    <s v="1988M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198804"/>
+    <s v="1988M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198805"/>
+    <s v="1988M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198806"/>
+    <s v="1988M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198807"/>
+    <s v="1988M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198808"/>
+    <s v="1988M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198809"/>
+    <s v="1988M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198810"/>
+    <s v="1988M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198811"/>
+    <s v="1988M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198812"/>
+    <s v="1988M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198901"/>
+    <s v="1989M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198902"/>
+    <s v="1989M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198903"/>
+    <s v="1989M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198904"/>
+    <s v="1989M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198905"/>
+    <s v="1989M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198906"/>
+    <s v="1989M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198907"/>
+    <s v="1989M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198908"/>
+    <s v="1989M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198909"/>
+    <s v="1989M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198910"/>
+    <s v="1989M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198911"/>
+    <s v="1989M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="198912"/>
+    <s v="1989M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199001"/>
+    <s v="1990M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199002"/>
+    <s v="1990M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199003"/>
+    <s v="1990M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199004"/>
+    <s v="1990M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199005"/>
+    <s v="1990M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199006"/>
+    <s v="1990M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199007"/>
+    <s v="1990M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199008"/>
+    <s v="1990M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199009"/>
+    <s v="1990M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199010"/>
+    <s v="1990M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199011"/>
+    <s v="1990M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199012"/>
+    <s v="1990M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199101"/>
+    <s v="1991M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199102"/>
+    <s v="1991M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199103"/>
+    <s v="1991M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199104"/>
+    <s v="1991M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199105"/>
+    <s v="1991M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199106"/>
+    <s v="1991M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199107"/>
+    <s v="1991M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199108"/>
+    <s v="1991M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199109"/>
+    <s v="1991M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199110"/>
+    <s v="1991M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199111"/>
+    <s v="1991M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199112"/>
+    <s v="1991M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199201"/>
+    <s v="1992M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199202"/>
+    <s v="1992M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199203"/>
+    <s v="1992M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199204"/>
+    <s v="1992M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199205"/>
+    <s v="1992M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199206"/>
+    <s v="1992M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199207"/>
+    <s v="1992M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199208"/>
+    <s v="1992M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199209"/>
+    <s v="1992M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199210"/>
+    <s v="1992M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199211"/>
+    <s v="1992M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199212"/>
+    <s v="1992M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199301"/>
+    <s v="1993M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199302"/>
+    <s v="1993M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199303"/>
+    <s v="1993M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199304"/>
+    <s v="1993M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199305"/>
+    <s v="1993M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199306"/>
+    <s v="1993M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199307"/>
+    <s v="1993M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199308"/>
+    <s v="1993M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199309"/>
+    <s v="1993M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199310"/>
+    <s v="1993M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199311"/>
+    <s v="1993M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199312"/>
+    <s v="1993M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199401"/>
+    <s v="1994M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199402"/>
+    <s v="1994M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199403"/>
+    <s v="1994M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199404"/>
+    <s v="1994M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199405"/>
+    <s v="1994M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199406"/>
+    <s v="1994M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199407"/>
+    <s v="1994M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199408"/>
+    <s v="1994M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199409"/>
+    <s v="1994M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199410"/>
+    <s v="1994M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199411"/>
+    <s v="1994M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199412"/>
+    <s v="1994M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199501"/>
+    <s v="1995M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199502"/>
+    <s v="1995M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199503"/>
+    <s v="1995M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199504"/>
+    <s v="1995M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199505"/>
+    <s v="1995M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199506"/>
+    <s v="1995M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199507"/>
+    <s v="1995M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199508"/>
+    <s v="1995M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199509"/>
+    <s v="1995M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199510"/>
+    <s v="1995M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199511"/>
+    <s v="1995M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199512"/>
+    <s v="1995M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199601"/>
+    <s v="1996M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199602"/>
+    <s v="1996M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199603"/>
+    <s v="1996M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199604"/>
+    <s v="1996M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199605"/>
+    <s v="1996M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199606"/>
+    <s v="1996M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199607"/>
+    <s v="1996M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199608"/>
+    <s v="1996M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199609"/>
+    <s v="1996M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199610"/>
+    <s v="1996M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199611"/>
+    <s v="1996M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199612"/>
+    <s v="1996M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199701"/>
+    <s v="1997M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199702"/>
+    <s v="1997M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199703"/>
+    <s v="1997M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199704"/>
+    <s v="1997M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199705"/>
+    <s v="1997M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199706"/>
+    <s v="1997M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199707"/>
+    <s v="1997M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199708"/>
+    <s v="1997M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199709"/>
+    <s v="1997M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199710"/>
+    <s v="1997M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199711"/>
+    <s v="1997M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199712"/>
+    <s v="1997M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199801"/>
+    <s v="1998M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199802"/>
+    <s v="1998M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199803"/>
+    <s v="1998M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199804"/>
+    <s v="1998M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199805"/>
+    <s v="1998M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199806"/>
+    <s v="1998M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199807"/>
+    <s v="1998M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199808"/>
+    <s v="1998M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199809"/>
+    <s v="1998M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199810"/>
+    <s v="1998M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199811"/>
+    <s v="1998M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199812"/>
+    <s v="1998M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199901"/>
+    <s v="1999M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199902"/>
+    <s v="1999M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199903"/>
+    <s v="1999M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199904"/>
+    <s v="1999M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199905"/>
+    <s v="1999M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199906"/>
+    <s v="1999M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199907"/>
+    <s v="1999M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199908"/>
+    <s v="1999M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199909"/>
+    <s v="1999M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199910"/>
+    <s v="1999M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199911"/>
+    <s v="1999M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="199912"/>
+    <s v="1999M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200001"/>
+    <s v="2000M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200002"/>
+    <s v="2000M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200003"/>
+    <s v="2000M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200004"/>
+    <s v="2000M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200005"/>
+    <s v="2000M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200006"/>
+    <s v="2000M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200007"/>
+    <s v="2000M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200008"/>
+    <s v="2000M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200009"/>
+    <s v="2000M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200010"/>
+    <s v="2000M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200011"/>
+    <s v="2000M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200012"/>
+    <s v="2000M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200101"/>
+    <s v="2001M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200102"/>
+    <s v="2001M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200103"/>
+    <s v="2001M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200104"/>
+    <s v="2001M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200105"/>
+    <s v="2001M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200106"/>
+    <s v="2001M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200107"/>
+    <s v="2001M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200108"/>
+    <s v="2001M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200109"/>
+    <s v="2001M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200110"/>
+    <s v="2001M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200111"/>
+    <s v="2001M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200112"/>
+    <s v="2001M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200201"/>
+    <s v="2002M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200202"/>
+    <s v="2002M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200203"/>
+    <s v="2002M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200204"/>
+    <s v="2002M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200205"/>
+    <s v="2002M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200206"/>
+    <s v="2002M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200207"/>
+    <s v="2002M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200208"/>
+    <s v="2002M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200209"/>
+    <s v="2002M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200210"/>
+    <s v="2002M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200211"/>
+    <s v="2002M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200212"/>
+    <s v="2002M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200301"/>
+    <s v="2003M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200302"/>
+    <s v="2003M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200303"/>
+    <s v="2003M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200304"/>
+    <s v="2003M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200305"/>
+    <s v="2003M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200306"/>
+    <s v="2003M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200307"/>
+    <s v="2003M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200308"/>
+    <s v="2003M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200309"/>
+    <s v="2003M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200310"/>
+    <s v="2003M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200311"/>
+    <s v="2003M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200312"/>
+    <s v="2003M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200401"/>
+    <s v="2004M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200402"/>
+    <s v="2004M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200403"/>
+    <s v="2004M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200404"/>
+    <s v="2004M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200405"/>
+    <s v="2004M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200406"/>
+    <s v="2004M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200407"/>
+    <s v="2004M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200408"/>
+    <s v="2004M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200409"/>
+    <s v="2004M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200410"/>
+    <s v="2004M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200411"/>
+    <s v="2004M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200412"/>
+    <s v="2004M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201309"/>
+    <s v="2013M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201310"/>
+    <s v="2013M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201311"/>
+    <s v="2013M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201312"/>
+    <s v="2013M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201401"/>
+    <s v="2014M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201402"/>
+    <s v="2014M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201403"/>
+    <s v="2014M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201404"/>
+    <s v="2014M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201405"/>
+    <s v="2014M05"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201406"/>
+    <s v="2014M06"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201407"/>
+    <s v="2014M07"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201408"/>
+    <s v="2014M08"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201409"/>
+    <s v="2014M09"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201410"/>
+    <s v="2014M10"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201411"/>
+    <s v="2014M11"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201412"/>
+    <s v="2014M12"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201501"/>
+    <s v="2015M01"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201502"/>
+    <s v="2015M02"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201503"/>
+    <s v="2015M03"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LRM03"/>
+    <s v="Seasonally Adjusted Standardised Unemployment Rate"/>
+    <s v="201504"/>
+    <s v="2015M04"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+</pivotCacheRecords>
 </file>