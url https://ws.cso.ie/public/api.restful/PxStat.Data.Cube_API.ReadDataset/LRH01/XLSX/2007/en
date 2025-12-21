--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9bd8bd9b5ba435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b40ff028db34589b2fc4afce42da3a4.psmdcp" Id="R957afe079a4e42cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c200c305f04bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54617c6c1da84d8a82bc58707b2ca08c.psmdcp" Id="Re5d6e9c5d4b74254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LRH01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on the Live Register</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Half Yearly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>H1</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve"> refers to April of that year. </x:t>
@@ -507,323 +507,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01943V02376" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Duration" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(H1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="HalfYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L433" totalsRowShown="0">
   <x:autoFilter ref="A1:L433"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V02508"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C01943V02376"/>
     <x:tableColumn id="8" name="Duration"/>
     <x:tableColumn id="9" name="TLIST(H1)"/>
     <x:tableColumn id="10" name="HalfYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1096,51 +933,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LRH01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1329,51 +1166,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="14.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="17.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="10.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17819,51 +17656,51 @@
       <x:c r="I433" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>23399</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17880,51 +17717,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LRH01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons on the Live Register"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V02508">
       <x:sharedItems count="8">
         <x:s v="355"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -18409,27 +18246,6076 @@
         <x:n v="61331"/>
         <x:n v="60476"/>
         <x:n v="68523"/>
         <x:n v="84141"/>
         <x:n v="125676"/>
         <x:n v="138812"/>
         <x:n v="47492"/>
         <x:n v="46340"/>
         <x:n v="54149"/>
         <x:n v="68038"/>
         <x:n v="106052"/>
         <x:n v="115413"/>
         <x:n v="13839"/>
         <x:n v="14136"/>
         <x:n v="14374"/>
         <x:n v="16103"/>
         <x:n v="19624"/>
         <x:n v="23399"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="7484"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="9239"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="11498"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="16014"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="15370"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="6551"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="6447"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="8236"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="10215"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="14348"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="12821"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="4255"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="5679"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="6985"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="10157"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="9514"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="5082"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="6232"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="9118"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="7925"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="4513"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="5857"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="5856"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="5230"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="23179"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="24667"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="31845"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="42492"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="64714"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="69578"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="17407"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="18713"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="25332"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="34861"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="54470"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="54948"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="5772"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="5954"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="6513"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="7631"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="10244"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="14630"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="14309"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="15193"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="21148"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="27792"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="42932"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="44592"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="10669"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="11472"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="16920"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="22820"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="36106"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="34759"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="6826"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="9833"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="8870"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="9474"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="10697"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="14700"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="21782"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="24986"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="6738"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="7241"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="8412"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="12041"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="18364"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="20189"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="41439"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="42629"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="55987"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="73839"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="124747"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="133027"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="30473"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="31505"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="44225"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="60126"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="106751"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="110031"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="10966"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="11124"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="11762"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="13713"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="17996"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="22996"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="25992"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="27257"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="37937"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="50339"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="86178"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="90303"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="17849"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="19052"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="29140"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="39930"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="72315"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="72419"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="8143"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="8205"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="8797"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="10409"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="13863"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="17884"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="15447"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="15372"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="18050"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="23500"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="38569"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="42724"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="12624"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="12453"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="15085"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="20196"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="34436"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="37612"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="4133"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="35266"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="34998"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="42783"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="52614"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="82128"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="89054"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="23994"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="23681"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="30865"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="39457"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="65784"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="69671"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="11272"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="11317"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="11918"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="13157"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="16344"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="19383"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="21094"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="21282"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="27594"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="34915"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="56340"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="60527"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="13054"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="13246"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="18956"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="25256"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="44140"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="45546"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="8040"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="8036"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="8638"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="9659"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="12200"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="14891"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="14172"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="13716"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="15189"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="17699"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="25788"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="28527"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="10940"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="10435"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="11909"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="14201"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="21644"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="24125"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="3498"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="4144"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="29267"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="28641"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="39298"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="58943"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="63318"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="17791"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="17263"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="21982"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="26946"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="44470"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="47106"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="11476"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="11378"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="11601"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="12352"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="14473"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="16212"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="17465"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="17501"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="21273"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="25437"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="38642"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="41486"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="9303"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="9447"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="12921"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="16566"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="28172"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="29585"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="8162"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="8054"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="8352"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="8871"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="10470"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="11901"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="11802"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="11140"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="12310"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="13861"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="20301"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="21832"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="8488"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="7816"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="9061"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="10380"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="16298"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="17521"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="3481"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="4003"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="10953"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="10603"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="12879"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="14837"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="21316"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="23748"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="7347"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="7093"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="8865"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="10183"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="15614"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="17050"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="4014"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="5702"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="6698"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="6386"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="6273"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="7869"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="9287"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="13623"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="15237"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="3904"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="3908"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="5125"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="6125"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="9719"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="10663"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="3162"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="3904"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="4574"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="8511"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="5895"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="6387"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="8343"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="8364"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="10072"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="11951"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="16251"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="18312"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="5808"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="7328"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="8608"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="11848"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="13366"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="4946"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="5135"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="6365"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="7633"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="10565"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="11936"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="5429"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="7663"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="8683"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="4318"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="3179"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="4683"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="155967"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="157386"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="196388"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="246529"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="384113"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="412407"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="109371"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="110612"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="146833"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="190396"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="313285"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="324993"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="46596"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="46774"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="49555"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="56133"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="70828"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="87414"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="94636"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="96910"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="127865"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="162388"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="258437"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="273595"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="61879"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="64272"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="92684"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="122358"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="207233"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="209580"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="32757"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="32638"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="35181"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="40030"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="51204"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="64015"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="61331"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="60476"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="68523"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="84141"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="125676"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All durations"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="138812"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="47492"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="46340"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="54149"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="68038"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="106052"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Less than one year"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="115413"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20071"/>
+    <s v="2007H1"/>
+    <s v="Number"/>
+    <n v="13839"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20072"/>
+    <s v="2007H2"/>
+    <s v="Number"/>
+    <n v="14136"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20081"/>
+    <s v="2008H1"/>
+    <s v="Number"/>
+    <n v="14374"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20082"/>
+    <s v="2008H2"/>
+    <s v="Number"/>
+    <n v="16103"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20091"/>
+    <s v="2009H1"/>
+    <s v="Number"/>
+    <n v="19624"/>
+  </r>
+  <r>
+    <s v="LRH01"/>
+    <s v="Persons on the Live Register"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="One year or more"/>
+    <s v="20092"/>
+    <s v="2009H2"/>
+    <s v="Number"/>
+    <n v="23399"/>
+  </r>
+</pivotCacheRecords>
 </file>