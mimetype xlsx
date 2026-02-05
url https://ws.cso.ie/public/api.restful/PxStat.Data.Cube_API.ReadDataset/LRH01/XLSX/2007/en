--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c200c305f04bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54617c6c1da84d8a82bc58707b2ca08c.psmdcp" Id="Re5d6e9c5d4b74254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac8a10b4080044ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/690ba8f7e1dd4d49a77bf628a1292f7b.psmdcp" Id="R32e6b3b0fa0d4bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>