--- v0 (2025-10-04)
+++ v1 (2025-12-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9032d1f1e1534c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f34ee49189cf48c396ac42f927ed07bd.psmdcp" Id="Rd4dc75125e284ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a14a6344bc94955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/82465e31f7ac41718fa50520a1fc9ca8.psmdcp" Id="R8d7f8912a2b34dc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>