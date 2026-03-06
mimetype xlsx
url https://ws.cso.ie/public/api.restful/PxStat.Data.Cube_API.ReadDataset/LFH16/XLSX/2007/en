--- v1 (2025-12-01)
+++ v2 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a14a6344bc94955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/82465e31f7ac41718fa50520a1fc9ca8.psmdcp" Id="R8d7f8912a2b34dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7511c82c4c748ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf5cc8019fa6431b95d3b7f5c957e4c0.psmdcp" Id="R001f06d90ee744ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LFH16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Unemployment rates of Adult Members of Family Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/24/2021 11:00:00 AM</x:t>
+    <x:t>24/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LFH16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSHFU</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey Households and Family Units</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Colin Hanley</x:t>
   </x:si>
@@ -434,50 +434,53 @@
   <x:si>
     <x:t>20201</x:t>
   </x:si>
   <x:si>
     <x:t>2020Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20202</x:t>
   </x:si>
   <x:si>
     <x:t>2020Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20203</x:t>
   </x:si>
   <x:si>
     <x:t>2020Q3</x:t>
   </x:si>
   <x:si>
     <x:t>LFH16C02</x:t>
   </x:si>
   <x:si>
     <x:t>Lone parents</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>LFH16C03</x:t>
   </x:si>
   <x:si>
     <x:t>Total of all adult members of family units with children</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -619,499 +622,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01781V03128" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Children" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1261" totalsRowShown="0">
   <x:autoFilter ref="A1:J1261"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C01781V03128"/>
     <x:tableColumn id="8" name="Number of Children"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1382,51 +1084,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LFH16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1613,51 +1315,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1261"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15327,50 +15029,53 @@
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J428" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="429" spans="1:10">
       <x:c r="A429" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>62</x:v>
@@ -15708,50 +15413,53 @@
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J440" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="441" spans="1:10">
       <x:c r="A441" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>62</x:v>
@@ -16089,50 +15797,53 @@
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J452" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="453" spans="1:10">
       <x:c r="A453" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>62</x:v>
@@ -16470,50 +16181,53 @@
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H464" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J464" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="465" spans="1:10">
       <x:c r="A465" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>62</x:v>
@@ -16851,50 +16565,53 @@
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J476" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="477" spans="1:10">
       <x:c r="A477" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>62</x:v>
@@ -17232,50 +16949,53 @@
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J488" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="489" spans="1:10">
       <x:c r="A489" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>62</x:v>
@@ -17613,50 +17333,53 @@
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J500" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="501" spans="1:10">
       <x:c r="A501" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>62</x:v>
@@ -17994,50 +17717,53 @@
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J512" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="513" spans="1:10">
       <x:c r="A513" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>62</x:v>
@@ -18375,50 +18101,53 @@
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J524" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="525" spans="1:10">
       <x:c r="A525" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>62</x:v>
@@ -18756,50 +18485,53 @@
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J536" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="537" spans="1:10">
       <x:c r="A537" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>62</x:v>
@@ -19137,50 +18869,53 @@
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J548" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="549" spans="1:10">
       <x:c r="A549" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>62</x:v>
@@ -19518,50 +19253,53 @@
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H560" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I560" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J560" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="561" spans="1:10">
       <x:c r="A561" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>62</x:v>
@@ -19899,50 +19637,53 @@
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H572" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I572" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J572" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="573" spans="1:10">
       <x:c r="A573" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>62</x:v>
@@ -20280,50 +20021,53 @@
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J584" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="585" spans="1:10">
       <x:c r="A585" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>62</x:v>
@@ -20661,50 +20405,53 @@
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H596" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J596" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="597" spans="1:10">
       <x:c r="A597" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>62</x:v>
@@ -21042,50 +20789,53 @@
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H608" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I608" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J608" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="609" spans="1:10">
       <x:c r="A609" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>62</x:v>
@@ -21423,50 +21173,53 @@
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H620" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I620" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J620" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="621" spans="1:10">
       <x:c r="A621" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>62</x:v>
@@ -21804,50 +21557,53 @@
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H632" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I632" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J632" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="633" spans="1:10">
       <x:c r="A633" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>62</x:v>
@@ -22185,50 +21941,53 @@
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H644" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I644" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J644" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="645" spans="1:10">
       <x:c r="A645" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>62</x:v>
@@ -22534,79 +22293,85 @@
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J655" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="656" spans="1:10">
       <x:c r="A656" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I656" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J656" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="657" spans="1:10">
       <x:c r="A657" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>62</x:v>
@@ -22944,50 +22709,53 @@
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J668" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="669" spans="1:10">
       <x:c r="A669" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>62</x:v>
@@ -23325,50 +23093,53 @@
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H680" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I680" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J680" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="681" spans="1:10">
       <x:c r="A681" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>62</x:v>
@@ -23706,50 +23477,53 @@
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H692" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I692" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J692" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="693" spans="1:10">
       <x:c r="A693" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
         <x:v>62</x:v>
@@ -24087,50 +23861,53 @@
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H704" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I704" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J704" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="705" spans="1:10">
       <x:c r="A705" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>62</x:v>
@@ -24468,50 +24245,53 @@
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H716" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I716" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J716" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="717" spans="1:10">
       <x:c r="A717" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H717" s="0" t="s">
         <x:v>62</x:v>
@@ -24817,50 +24597,53 @@
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H727" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J727" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="728" spans="1:10">
       <x:c r="A728" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H728" s="0" t="s">
         <x:v>60</x:v>
@@ -25230,50 +25013,53 @@
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H740" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I740" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J740" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="741" spans="1:10">
       <x:c r="A741" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H741" s="0" t="s">
         <x:v>62</x:v>
@@ -25611,50 +25397,53 @@
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H752" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I752" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J752" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="753" spans="1:10">
       <x:c r="A753" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H753" s="0" t="s">
         <x:v>62</x:v>
@@ -25992,50 +25781,53 @@
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H764" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I764" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J764" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="765" spans="1:10">
       <x:c r="A765" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H765" s="0" t="s">
         <x:v>62</x:v>
@@ -26373,50 +26165,53 @@
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H776" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I776" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J776" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="777" spans="1:10">
       <x:c r="A777" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H777" s="0" t="s">
         <x:v>62</x:v>
@@ -26754,50 +26549,53 @@
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H788" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I788" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J788" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="789" spans="1:10">
       <x:c r="A789" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H789" s="0" t="s">
         <x:v>62</x:v>
@@ -27103,79 +26901,85 @@
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H799" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I799" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J799" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="800" spans="1:10">
       <x:c r="A800" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H800" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I800" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J800" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="801" spans="1:10">
       <x:c r="A801" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H801" s="0" t="s">
         <x:v>62</x:v>
@@ -27513,50 +27317,53 @@
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H812" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I812" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J812" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="813" spans="1:10">
       <x:c r="A813" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F813" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H813" s="0" t="s">
         <x:v>62</x:v>
@@ -27894,50 +27701,53 @@
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E824" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F824" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H824" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I824" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J824" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="825" spans="1:10">
       <x:c r="A825" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E825" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F825" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H825" s="0" t="s">
         <x:v>62</x:v>
@@ -28275,50 +28085,53 @@
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H836" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I836" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J836" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
     </x:row>
     <x:row r="837" spans="1:10">
       <x:c r="A837" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H837" s="0" t="s">
         <x:v>62</x:v>
@@ -28438,13501 +28251,13501 @@
       </x:c>
       <x:c r="D841" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H841" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J841" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:10">
       <x:c r="A842" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H842" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I842" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J842" s="0">
         <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:10">
       <x:c r="A843" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H843" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I843" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J843" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:10">
       <x:c r="A844" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H844" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I844" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J844" s="0">
         <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:10">
       <x:c r="A845" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H845" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I845" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J845" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:10">
       <x:c r="A846" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H846" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I846" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J846" s="0">
         <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:10">
       <x:c r="A847" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H847" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I847" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J847" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:10">
       <x:c r="A848" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H848" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I848" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J848" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:10">
       <x:c r="A849" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H849" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I849" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J849" s="0">
         <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:10">
       <x:c r="A850" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H850" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I850" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J850" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:10">
       <x:c r="A851" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H851" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I851" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J851" s="0">
         <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:10">
       <x:c r="A852" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F852" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H852" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I852" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J852" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:10">
       <x:c r="A853" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F853" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H853" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I853" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J853" s="0">
         <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:10">
       <x:c r="A854" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F854" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H854" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I854" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J854" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:10">
       <x:c r="A855" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F855" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H855" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I855" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J855" s="0">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:10">
       <x:c r="A856" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G856" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H856" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I856" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J856" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:10">
       <x:c r="A857" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F857" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H857" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I857" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J857" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:10">
       <x:c r="A858" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F858" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H858" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I858" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J858" s="0">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:10">
       <x:c r="A859" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F859" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G859" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H859" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I859" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J859" s="0">
         <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:10">
       <x:c r="A860" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E860" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F860" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G860" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H860" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I860" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J860" s="0">
         <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:10">
       <x:c r="A861" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E861" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F861" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G861" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H861" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I861" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J861" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:10">
       <x:c r="A862" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D862" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E862" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F862" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G862" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H862" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I862" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J862" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:10">
       <x:c r="A863" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D863" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E863" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F863" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G863" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H863" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I863" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J863" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:10">
       <x:c r="A864" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E864" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F864" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G864" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H864" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I864" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J864" s="0">
         <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:10">
       <x:c r="A865" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E865" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H865" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I865" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J865" s="0">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:10">
       <x:c r="A866" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D866" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E866" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F866" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G866" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H866" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I866" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J866" s="0">
         <x:v>13.8</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:10">
       <x:c r="A867" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D867" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E867" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F867" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G867" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H867" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I867" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J867" s="0">
         <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:10">
       <x:c r="A868" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D868" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E868" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F868" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G868" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H868" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I868" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J868" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:10">
       <x:c r="A869" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E869" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F869" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G869" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H869" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I869" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J869" s="0">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:10">
       <x:c r="A870" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E870" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F870" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G870" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H870" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I870" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J870" s="0">
         <x:v>13.8</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:10">
       <x:c r="A871" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E871" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F871" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H871" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I871" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J871" s="0">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:10">
       <x:c r="A872" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D872" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E872" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F872" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G872" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H872" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I872" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J872" s="0">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:10">
       <x:c r="A873" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D873" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E873" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F873" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G873" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H873" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I873" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J873" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:10">
       <x:c r="A874" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D874" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E874" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F874" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G874" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H874" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I874" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J874" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:10">
       <x:c r="A875" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D875" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E875" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F875" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G875" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H875" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I875" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J875" s="0">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:10">
       <x:c r="A876" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D876" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E876" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F876" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G876" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H876" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I876" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J876" s="0">
         <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:10">
       <x:c r="A877" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D877" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E877" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F877" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G877" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H877" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I877" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J877" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:10">
       <x:c r="A878" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D878" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E878" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F878" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G878" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H878" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I878" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J878" s="0">
         <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:10">
       <x:c r="A879" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D879" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E879" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F879" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G879" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H879" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I879" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J879" s="0">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:10">
       <x:c r="A880" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D880" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E880" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F880" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G880" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H880" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I880" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J880" s="0">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:10">
       <x:c r="A881" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F881" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H881" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I881" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J881" s="0">
         <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:10">
       <x:c r="A882" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D882" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E882" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F882" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G882" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H882" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I882" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J882" s="0">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:10">
       <x:c r="A883" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D883" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E883" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F883" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G883" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H883" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I883" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J883" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:10">
       <x:c r="A884" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D884" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E884" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F884" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G884" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H884" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I884" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J884" s="0">
         <x:v>13.8</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:10">
       <x:c r="A885" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D885" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E885" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F885" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G885" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H885" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I885" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J885" s="0">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:10">
       <x:c r="A886" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E886" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F886" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G886" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H886" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I886" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J886" s="0">
         <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:10">
       <x:c r="A887" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F887" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H887" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I887" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J887" s="0">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:10">
       <x:c r="A888" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F888" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H888" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I888" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J888" s="0">
         <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:10">
       <x:c r="A889" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E889" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F889" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G889" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H889" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I889" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J889" s="0">
         <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:10">
       <x:c r="A890" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E890" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F890" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G890" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H890" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I890" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J890" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:10">
       <x:c r="A891" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D891" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E891" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F891" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G891" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H891" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I891" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J891" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:10">
       <x:c r="A892" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D892" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E892" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F892" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G892" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H892" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I892" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J892" s="0">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:10">
       <x:c r="A893" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D893" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E893" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F893" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G893" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H893" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I893" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J893" s="0">
         <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:10">
       <x:c r="A894" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D894" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E894" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F894" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G894" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H894" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I894" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J894" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:10">
       <x:c r="A895" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D895" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E895" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F895" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G895" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H895" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I895" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J895" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:10">
       <x:c r="A896" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D896" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E896" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F896" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G896" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H896" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I896" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J896" s="0">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:10">
       <x:c r="A897" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D897" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E897" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F897" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G897" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H897" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I897" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J897" s="0">
         <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:10">
       <x:c r="A898" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D898" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E898" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F898" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G898" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H898" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I898" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J898" s="0">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:10">
       <x:c r="A899" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D899" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E899" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F899" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G899" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H899" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I899" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J899" s="0">
         <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:10">
       <x:c r="A900" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E900" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F900" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G900" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H900" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I900" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J900" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:10">
       <x:c r="A901" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E901" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F901" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G901" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H901" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I901" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J901" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:10">
       <x:c r="A902" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D902" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E902" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F902" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G902" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H902" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I902" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J902" s="0">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:10">
       <x:c r="A903" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D903" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E903" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F903" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G903" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H903" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I903" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J903" s="0">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:10">
       <x:c r="A904" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D904" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E904" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F904" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G904" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H904" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I904" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J904" s="0">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:10">
       <x:c r="A905" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D905" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E905" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F905" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G905" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H905" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I905" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J905" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:10">
       <x:c r="A906" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D906" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E906" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F906" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G906" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H906" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I906" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J906" s="0">
         <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:10">
       <x:c r="A907" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D907" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E907" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F907" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G907" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H907" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I907" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J907" s="0">
         <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:10">
       <x:c r="A908" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D908" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E908" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F908" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G908" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H908" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I908" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J908" s="0">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:10">
       <x:c r="A909" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D909" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E909" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F909" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G909" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H909" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I909" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J909" s="0">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:10">
       <x:c r="A910" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D910" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E910" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F910" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G910" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H910" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I910" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J910" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:10">
       <x:c r="A911" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D911" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E911" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F911" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G911" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H911" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I911" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J911" s="0">
         <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:10">
       <x:c r="A912" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D912" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E912" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F912" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G912" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H912" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I912" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J912" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:10">
       <x:c r="A913" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D913" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E913" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F913" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G913" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H913" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I913" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J913" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:10">
       <x:c r="A914" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E914" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F914" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H914" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I914" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J914" s="0">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:10">
       <x:c r="A915" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E915" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F915" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H915" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I915" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J915" s="0">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:10">
       <x:c r="A916" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E916" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F916" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H916" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I916" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J916" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:10">
       <x:c r="A917" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E917" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F917" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G917" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H917" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I917" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J917" s="0">
         <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:10">
       <x:c r="A918" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E918" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F918" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H918" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I918" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J918" s="0">
         <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:10">
       <x:c r="A919" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E919" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F919" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H919" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I919" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J919" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:10">
       <x:c r="A920" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E920" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F920" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H920" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I920" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J920" s="0">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:10">
       <x:c r="A921" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E921" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F921" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H921" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I921" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J921" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:10">
       <x:c r="A922" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E922" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F922" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H922" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I922" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J922" s="0">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:10">
       <x:c r="A923" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E923" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F923" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H923" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I923" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J923" s="0">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:10">
       <x:c r="A924" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E924" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F924" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H924" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I924" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J924" s="0">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:10">
       <x:c r="A925" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E925" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F925" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H925" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I925" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J925" s="0">
         <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:10">
       <x:c r="A926" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E926" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F926" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H926" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I926" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J926" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:10">
       <x:c r="A927" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E927" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F927" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H927" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I927" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J927" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:10">
       <x:c r="A928" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E928" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F928" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H928" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I928" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J928" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:10">
       <x:c r="A929" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E929" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F929" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H929" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I929" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J929" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:10">
       <x:c r="A930" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D930" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E930" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F930" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G930" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H930" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I930" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J930" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:10">
       <x:c r="A931" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D931" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E931" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F931" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G931" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H931" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I931" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J931" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:10">
       <x:c r="A932" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D932" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E932" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F932" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G932" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H932" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I932" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J932" s="0">
         <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:10">
       <x:c r="A933" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D933" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E933" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F933" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G933" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H933" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I933" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J933" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:10">
       <x:c r="A934" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D934" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E934" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F934" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G934" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H934" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I934" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J934" s="0">
         <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:10">
       <x:c r="A935" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D935" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E935" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F935" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G935" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H935" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I935" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J935" s="0">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:10">
       <x:c r="A936" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D936" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E936" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F936" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G936" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H936" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I936" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J936" s="0">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:10">
       <x:c r="A937" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D937" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E937" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F937" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G937" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H937" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I937" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J937" s="0">
         <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:10">
       <x:c r="A938" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C938" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D938" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E938" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F938" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G938" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H938" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I938" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J938" s="0">
         <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:10">
       <x:c r="A939" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C939" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D939" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E939" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F939" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G939" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H939" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I939" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J939" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:10">
       <x:c r="A940" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C940" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D940" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E940" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F940" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G940" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H940" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I940" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J940" s="0">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:10">
       <x:c r="A941" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C941" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D941" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E941" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F941" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G941" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H941" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I941" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J941" s="0">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:10">
       <x:c r="A942" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C942" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D942" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E942" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F942" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G942" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H942" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I942" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J942" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:10">
       <x:c r="A943" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C943" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D943" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E943" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F943" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G943" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H943" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I943" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J943" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:10">
       <x:c r="A944" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C944" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D944" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E944" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F944" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G944" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H944" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I944" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J944" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:10">
       <x:c r="A945" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C945" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D945" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E945" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F945" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G945" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H945" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I945" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J945" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:10">
       <x:c r="A946" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C946" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D946" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E946" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F946" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G946" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H946" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I946" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J946" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:10">
       <x:c r="A947" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C947" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D947" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E947" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F947" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G947" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H947" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I947" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J947" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:10">
       <x:c r="A948" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C948" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D948" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E948" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F948" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G948" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H948" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I948" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J948" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:10">
       <x:c r="A949" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C949" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D949" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E949" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F949" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G949" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H949" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I949" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J949" s="0">
         <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:10">
       <x:c r="A950" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C950" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D950" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E950" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F950" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G950" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H950" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I950" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J950" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:10">
       <x:c r="A951" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C951" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D951" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E951" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F951" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G951" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H951" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I951" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J951" s="0">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:10">
       <x:c r="A952" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C952" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D952" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E952" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F952" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G952" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H952" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I952" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J952" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:10">
       <x:c r="A953" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D953" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E953" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F953" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G953" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H953" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I953" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J953" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:10">
       <x:c r="A954" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D954" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E954" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F954" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G954" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H954" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I954" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J954" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:10">
       <x:c r="A955" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C955" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D955" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E955" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F955" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G955" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H955" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I955" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J955" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:10">
       <x:c r="A956" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C956" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D956" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E956" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F956" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G956" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H956" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I956" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J956" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:10">
       <x:c r="A957" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C957" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D957" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E957" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F957" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G957" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H957" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I957" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J957" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:10">
       <x:c r="A958" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C958" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D958" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E958" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F958" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G958" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H958" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I958" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J958" s="0">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:10">
       <x:c r="A959" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C959" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D959" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E959" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F959" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G959" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H959" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I959" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J959" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:10">
       <x:c r="A960" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C960" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D960" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E960" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F960" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G960" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H960" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I960" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J960" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:10">
       <x:c r="A961" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C961" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D961" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E961" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F961" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G961" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H961" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I961" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J961" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:10">
       <x:c r="A962" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C962" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D962" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E962" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F962" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G962" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H962" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I962" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J962" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:10">
       <x:c r="A963" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C963" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D963" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E963" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F963" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G963" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H963" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I963" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J963" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:10">
       <x:c r="A964" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D964" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E964" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F964" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G964" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H964" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I964" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J964" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:10">
       <x:c r="A965" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D965" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E965" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F965" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G965" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H965" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I965" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J965" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:10">
       <x:c r="A966" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C966" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D966" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E966" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F966" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G966" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H966" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I966" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J966" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:10">
       <x:c r="A967" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C967" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D967" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E967" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F967" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G967" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H967" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I967" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J967" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:10">
       <x:c r="A968" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C968" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D968" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E968" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F968" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G968" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H968" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I968" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J968" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:10">
       <x:c r="A969" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D969" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E969" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F969" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G969" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H969" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I969" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J969" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:10">
       <x:c r="A970" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D970" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E970" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F970" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G970" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H970" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I970" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J970" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:10">
       <x:c r="A971" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D971" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E971" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F971" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G971" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H971" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I971" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J971" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:10">
       <x:c r="A972" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C972" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D972" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E972" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F972" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G972" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H972" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I972" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J972" s="0">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:10">
       <x:c r="A973" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C973" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D973" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E973" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F973" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G973" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H973" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I973" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J973" s="0">
         <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:10">
       <x:c r="A974" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C974" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D974" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E974" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F974" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G974" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H974" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I974" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J974" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:10">
       <x:c r="A975" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D975" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E975" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F975" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G975" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H975" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I975" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J975" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:10">
       <x:c r="A976" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D976" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E976" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F976" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G976" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H976" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I976" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J976" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:10">
       <x:c r="A977" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C977" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D977" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E977" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F977" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G977" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H977" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I977" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J977" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:10">
       <x:c r="A978" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C978" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D978" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E978" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F978" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G978" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H978" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I978" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J978" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:10">
       <x:c r="A979" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C979" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D979" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E979" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F979" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G979" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H979" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I979" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J979" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:10">
       <x:c r="A980" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C980" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D980" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E980" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F980" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G980" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H980" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I980" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J980" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:10">
       <x:c r="A981" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C981" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D981" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E981" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F981" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G981" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H981" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I981" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J981" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:10">
       <x:c r="A982" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C982" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D982" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E982" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F982" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G982" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H982" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I982" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J982" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:10">
       <x:c r="A983" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C983" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D983" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E983" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F983" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G983" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H983" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I983" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J983" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:10">
       <x:c r="A984" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C984" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D984" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E984" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F984" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G984" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H984" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I984" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J984" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:10">
       <x:c r="A985" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C985" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D985" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E985" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F985" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G985" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H985" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I985" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J985" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:10">
       <x:c r="A986" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C986" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D986" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E986" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F986" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G986" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H986" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I986" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J986" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:10">
       <x:c r="A987" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C987" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D987" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E987" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F987" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G987" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H987" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I987" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J987" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:10">
       <x:c r="A988" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C988" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D988" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E988" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F988" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G988" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H988" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I988" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J988" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:10">
       <x:c r="A989" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C989" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D989" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E989" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F989" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G989" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H989" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I989" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J989" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:10">
       <x:c r="A990" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C990" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D990" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E990" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F990" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G990" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H990" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I990" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J990" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:10">
       <x:c r="A991" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C991" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D991" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E991" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F991" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G991" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H991" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I991" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J991" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:10">
       <x:c r="A992" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D992" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E992" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F992" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G992" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H992" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I992" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J992" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:10">
       <x:c r="A993" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D993" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E993" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F993" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G993" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H993" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I993" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J993" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:10">
       <x:c r="A994" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D994" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E994" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F994" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G994" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H994" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I994" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J994" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:10">
       <x:c r="A995" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D995" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E995" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F995" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G995" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H995" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I995" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J995" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:10">
       <x:c r="A996" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D996" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E996" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F996" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G996" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H996" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I996" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J996" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:10">
       <x:c r="A997" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C997" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D997" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E997" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F997" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G997" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H997" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I997" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J997" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:10">
       <x:c r="A998" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C998" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D998" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E998" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F998" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G998" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H998" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I998" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J998" s="0">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:10">
       <x:c r="A999" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C999" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D999" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E999" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F999" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G999" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H999" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I999" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J999" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:10">
       <x:c r="A1000" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1000" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1000" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1000" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1000" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1000" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1000" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1000" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1000" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:10">
       <x:c r="A1001" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1001" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1001" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1001" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1001" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1001" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1001" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1001" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1001" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:10">
       <x:c r="A1002" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1002" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1002" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1002" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1002" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1002" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1002" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1002" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:10">
       <x:c r="A1003" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1003" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1003" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1003" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1003" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1003" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1003" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1003" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:10">
       <x:c r="A1004" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1004" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1004" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1004" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1004" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1004" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1004" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1004" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1004" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:10">
       <x:c r="A1005" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1005" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1005" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1005" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1005" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1005" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1005" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1005" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1005" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:10">
       <x:c r="A1006" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1006" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1006" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1006" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1006" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1006" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1006" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1006" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:10">
       <x:c r="A1007" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1007" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1007" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1007" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1007" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1007" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1007" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1007" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:10">
       <x:c r="A1008" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1008" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1008" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1008" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1008" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1008" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1008" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1008" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:10">
       <x:c r="A1009" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1009" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1009" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1009" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1009" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1009" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1009" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1009" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1009" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:10">
       <x:c r="A1010" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1010" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1010" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1010" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1010" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1010" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1010" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1010" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1010" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:10">
       <x:c r="A1011" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1011" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1011" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1011" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1011" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1011" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1011" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1011" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1011" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:10">
       <x:c r="A1012" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1012" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1012" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1012" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1012" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1012" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1012" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1012" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1012" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:10">
       <x:c r="A1013" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1013" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1013" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1013" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1013" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1013" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1013" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1013" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1013" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:10">
       <x:c r="A1014" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1014" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1014" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1014" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1014" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1014" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1014" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1014" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1014" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:10">
       <x:c r="A1015" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1015" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1015" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1015" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1015" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1015" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1015" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1015" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1015" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:10">
       <x:c r="A1016" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1016" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1016" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1016" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1016" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1016" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1016" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1016" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1016" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:10">
       <x:c r="A1017" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1017" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1017" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1017" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1017" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1017" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1017" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1017" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1017" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:10">
       <x:c r="A1018" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1018" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1018" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1018" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1018" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1018" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1018" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1018" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1018" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:10">
       <x:c r="A1019" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1019" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1019" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1019" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1019" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1019" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1019" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1019" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1019" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:10">
       <x:c r="A1020" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1020" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1020" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1020" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1020" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1020" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1020" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1020" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1020" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:10">
       <x:c r="A1021" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1021" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1021" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1021" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1021" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1021" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1021" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1021" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1021" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:10">
       <x:c r="A1022" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1022" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1022" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1022" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1022" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1022" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1022" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1022" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1022" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:10">
       <x:c r="A1023" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1023" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1023" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1023" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1023" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1023" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1023" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1023" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1023" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:10">
       <x:c r="A1024" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1024" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1024" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1024" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1024" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1024" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1024" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1024" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1024" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:10">
       <x:c r="A1025" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1025" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1025" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1025" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1025" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1025" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1025" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1025" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1025" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:10">
       <x:c r="A1026" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1026" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1026" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1026" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1026" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1026" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1026" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1026" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1026" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:10">
       <x:c r="A1027" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1027" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1027" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1027" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1027" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1027" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1027" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1027" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1027" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:10">
       <x:c r="A1028" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1028" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1028" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1028" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1028" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1028" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1028" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1028" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1028" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:10">
       <x:c r="A1029" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1029" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1029" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1029" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1029" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1029" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1029" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1029" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1029" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:10">
       <x:c r="A1030" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1030" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1030" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1030" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1030" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1030" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1030" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1030" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1030" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:10">
       <x:c r="A1031" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1031" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1031" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1031" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1031" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1031" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1031" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1031" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1031" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:10">
       <x:c r="A1032" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1032" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1032" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1032" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1032" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1032" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1032" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1032" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1032" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:10">
       <x:c r="A1033" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1033" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1033" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1033" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1033" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1033" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1033" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1033" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1033" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:10">
       <x:c r="A1034" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1034" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1034" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1034" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1034" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1034" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1034" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1034" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1034" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:10">
       <x:c r="A1035" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1035" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1035" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1035" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1035" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1035" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1035" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1035" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1035" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:10">
       <x:c r="A1036" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1036" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1036" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1036" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1036" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1036" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1036" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1036" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1036" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:10">
       <x:c r="A1037" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1037" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1037" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1037" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1037" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1037" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1037" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1037" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1037" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:10">
       <x:c r="A1038" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1038" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1038" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1038" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1038" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1038" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1038" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1038" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1038" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:10">
       <x:c r="A1039" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1039" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1039" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1039" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1039" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1039" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1039" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1039" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1039" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:10">
       <x:c r="A1040" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1040" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1040" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1040" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1040" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1040" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1040" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1040" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1040" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:10">
       <x:c r="A1041" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1041" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1041" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1041" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1041" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1041" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1041" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1041" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1041" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:10">
       <x:c r="A1042" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1042" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1042" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1042" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1042" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1042" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1042" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1042" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1042" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:10">
       <x:c r="A1043" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1043" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1043" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1043" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1043" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1043" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1043" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1043" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1043" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:10">
       <x:c r="A1044" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1044" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1044" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1044" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1044" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1044" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1044" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1044" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1044" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:10">
       <x:c r="A1045" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1045" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1045" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1045" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1045" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1045" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1045" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1045" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1045" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:10">
       <x:c r="A1046" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1046" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1046" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1046" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1046" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1046" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1046" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1046" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1046" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:10">
       <x:c r="A1047" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1047" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1047" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1047" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1047" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1047" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1047" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1047" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1047" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:10">
       <x:c r="A1048" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1048" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1048" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1048" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1048" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1048" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1048" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1048" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1048" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:10">
       <x:c r="A1049" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1049" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1049" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1049" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1049" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1049" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1049" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1049" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1049" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:10">
       <x:c r="A1050" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1050" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1050" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1050" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1050" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1050" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1050" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1050" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1050" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:10">
       <x:c r="A1051" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1051" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1051" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1051" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1051" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1051" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1051" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1051" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1051" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:10">
       <x:c r="A1052" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1052" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1052" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1052" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1052" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1052" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1052" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1052" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1052" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:10">
       <x:c r="A1053" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1053" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1053" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1053" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1053" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1053" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1053" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1053" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1053" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:10">
       <x:c r="A1054" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1054" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1054" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1054" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1054" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1054" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1054" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1054" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1054" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:10">
       <x:c r="A1055" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1055" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1055" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1055" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1055" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1055" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1055" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1055" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1055" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:10">
       <x:c r="A1056" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1056" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1056" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1056" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1056" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1056" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1056" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1056" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1056" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:10">
       <x:c r="A1057" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1057" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1057" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1057" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1057" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1057" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1057" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1057" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1057" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:10">
       <x:c r="A1058" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1058" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1058" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1058" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1058" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1058" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1058" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1058" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1058" s="0">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:10">
       <x:c r="A1059" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1059" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1059" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1059" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1059" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1059" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1059" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1059" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1059" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:10">
       <x:c r="A1060" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1060" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1060" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1060" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1060" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1060" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1060" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1060" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1060" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:10">
       <x:c r="A1061" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1061" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1061" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1061" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1061" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1061" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1061" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1061" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1061" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:10">
       <x:c r="A1062" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1062" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1062" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1062" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1062" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1062" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1062" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1062" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1062" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:10">
       <x:c r="A1063" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1063" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1063" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1063" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1063" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1063" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1063" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1063" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1063" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:10">
       <x:c r="A1064" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1064" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1064" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1064" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1064" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1064" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1064" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1064" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1064" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:10">
       <x:c r="A1065" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1065" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1065" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1065" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1065" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1065" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1065" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1065" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1065" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:10">
       <x:c r="A1066" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1066" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1066" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1066" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1066" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1066" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1066" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1066" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1066" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:10">
       <x:c r="A1067" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1067" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1067" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1067" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1067" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1067" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1067" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1067" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1067" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:10">
       <x:c r="A1068" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1068" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1068" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1068" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1068" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1068" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1068" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1068" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1068" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:10">
       <x:c r="A1069" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1069" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1069" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1069" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1069" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1069" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1069" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1069" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1069" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:10">
       <x:c r="A1070" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1070" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1070" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1070" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1070" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1070" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1070" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1070" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1070" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:10">
       <x:c r="A1071" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1071" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1071" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1071" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1071" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1071" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1071" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1071" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1071" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:10">
       <x:c r="A1072" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1072" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1072" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1072" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1072" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1072" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1072" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1072" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1072" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:10">
       <x:c r="A1073" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1073" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1073" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1073" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1073" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1073" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1073" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1073" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1073" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:10">
       <x:c r="A1074" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1074" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1074" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1074" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1074" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1074" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1074" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1074" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1074" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:10">
       <x:c r="A1075" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1075" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1075" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1075" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1075" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1075" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1075" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1075" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1075" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:10">
       <x:c r="A1076" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1076" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1076" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1076" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1076" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1076" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1076" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1076" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1076" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:10">
       <x:c r="A1077" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1077" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1077" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1077" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1077" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1077" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1077" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1077" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1077" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:10">
       <x:c r="A1078" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1078" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1078" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1078" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1078" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1078" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1078" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1078" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1078" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:10">
       <x:c r="A1079" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1079" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1079" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1079" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1079" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1079" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1079" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1079" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1079" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:10">
       <x:c r="A1080" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1080" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1080" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1080" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1080" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1080" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1080" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1080" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1080" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:10">
       <x:c r="A1081" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1081" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1081" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1081" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1081" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1081" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1081" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1081" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1081" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:10">
       <x:c r="A1082" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1082" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1082" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1082" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1082" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1082" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1082" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1082" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1082" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:10">
       <x:c r="A1083" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1083" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1083" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1083" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1083" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1083" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1083" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1083" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1083" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:10">
       <x:c r="A1084" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1084" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1084" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1084" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1084" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1084" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1084" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1084" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1084" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:10">
       <x:c r="A1085" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1085" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1085" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1085" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1085" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1085" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1085" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1085" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1085" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:10">
       <x:c r="A1086" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1086" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1086" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1086" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1086" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1086" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1086" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1086" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1086" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:10">
       <x:c r="A1087" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1087" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1087" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1087" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1087" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1087" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1087" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1087" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1087" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:10">
       <x:c r="A1088" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1088" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1088" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1088" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1088" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1088" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1088" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1088" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1088" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:10">
       <x:c r="A1089" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1089" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1089" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1089" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1089" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1089" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1089" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1089" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1089" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:10">
       <x:c r="A1090" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1090" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1090" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1090" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1090" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1090" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1090" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1090" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1090" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:10">
       <x:c r="A1091" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1091" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1091" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1091" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1091" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1091" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1091" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1091" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1091" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:10">
       <x:c r="A1092" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1092" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1092" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1092" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1092" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1092" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1092" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1092" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1092" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:10">
       <x:c r="A1093" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1093" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1093" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1093" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1093" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1093" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1093" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1093" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1093" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:10">
       <x:c r="A1094" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1094" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1094" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1094" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1094" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1094" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1094" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1094" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1094" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:10">
       <x:c r="A1095" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1095" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1095" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1095" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1095" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1095" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1095" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1095" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1095" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:10">
       <x:c r="A1096" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1096" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1096" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1096" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1096" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1096" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1096" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1096" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1096" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:10">
       <x:c r="A1097" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1097" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1097" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1097" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1097" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1097" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1097" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1097" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1097" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:10">
       <x:c r="A1098" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1098" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1098" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1098" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1098" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1098" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1098" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1098" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1098" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:10">
       <x:c r="A1099" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1099" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1099" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1099" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1099" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1099" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1099" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1099" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1099" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:10">
       <x:c r="A1100" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1100" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1100" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1100" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1100" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1100" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1100" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1100" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:10">
       <x:c r="A1101" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1101" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1101" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1101" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1101" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:10">
       <x:c r="A1102" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1102" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1102" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1102" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1102" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1102" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:10">
       <x:c r="A1103" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1103" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1103" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1103" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1103" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:10">
       <x:c r="A1104" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1104" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1104" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1104" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1104" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1104" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1104" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1104" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:10">
       <x:c r="A1105" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1105" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1105" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1105" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:10">
       <x:c r="A1106" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1106" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1106" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1106" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1106" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1106" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:10">
       <x:c r="A1107" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1107" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1107" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1107" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:10">
       <x:c r="A1108" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1108" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1108" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1108" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1108" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1108" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:10">
       <x:c r="A1109" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1109" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1109" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1109" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1109" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:10">
       <x:c r="A1110" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1110" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1110" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1110" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1110" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1110" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1110" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1110" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:10">
       <x:c r="A1111" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1111" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1111" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1111" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:10">
       <x:c r="A1112" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1112" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1112" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1112" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1112" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1112" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1112" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1112" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:10">
       <x:c r="A1113" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1113" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1113" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1113" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1113" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1113" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:10">
       <x:c r="A1114" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1114" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1114" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1114" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1114" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1114" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:10">
       <x:c r="A1115" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1115" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1115" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1115" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1115" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1115" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:10">
       <x:c r="A1116" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1116" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1116" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1116" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1116" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1116" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1116" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1116" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:10">
       <x:c r="A1117" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1117" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1117" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1117" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1117" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:10">
       <x:c r="A1118" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1118" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1118" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1118" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:10">
       <x:c r="A1119" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1119" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1119" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1119" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:10">
       <x:c r="A1120" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1120" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1120" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1120" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1120" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1120" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:10">
       <x:c r="A1121" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1121" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1121" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1121" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:10">
       <x:c r="A1122" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1122" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1122" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1122" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1122" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1122" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:10">
       <x:c r="A1123" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1123" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1123" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1123" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1123" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:10">
       <x:c r="A1124" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1124" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1124" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1124" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1124" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1124" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1124" s="0">
         <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:10">
       <x:c r="A1125" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1125" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1125" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1125" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1125" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1125" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1125" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:10">
       <x:c r="A1126" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1126" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1126" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1126" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1126" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:10">
       <x:c r="A1127" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1127" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1127" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1127" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:10">
       <x:c r="A1128" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1128" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1128" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1128" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1128" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1128" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:10">
       <x:c r="A1129" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1129" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1129" s="0">
         <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:10">
       <x:c r="A1130" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1130" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1130" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1130" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:10">
       <x:c r="A1131" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1131" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1131" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:10">
       <x:c r="A1132" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1132" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1132" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1132" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1132" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1132" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1132" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:10">
       <x:c r="A1133" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1133" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1133" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1133" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:10">
       <x:c r="A1134" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1134" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1134" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1134" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1134" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1134" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1134" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:10">
       <x:c r="A1135" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1135" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1135" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1135" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1135" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:10">
       <x:c r="A1136" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1136" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1136" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1136" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1136" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1136" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1136" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:10">
       <x:c r="A1137" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1137" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1137" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1137" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1137" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:10">
       <x:c r="A1138" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1138" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1138" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1138" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1138" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1138" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:10">
       <x:c r="A1139" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1139" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1139" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:10">
       <x:c r="A1140" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1140" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1140" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1140" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1140" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:10">
       <x:c r="A1141" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1141" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1141" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1141" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:10">
       <x:c r="A1142" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1142" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1142" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1142" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:10">
       <x:c r="A1143" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1143" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1143" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1143" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1143" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:10">
       <x:c r="A1144" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1144" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1144" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1144" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1144" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1144" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:10">
       <x:c r="A1145" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1145" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1145" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1145" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:10">
       <x:c r="A1146" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1146" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1146" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1146" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1146" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1146" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1146" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1146" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:10">
       <x:c r="A1147" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1147" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1147" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1147" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1147" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1147" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1147" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1147" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:10">
       <x:c r="A1148" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1148" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1148" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1148" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1148" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1148" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1148" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1148" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:10">
       <x:c r="A1149" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1149" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1149" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1149" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1149" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1149" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:10">
       <x:c r="A1150" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1150" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1150" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1150" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1150" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1150" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1150" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:10">
       <x:c r="A1151" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1151" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1151" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1151" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1151" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1151" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1151" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:10">
       <x:c r="A1152" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1152" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1152" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1152" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1152" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1152" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1152" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1152" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1152" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:10">
       <x:c r="A1153" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1153" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1153" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1153" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1153" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1153" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:10">
       <x:c r="A1154" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1154" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1154" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1154" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:10">
       <x:c r="A1155" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1155" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1155" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1155" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:10">
       <x:c r="A1156" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1156" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1156" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1156" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1156" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1156" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:10">
       <x:c r="A1157" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1157" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1157" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:10">
       <x:c r="A1158" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1158" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1158" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1158" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:10">
       <x:c r="A1159" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1159" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1159" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1159" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:10">
       <x:c r="A1160" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1160" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1160" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:10">
       <x:c r="A1161" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1161" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1161" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1161" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:10">
       <x:c r="A1162" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1162" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1162" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1162" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1162" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1162" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1162" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:10">
       <x:c r="A1163" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1163" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1163" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1163" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1163" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:10">
       <x:c r="A1164" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1164" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1164" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1164" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1164" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1164" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1164" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:10">
       <x:c r="A1165" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1165" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1165" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1165" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1165" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1165" s="0">
         <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:10">
       <x:c r="A1166" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1166" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1166" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:10">
       <x:c r="A1167" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1167" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1167" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:10">
       <x:c r="A1168" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1168" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1168" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1168" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1168" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1168" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:10">
       <x:c r="A1169" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1169" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1169" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1169" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:10">
       <x:c r="A1170" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1170" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1170" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1170" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1170" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1170" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1170" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:10">
       <x:c r="A1171" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1171" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1171" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:10">
       <x:c r="A1172" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1172" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1172" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1172" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1172" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:10">
       <x:c r="A1173" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1173" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1173" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1173" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1173" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1173" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:10">
       <x:c r="A1174" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1174" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1174" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1174" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1174" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:10">
       <x:c r="A1175" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1175" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1175" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1175" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1175" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1175" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1175" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:10">
       <x:c r="A1176" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1176" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1176" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1176" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1176" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1176" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1176" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1176" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1176" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:10">
       <x:c r="A1177" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1177" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1177" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1177" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1177" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1177" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1177" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:10">
       <x:c r="A1178" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1178" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1178" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1178" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1178" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:10">
       <x:c r="A1179" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1179" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1179" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1179" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1179" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:10">
       <x:c r="A1180" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1180" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1180" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1180" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1180" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1180" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1180" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:10">
       <x:c r="A1181" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1181" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1181" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1181" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1181" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:10">
       <x:c r="A1182" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1182" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1182" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1182" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1182" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1182" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1182" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1182" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1182" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:10">
       <x:c r="A1183" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1183" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1183" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1183" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1183" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1183" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1183" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1183" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:10">
       <x:c r="A1184" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1184" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1184" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1184" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1184" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1184" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1184" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1184" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1184" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:10">
       <x:c r="A1185" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1185" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1185" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1185" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1185" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1185" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1185" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:10">
       <x:c r="A1186" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1186" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1186" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1186" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1186" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1186" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1186" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1186" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:10">
       <x:c r="A1187" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1187" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1187" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1187" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1187" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1187" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:10">
       <x:c r="A1188" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1188" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1188" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1188" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1188" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1188" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1188" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1188" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1188" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:10">
       <x:c r="A1189" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1189" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1189" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1189" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1189" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1189" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1189" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:10">
       <x:c r="A1190" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1190" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1190" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1190" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1190" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1190" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:10">
       <x:c r="A1191" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1191" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1191" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1191" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1191" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1191" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:10">
       <x:c r="A1192" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1192" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1192" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1192" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1192" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1192" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1192" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1192" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:10">
       <x:c r="A1193" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1193" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1193" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1193" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:10">
       <x:c r="A1194" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1194" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1194" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1194" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1194" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:10">
       <x:c r="A1195" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1195" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1195" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1195" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1195" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1195" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1195" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:10">
       <x:c r="A1196" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1196" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1196" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1196" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1196" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1196" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1196" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1196" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1196" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:10">
       <x:c r="A1197" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1197" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1197" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1197" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1197" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1197" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:10">
       <x:c r="A1198" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1198" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1198" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1198" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1198" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1198" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1198" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:10">
       <x:c r="A1199" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1199" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1199" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1199" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1199" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1199" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1199" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:10">
       <x:c r="A1200" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1200" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1200" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1200" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1200" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1200" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1200" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1200" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1200" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:10">
       <x:c r="A1201" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1201" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1201" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1201" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1201" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1201" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1201" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1201" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:10">
       <x:c r="A1202" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1202" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1202" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1202" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1202" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:10">
       <x:c r="A1203" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1203" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1203" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1203" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1203" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:10">
       <x:c r="A1204" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1204" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1204" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1204" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1204" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1204" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1204" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:10">
       <x:c r="A1205" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1205" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1205" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1205" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1205" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1205" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1205" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:10">
       <x:c r="A1206" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1206" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1206" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1206" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1206" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1206" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1206" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1206" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1206" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:10">
       <x:c r="A1207" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1207" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1207" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1207" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1207" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1207" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1207" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:10">
       <x:c r="A1208" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1208" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1208" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1208" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1208" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1208" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1208" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1208" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1208" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:10">
       <x:c r="A1209" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1209" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1209" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1209" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1209" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1209" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1209" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1209" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:10">
       <x:c r="A1210" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1210" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1210" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1210" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1210" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1210" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1210" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1210" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:10">
       <x:c r="A1211" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1211" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1211" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1211" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1211" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1211" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1211" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:10">
       <x:c r="A1212" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1212" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1212" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1212" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1212" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1212" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1212" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1212" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1212" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:10">
       <x:c r="A1213" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1213" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1213" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1213" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1213" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1213" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1213" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1213" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:10">
       <x:c r="A1214" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1214" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1214" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1214" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1214" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:10">
       <x:c r="A1215" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1215" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1215" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1215" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1215" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:10">
       <x:c r="A1216" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1216" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1216" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1216" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1216" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1216" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1216" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:10">
       <x:c r="A1217" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1217" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1217" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1217" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1217" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1217" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1217" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:10">
       <x:c r="A1218" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1218" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1218" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1218" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1218" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1218" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1218" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:10">
       <x:c r="A1219" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1219" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1219" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1219" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1219" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1219" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1219" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:10">
       <x:c r="A1220" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1220" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1220" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1220" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1220" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1220" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1220" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1220" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1220" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:10">
       <x:c r="A1221" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1221" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1221" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1221" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1221" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1221" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1221" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:10">
       <x:c r="A1222" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1222" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1222" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1222" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1222" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1222" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1222" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1222" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:10">
       <x:c r="A1223" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1223" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1223" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1223" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1223" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1223" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1223" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:10">
       <x:c r="A1224" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1224" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1224" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1224" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1224" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1224" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1224" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1224" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1224" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:10">
       <x:c r="A1225" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1225" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1225" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1225" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1225" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1225" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1225" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1225" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1225" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:10">
       <x:c r="A1226" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1226" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1226" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1226" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1226" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1226" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:10">
       <x:c r="A1227" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1227" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1227" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1227" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1227" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:10">
       <x:c r="A1228" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1228" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1228" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1228" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1228" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1228" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1228" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1228" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:10">
       <x:c r="A1229" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1229" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1229" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1229" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1229" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1229" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1229" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:10">
       <x:c r="A1230" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1230" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1230" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1230" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1230" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1230" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1230" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1230" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1230" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:10">
       <x:c r="A1231" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1231" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1231" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1231" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1231" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1231" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1231" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1231" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1231" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:10">
       <x:c r="A1232" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1232" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1232" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1232" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1232" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1232" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1232" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1232" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1232" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:10">
       <x:c r="A1233" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1233" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1233" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1233" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1233" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1233" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1233" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1233" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1233" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:10">
       <x:c r="A1234" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1234" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1234" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1234" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1234" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1234" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1234" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:10">
       <x:c r="A1235" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1235" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1235" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1235" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1235" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1235" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1235" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:10">
       <x:c r="A1236" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1236" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1236" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1236" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1236" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1236" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1236" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1236" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1236" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1236" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:10">
       <x:c r="A1237" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1237" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1237" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1237" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1237" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1237" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1237" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1237" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1237" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1237" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:10">
       <x:c r="A1238" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1238" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1238" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1238" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1238" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1238" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1238" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:10">
       <x:c r="A1239" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1239" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1239" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1239" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1239" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:10">
       <x:c r="A1240" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1240" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1240" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1240" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1240" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1240" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1240" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1240" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1240" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:10">
       <x:c r="A1241" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1241" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1241" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1241" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1241" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1241" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:10">
       <x:c r="A1242" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1242" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1242" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1242" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1242" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1242" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1242" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1242" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1242" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:10">
       <x:c r="A1243" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1243" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1243" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1243" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1243" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1243" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1243" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:10">
       <x:c r="A1244" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1244" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1244" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1244" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1244" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1244" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1244" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1244" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1244" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:10">
       <x:c r="A1245" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1245" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1245" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1245" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1245" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1245" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1245" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1245" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1245" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:10">
       <x:c r="A1246" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1246" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1246" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1246" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1246" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1246" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1246" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1246" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1246" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:10">
       <x:c r="A1247" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1247" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1247" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1247" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1247" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1247" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1247" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1247" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:10">
       <x:c r="A1248" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1248" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1248" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1248" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1248" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1248" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1248" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1248" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1248" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:10">
       <x:c r="A1249" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1249" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1249" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1249" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1249" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1249" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1249" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1249" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1249" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1249" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:10">
       <x:c r="A1250" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1250" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1250" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1250" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1250" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1250" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1250" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:10">
       <x:c r="A1251" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1251" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1251" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1251" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1251" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1251" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1251" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:10">
       <x:c r="A1252" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1252" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1252" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1252" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1252" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1252" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1252" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1252" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1252" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:10">
       <x:c r="A1253" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1253" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1253" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1253" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1253" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1253" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1253" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:10">
       <x:c r="A1254" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1254" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1254" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1254" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1254" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1254" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1254" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1254" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:10">
       <x:c r="A1255" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1255" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1255" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1255" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1255" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1255" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1255" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:10">
       <x:c r="A1256" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1256" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1256" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1256" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1256" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1256" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1256" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1256" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:10">
       <x:c r="A1257" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1257" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1257" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1257" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1257" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1257" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1257" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1257" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1257" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:10">
       <x:c r="A1258" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1258" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1258" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1258" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1258" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1258" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1258" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I1258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1258" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:10">
       <x:c r="A1259" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1259" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1259" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1259" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1259" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1259" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:10">
       <x:c r="A1260" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1260" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1260" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1260" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1260" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1260" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1260" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1260" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1260" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1260" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:10">
       <x:c r="A1261" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B1261" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C1261" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1261" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1261" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1261" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1261" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1261" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1261" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1261" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -41949,51 +41762,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1261" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="LFH16C01"/>
         <x:s v="LFH16C02"/>
         <x:s v="LFH16C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Couples with Children"/>
         <x:s v="Lone parents"/>
         <x:s v="Total of all adult members of family units with children"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="35">
         <x:s v="20121"/>
         <x:s v="20122"/>
         <x:s v="20123"/>
         <x:s v="20124"/>
         <x:s v="20131"/>
         <x:s v="20132"/>
         <x:s v="20133"/>
@@ -42312,27 +42125,15148 @@
         <x:n v="13.4"/>
         <x:n v="13.1"/>
         <x:n v="13.2"/>
         <x:n v="19"/>
         <x:n v="13.5"/>
         <x:n v="15.9"/>
         <x:n v="16"/>
         <x:n v="15.5"/>
         <x:n v="12.8"/>
         <x:n v="17"/>
         <x:n v="16.5"/>
         <x:n v="11.5"/>
         <x:n v="8.6"/>
         <x:n v="6.1"/>
         <x:n v="8.2"/>
         <x:n v="2.1"/>
         <x:n v="14.6"/>
         <x:n v="14.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C01"/>
+    <s v="Couples with Children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LFH16C02"/>
+    <s v="Lone parents"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="131"/>
+    <s v="1 child"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="132"/>
+    <s v="2 children"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="133"/>
+    <s v="3 or more children"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="LFH16C03"/>
+    <s v="Total of all adult members of family units with children"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="134"/>
+    <s v="All children"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+</pivotCacheRecords>
 </file>