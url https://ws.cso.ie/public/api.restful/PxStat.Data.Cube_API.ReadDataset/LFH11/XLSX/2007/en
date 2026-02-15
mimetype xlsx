--- v0 (2025-11-15)
+++ v1 (2026-02-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6abf4f85b6cf423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09fc60c5de9147eaaeca0cf76daccb6b.psmdcp" Id="R59a1913de5de452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb587f98800784ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4ab2f1435dd40ae983418d6ee16c57f.psmdcp" Id="Ra9196d2030454ca4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LFH11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>All Family Units (Thousand)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/24/2021 11:00:00 AM</x:t>
+    <x:t>24/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LFH11/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSHFU</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey Households and Family Units</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Colin Hanley</x:t>
   </x:si>
@@ -601,483 +601,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01999V02434" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="ILO Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J421" totalsRowShown="0">
   <x:autoFilter ref="A1:J421"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C01999V02434"/>
     <x:tableColumn id="8" name="ILO Economic Status"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1348,51 +1059,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LFH11/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1579,51 +1290,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J421"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15085,51 +14796,51 @@
       <x:c r="G421" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J421" s="0">
         <x:v>516.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15146,51 +14857,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J421" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="LFH11"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="All Family Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="35">
         <x:s v="20121"/>
         <x:s v="20122"/>
         <x:s v="20123"/>
         <x:s v="20124"/>
         <x:s v="20131"/>
         <x:s v="20132"/>
         <x:s v="20133"/>
         <x:s v="20134"/>
         <x:s v="20141"/>
         <x:s v="20142"/>
         <x:s v="20143"/>
@@ -15686,27 +15397,5068 @@
         <x:n v="804.6"/>
         <x:n v="24.2"/>
         <x:n v="302.3"/>
         <x:n v="1282.2"/>
         <x:n v="719.4"/>
         <x:n v="21.2"/>
         <x:n v="541.6"/>
         <x:n v="2407"/>
         <x:n v="1531.9"/>
         <x:n v="72.1"/>
         <x:n v="803"/>
         <x:n v="1125.1"/>
         <x:n v="809.2"/>
         <x:n v="29.6"/>
         <x:n v="286.3"/>
         <x:n v="1282"/>
         <x:n v="722.7"/>
         <x:n v="516.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2319.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1329.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="197.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1087.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="700.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="109.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="276.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1232.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="628.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="516.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2314.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="186.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="795.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1088.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="705.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="277.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1225.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="626.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="80.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="518.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2331.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1339.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="189.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="802.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1097.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="714.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="279.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1234.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="624.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="522.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2327.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1346.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="177.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="803.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1093.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="716.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="279.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1233.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="629.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="80.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="523.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2325.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1349.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="181.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="794.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="720.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="277.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1231.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="629.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="516.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2319.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1362.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="175.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="781.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1090.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="727.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="272.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1228.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="635.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="509.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1369.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="161.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="780.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1089.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="732.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="273.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1222.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="637.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="507.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2319.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1396.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="148.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="774.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1094.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="747.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="270.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1224.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="649.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="503.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2319.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1384.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="151.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="783.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1093.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="741.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="275.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1225.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="643.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="508.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2310.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1388.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1095.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="747.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="272.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1215.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="641.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="509.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1395.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="136.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="785.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="753.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="275.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="641.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="510.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2335.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1421.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="125.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="788.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1109.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="767.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1226.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="513.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2330.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1418.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="125.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="786.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1102.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="760.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="272.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1228.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="658.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="513.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2336.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1436.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="122.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="777.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1107.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="774.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="269.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="661.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2357.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1456.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="114.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1113.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="783.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="270.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1243.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="672.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="516.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2343.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1467.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="773.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1109.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="784.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="269.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1234.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="683.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="503.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2358.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1469.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="785.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1112.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="784.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="53.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="275.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1246.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="685.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="510.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2347.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1464.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="780.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="781.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="269.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1245.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="682.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="510.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2349.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="794.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1101.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="782.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1248.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="682.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="517.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2369.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1488.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="800.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1111.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="794.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="280.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1258.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="694.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="520.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2372.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1489.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="798.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1111.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="790.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="279.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1261.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="698.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2379.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1500.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="807.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1115.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="796.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="282.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1264.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="704.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="524.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2369.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1516.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1114.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="801.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="275.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1255.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="500.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2380.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1535.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="772.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="806.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="271.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1266.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="728.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="500.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2377.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1540.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="769.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1117.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="816.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="270.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1260.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="724.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="499.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2388.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1552.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="770.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1125.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="274.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1263.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="730.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="496.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2376.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1525.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1117.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="807.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="284.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1258.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="717.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="503.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2412.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1577.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="773.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1139.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="834.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="278.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1273.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="743.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="494.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2413.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="780.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1134.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="830.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="279.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1278.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="750.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="500.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2393.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1547.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="791.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1118.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="817.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="277.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1274.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="730.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="513.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2424.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1581.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="788.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="833.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="278.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1285.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="747.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="510.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2430.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1603.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="776.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1138.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="842.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="272.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1291.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="760.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="504.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2437.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1599.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="784.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1145.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="844.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="277.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1291.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="755.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="507.5"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2413.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1523.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="843.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="804.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="302.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1282.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="719.4"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="541.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="1531.9"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1125.1"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="809.2"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="286.3"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="Thousand"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="Thousand"/>
+    <n v="722.7"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="Thousand"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="LFH11"/>
+    <s v="All Family Units"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="Thousand"/>
+    <n v="516.7"/>
+  </r>
+</pivotCacheRecords>
 </file>