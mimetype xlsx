--- v0 (2025-11-05)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1285246af57b4c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7424636b8a154199a2fc311f90ed8072.psmdcp" Id="R4b7de108cb6c4d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b5b465f310e4fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1cb73d8c3b054f92b3127b2876c5608a.psmdcp" Id="R94ae122be1ac40cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>LFH04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Number of households with or without person aged less than 18</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/24/2021 11:00:00 AM</x:t>
+    <x:t>24/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LFH04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSHFU</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey Households and Family Units</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Colin Hanley</x:t>
   </x:si>
@@ -643,523 +643,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...471 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V04140" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1261" totalsRowShown="0">
   <x:autoFilter ref="A1:H1261"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02196V04140"/>
     <x:tableColumn id="6" name="Region"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1428,51 +1103,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/LFH04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1659,51 +1334,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1261"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -34477,51 +34152,51 @@
       <x:c r="E1261" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F1261" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G1261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1261" s="0">
         <x:v>111.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34538,51 +34213,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1261" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="LFH04C01"/>
         <x:s v="LFH04C02"/>
         <x:s v="LFH04C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Household without person aged less than 18"/>
         <x:s v="Household with person aged less than 18"/>
         <x:s v="All households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="35">
         <x:s v="20121"/>
         <x:s v="20122"/>
         <x:s v="20123"/>
         <x:s v="20124"/>
         <x:s v="20131"/>
         <x:s v="20132"/>
         <x:s v="20133"/>
@@ -35684,27 +35359,12628 @@
         <x:n v="192.9"/>
         <x:n v="175.8"/>
         <x:n v="279.7"/>
         <x:n v="948.4"/>
         <x:n v="573.8"/>
         <x:n v="263.2"/>
         <x:n v="1902.8"/>
         <x:n v="336.6"/>
         <x:n v="151.9"/>
         <x:n v="184.6"/>
         <x:n v="639.1"/>
         <x:n v="189.9"/>
         <x:n v="172.1"/>
         <x:n v="277.1"/>
         <x:n v="927.1"/>
         <x:n v="557.9"/>
         <x:n v="257.6"/>
         <x:n v="111.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1041.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="356.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="112.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="154.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="482.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="285.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="135.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1038.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="201.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="356.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="111.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="480.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="288.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1044.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="202.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="361.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="112.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="157.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="288.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="128.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="203.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="361.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="111.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="156.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="488.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="297.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1053.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="202.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="364.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="155.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="299.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="123.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1062.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="202.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="367.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="108.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="160.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="492.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="303.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="126.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1072.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="201.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="368.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="109.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="161.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="502.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="309.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="129.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1073.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="202.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="93.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="159.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="505.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="128.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1076.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="200.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="111.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="159.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="508.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="317.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="129.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1073.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="199.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="365.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="159.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="508.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="315.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="131.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1079.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="200.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="368.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="161.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="510.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="317.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="132.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1081.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="198.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="369.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="161.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="513.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="319.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="132.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1084.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="194.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="164.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="518.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="320.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="132.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1078.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="190.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="373.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="162.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="514.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="317.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="131.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1097.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="195.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="370.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="110.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="328.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="135.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1109.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="196.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="377.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="165.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="535.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="329.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1110.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="199.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="378.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="166.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="329.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1127.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="206.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="111.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="376.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="162.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="544.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="337.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="138.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="160.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="340.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="135.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1116.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="212.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="112.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="375.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="117.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="527.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="331.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="131.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1116.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="210.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="376.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="119.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="159.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="529.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="330.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="133.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="210.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="380.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="162.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="535.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="331.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1166.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="216.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="387.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="118.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="167.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="562.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="142.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1183.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="217.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="115.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="398.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="119.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="173.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="567.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="354.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1185.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="220.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="117.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="403.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="121.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="175.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="561.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="349.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="142.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1202.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="118.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="400.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="120.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="174.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="144.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1197.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="221.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="402.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="124.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="175.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="357.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="146.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1207.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="223.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="404.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="127.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="174.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="579.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="362.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="146.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1226.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="123.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="415.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="127.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="108.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="179.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="581.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="361.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="150.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1246.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="231.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="123.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="421.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="130.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="111.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="180.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="593.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="368.5"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1239.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="231.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="125.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="417.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="128.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="178.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="591.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="362.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="157.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1232.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="227.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="124.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="415.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="130.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="176.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="589.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="156.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="225.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="124.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="416.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="128.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="181.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="600.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="373.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="154.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1277.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="225.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="435.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="187.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="389.7"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="158.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1251.3"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="223.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="425.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="130.6"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="182.4"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="602.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="374.2"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="158.1"/>
+  </r>
+  <r>
+    <s v="LFH04C01"/>
+    <s v="Household without person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="633.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="215.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="305.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="636.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="112.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="215.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="307.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="164.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="642.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="114.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="216.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="311.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="168.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="641.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="216.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="310.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="166.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="641.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="113.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="216.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="311.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="165.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="638.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="113.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="215.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="309.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="637.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="215.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="310.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="165.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="633.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="110.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="213.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="309.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="163.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="631.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="212.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="308.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="162.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="629.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="110.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="307.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="162.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="629.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="109.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="209.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="310.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="164.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="43.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="633.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="111.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="210.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="311.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="166.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="43.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="632.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="114.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="211.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="307.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="165.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="209.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="309.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="632.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="114.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="212.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="305.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="166.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="633.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="307.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="165.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="633.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="114.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="309.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="163.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="626.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="209.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="306.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="163.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="629.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="210.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="310.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="164.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="636.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="211.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="315.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="167.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="634.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="209.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="316.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="169.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="637.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="111.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="210.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="315.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="169.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="646.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="109.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="215.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="172.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="44.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="646.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="216.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="173.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="644.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="212.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="323.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="178.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="213.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="321.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="175.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="212.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="319.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="174.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="650.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="215.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="323.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="176.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="641.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="208.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="321.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="177.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="655.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="211.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="329.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="182.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="654.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="212.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="328.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="661.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="217.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="329.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="181.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="652.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="321.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="659.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="213.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="331.4"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="184.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="651.5"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="324.9"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="183.7"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="LFH04C02"/>
+    <s v="Household with person aged less than 18"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="151.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="163.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="571.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="149.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="245.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="788.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="452.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="233.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1674.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="314.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="572.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="247.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="787.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="453.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="230.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1686.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="317.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="151.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="166.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="577.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="177.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="151.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="248.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="791.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="457.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="228.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1694.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="317.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="149.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="578.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="176.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="153.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="247.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="798.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="463.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1694.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="315.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="165.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="580.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="175.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="155.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="248.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="798.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="464.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="226.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1701.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="315.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="166.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="583.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="174.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="252.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="802.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="467.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="229.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1709.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="313.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="164.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="583.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="175.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="154.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="253.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="812.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="474.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="231.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1706.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="312.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="147.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="164.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="579.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="174.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="153.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="814.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="476.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="231.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1708.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="311.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="145.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="165.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="580.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="174.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="153.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="251.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="480.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="104.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1703.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="145.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="164.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="577.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="174.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="151.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="251.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="815.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="477.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="233.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1708.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="309.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="145.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="163.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="578.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="174.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="151.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="251.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="482.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="234.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1715.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="309.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="146.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="163.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="579.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="173.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="153.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="252.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="825.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="486.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="233.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1717.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="308.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="144.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="163.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="583.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="172.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="156.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="254.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="825.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="232.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1712.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="305.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="142.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="162.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="582.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="157.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="251.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="824.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="485.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="232.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1730.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="309.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="145.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="583.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="174.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="157.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="250.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="837.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="494.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="235.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1743.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="311.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="146.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="589.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="176.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="158.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="254.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="842.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="495.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="237.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1744.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="314.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="147.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="166.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="588.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="175.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="157.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="255.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="842.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="493.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="239.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1753.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="317.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="147.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="169.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="585.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="174.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="158.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="252.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="850.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="501.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="239.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="110.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1754.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="315.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="166.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="586.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="251.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="852.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="505.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="238.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1752.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="322.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="152.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="170.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="587.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="179.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="157.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="249.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="843.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="499.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="235.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1751.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="319.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="152.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="167.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="585.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="180.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="249.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="846.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="237.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1764.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="321.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="153.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="168.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="591.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="182.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="158.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="851.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="500.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="240.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="109.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1813.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="326.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="153.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="172.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="603.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="180.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="160.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="883.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="526.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="246.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1830.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="328.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="172.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="614.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="182.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="165.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="266.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="886.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="528.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="246.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1829.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="328.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="153.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="175.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="615.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="165.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="265.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="885.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="527.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="245.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1846.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="331.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="155.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="176.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="613.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="182.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="162.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="268.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="900.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="538.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1843.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="334.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="158.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="176.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="614.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="187.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="160.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="266.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="893.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="532.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="249.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1857.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="334.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="155.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="179.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="619.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="189.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="162.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="267.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="903.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="539.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1867.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="340.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="158.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="623.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="188.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="166.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="268.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="903.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="538.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="252.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="112.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1902.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="346.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="161.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="184.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="191.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="169.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="923.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="550.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="259.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="113.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1893.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="344.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="159.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="185.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="629.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="189.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="169.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="270.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="919.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="542.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1893.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="342.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="159.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="182.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="632.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="190.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="169.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="271.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="918.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="544.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="260.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1895.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="341.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="157.3"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="184.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="168.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="275.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="921.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="550.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="257.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1936.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="339.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="158.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="180.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="648.5"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="192.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="175.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="279.7"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="948.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="573.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="263.2"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="111.4"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1902.8"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="Number"/>
+    <n v="336.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE041"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="151.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE042"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="184.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="Number"/>
+    <n v="639.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE051"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="189.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE052"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="172.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE053"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="277.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="Number"/>
+    <n v="927.1"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE061"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="557.9"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE062"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="257.6"/>
+  </r>
+  <r>
+    <s v="LFH04C03"/>
+    <s v="All households"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="IE063"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="111.5"/>
+  </r>
+</pivotCacheRecords>
 </file>