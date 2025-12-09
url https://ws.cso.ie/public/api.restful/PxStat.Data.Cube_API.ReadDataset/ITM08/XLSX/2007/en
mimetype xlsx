--- v0 (2025-10-19)
+++ v1 (2025-12-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa9dc392cb44939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54aaadb0c6c743e6815a171a7ba7ab54.psmdcp" Id="Rcb08588d8307417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f5ed5710e24247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67dc7586ea8146e5aa6e9e380dfb310e.psmdcp" Id="R52ff63e1aa7e48a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ITM08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly nights spent at tourist accommodation establishments</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>1/24/2025 11:00:00 AM</x:t>
+    <x:t>24/01/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Methodology(https://www.cso.ie/en/methods/tourismandtravel/householdtravelsurvey/)&lt;br&gt;Figures presented in this table come from different sources. Since 2020, the data in respect of nights spent by Irish residents are sourced from the CSO Household Travel Survey while the data in respect of nights spent by non-residents (i.e. foreign visitors) have been estimated or modelled using a combination of passenger surveys and administrative data. Users should be aware of the usual accuracy limitations of modelled estimates when using the data.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ITM08/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HTSQ</x:t>
   </x:si>
   <x:si>
     <x:t>Household Travel Survey - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -1156,1203 +1156,368 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1151 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="132">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="132">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03880V04631" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="NUTS 3 Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H265" totalsRowShown="0">
   <x:autoFilter ref="A1:H265"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C03880V04631"/>
     <x:tableColumn id="6" name="NUTS 3 Region"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2621,51 +1786,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ITM08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2854,51 +2019,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="6" width="16.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="21.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -9775,51 +8940,51 @@
       <x:c r="E265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>1082407</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9836,51 +9001,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="ITM08C01"/>
         <x:s v="ITM08C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Irish Resident"/>
         <x:s v="Non-Irish Resident"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
       <x:sharedItems count="132">
         <x:s v="201201"/>
         <x:s v="201202"/>
         <x:s v="201203"/>
         <x:s v="201204"/>
         <x:s v="201205"/>
         <x:s v="201206"/>
         <x:s v="201207"/>
         <x:s v="201208"/>
         <x:s v="201209"/>
@@ -10407,27 +9572,2668 @@
         <x:n v="424810"/>
         <x:n v="712879"/>
         <x:n v="627241"/>
         <x:n v="838315"/>
         <x:n v="675058"/>
         <x:n v="1314034"/>
         <x:n v="609352"/>
         <x:n v="733325"/>
         <x:n v="975139"/>
         <x:n v="1381774"/>
         <x:n v="1990619"/>
         <x:n v="1919796"/>
         <x:n v="2146056"/>
         <x:n v="1919304"/>
         <x:n v="1478751"/>
         <x:n v="1367857"/>
         <x:n v="870448"/>
         <x:n v="1082407"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="806849"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="957798"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1180245"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1282596"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1338550"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1536567"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1729441"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1910474"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1405849"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1256865"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1096259"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="910264"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="860431"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1012570"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1257193"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1112840"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1261789"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1466851"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1746124"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2029588"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1459656"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1401961"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1065440"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="916935"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="936737"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="932525"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1070948"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1236529"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1348326"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1626162"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2170656"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2445593"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1587524"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1584209"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1587524"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1126461"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="879556"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="901637"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1047261"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1208532.35"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1383110.35"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1474327"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1950903.47"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1966928"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1139429"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1263419"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1271829"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1080724"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="908223"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1005906.128"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1167807"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1131404"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1046614"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1425606"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1631090"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1681309"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1079331"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1048072"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="996599"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1119873"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="756091"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1017728"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1200291"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1613502"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1353878"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1451510"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1797394"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1818851"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1182386"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1332010"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1289190"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1204522"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="911797"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="943995"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1094384"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1249446"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1453130"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1673977"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1709730"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2120056"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1658176"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1446855"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1189036"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1172147"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1156569"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1063283"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1338590"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1472358"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1284592"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1763155"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1827659"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1963413"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1421685"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1219773"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1167278"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="859818"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="688000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="851000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="710000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2349000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="4630000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1339000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="398000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="196000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="463000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="145000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="81000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="76000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="54000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="28000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1084000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2726000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2778000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="972000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="900000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="413000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="439000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="556000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="998000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="899000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1622000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1029000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1947000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="3613000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="3407000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1405000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="953000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1138000"/>
+  </r>
+  <r>
+    <s v="ITM08C01"/>
+    <s v="Irish Resident"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="889000"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="333708"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="424743"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="716280"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="851229"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1074729"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1262767"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1497174"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1648363"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1169109"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="781881"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="588928"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="438515"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="337503"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="420974"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="716401"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="928171"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1181952"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1290766"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1510843"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1822533"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1248854"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="945759"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="580947"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="430834"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="407663"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="414028"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="649195"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="836039"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1181444"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1300714"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1663727"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1730458"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1280571"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="979494"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1280571"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="417924"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="419486"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="553910"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="814491"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1048164.65"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1363808.65"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1464187"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1657726.978"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1858645"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1581296"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1300059"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="601545"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="567861"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="477653"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="559806.1107"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1072017"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1349728"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1952953"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1763445"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2051334"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2227829"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1959151"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1487105"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="969092"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="686468"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="743532"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="726729"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1145978"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1322318"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1782168"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2039181"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2293883"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2399102"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2332957"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1387030"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="999065"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="745257"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="745011"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="920276"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1226439"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1298202"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1736760"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1771029"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1997126"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2149351"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1716909"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1423598"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="974654"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="800100"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="585735"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="749022"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1307309"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1705631"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2208269"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2008626"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2476394"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2494088"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1987552"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1682763"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1103335"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1102139"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1364495"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1173056"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="571687"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="14206"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="35398"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="73849"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="248141"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="313328"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="189376"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="147123"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="76886"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="308709"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="129137"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="64024"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="60953"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="69068"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="117980"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="200952"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="424810"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="712879"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="627241"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="838315"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="675058"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1314034"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="609352"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="733325"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="975139"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1381774"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1990619"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1919796"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="2146056"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1919304"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1478751"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1367857"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="870448"/>
+  </r>
+  <r>
+    <s v="ITM08C02"/>
+    <s v="Non-Irish Resident"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number of nights spent"/>
+    <n v="1082407"/>
+  </r>
+</pivotCacheRecords>
 </file>