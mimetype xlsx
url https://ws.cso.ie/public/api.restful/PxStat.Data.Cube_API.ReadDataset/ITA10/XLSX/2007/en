--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fafb357170a4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/def924d89d494f4bada089933877d129.psmdcp" Id="Rb4f302edb9c94943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2acda8bffe574e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc5a3710dd654a67aa5aa6d903a82ed2.psmdcp" Id="R6fd4e573d78a4482" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ITA10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Overnight foreign resident visitors</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/28/2025 11:00:00 AM</x:t>
+    <x:t>28/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ITA10/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ITA</x:t>
   </x:si>
   <x:si>
     <x:t>Inbound Tourism</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -454,283 +454,144 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02118V02559" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Reason for Journey" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02164V02610" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Main Accommodation Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J301" totalsRowShown="0">
   <x:autoFilter ref="A1:J301"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02118V02559"/>
     <x:tableColumn id="6" name="Reason for Journey"/>
     <x:tableColumn id="7" name="C02164V02610"/>
     <x:tableColumn id="8" name="Main Accommodation Type"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1001,51 +862,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ITA10/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1232,51 +1093,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J301"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="41.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10898,51 +10759,51 @@
       <x:c r="G301" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J301" s="0">
         <x:v>2856</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10959,51 +10820,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J301" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="ITA10C01"/>
         <x:s v="ITA10C02"/>
         <x:s v="ITA10C03"/>
         <x:s v="ITA10C04"/>
         <x:s v="ITA10C05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="5">
         <x:s v="Visitors"/>
         <x:s v="Nights"/>
         <x:s v="Average length of stay"/>
         <x:s v="Expenditure"/>
         <x:s v="Mean Expenditure"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
@@ -11328,27 +11189,3628 @@
         <x:n v="2368"/>
         <x:n v="1523"/>
         <x:n v="1699"/>
         <x:n v="1763"/>
         <x:n v="997"/>
         <x:n v="1385"/>
         <x:n v="1136"/>
         <x:n v="788"/>
         <x:n v="1254"/>
         <x:n v="717"/>
         <x:n v="1367"/>
         <x:n v="1012"/>
         <x:n v="1695"/>
         <x:n v="1296"/>
         <x:n v="1150"/>
         <x:n v="932"/>
         <x:n v="2685"/>
         <x:n v="2856"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="6257.3"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="275.9"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="2635.5"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="309.2"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="381.7"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="918.6"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="2538.6"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="1535.2"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="206.9"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="384.3"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="210.4"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="201.7"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="2296.3"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="186.5"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="2025.3"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="503.9"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="172.3"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="150.7"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="129.7"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="6591.6"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="2909.1"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="2562.4"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="332.9"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="451.2"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="991.7"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="869.4"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="2808.7"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="1653.1"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="252.7"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="424.7"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="226.4"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="251.8"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="2199.9"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="190.8"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="591.2"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="195.9"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="176.2"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="ITA10C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="154.8"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="51121.5"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="12605.8"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="2137.7"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="24073.1"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="3934.8"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="8370.1"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="5799.7"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="2475.2"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="1038.2"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="746.4"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="17203.8"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="8420.3"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="1669.1"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="3845.1"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="1519.5"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="1749.8"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="18937"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="904.1"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="197.9"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="17393.3"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="294.1"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="147.6"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="9180.9"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="806.2"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="1796.5"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="748.3"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="5726.3"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="49142.3"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="13579"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="2402.2"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="21932.9"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="3993.9"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="7234.4"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="5138"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="2872.6"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="150.8"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="570.3"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="1024.8"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="519.5"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="18576.2"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="8964.4"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="1882.6"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="4243.4"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="1536.8"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="17270.5"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="911.5"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="269.9"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="15682.9"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="312.8"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="8157.6"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="830.5"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="1436.3"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="1119.4"/>
+  </r>
+  <r>
+    <s v="ITA10C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="4672.5"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="ITA10C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="7327.7"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="3703.1"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="383.9"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="1893.3"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="549.1"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="798.3"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="3649.9"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="299.9"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="344.3"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="276.4"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="230.3"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="1656.3"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="228.9"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="955.5"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="233.2"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="154.6"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="472.2"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="8201.9"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="4236.9"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="552.1"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="2008.5"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="592.6"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="811.7"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="1189.9"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="935.4"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="111.3"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="4276.9"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="2808.4"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="445.6"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="423.4"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="313.6"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="285.9"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="239.2"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="1373.7"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="1002.1"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="253.8"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="164.2"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="ITA10C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="4673"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="ITA10C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="2856"/>
+  </r>
+</pivotCacheRecords>
 </file>