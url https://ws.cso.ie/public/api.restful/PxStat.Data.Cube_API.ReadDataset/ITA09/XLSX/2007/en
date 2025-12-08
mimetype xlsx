--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0943cd7f62f34602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e45cabf1678f4b01b1df321ea4ae9dd2.psmdcp" Id="R1f8d7939df344a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe947339e52840d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc16f3209e5242e99e972fcdb3d0c6f2.psmdcp" Id="Re44c17e186cb4da8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ITA09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Overnight foreign resident visitors</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/28/2025 11:00:00 AM</x:t>
+    <x:t>28/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>20 June 2024 - Data for Other residencies categories has been corrected due to an error.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ITA09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ITA</x:t>
   </x:si>
   <x:si>
     <x:t>Inbound Tourism</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -457,283 +457,144 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04189V04961" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Residency" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02164V02610" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Main Accommodation Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J301" totalsRowShown="0">
   <x:autoFilter ref="A1:J301"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C04189V04961"/>
     <x:tableColumn id="6" name="Residency"/>
     <x:tableColumn id="7" name="C02164V02610"/>
     <x:tableColumn id="8" name="Main Accommodation Type"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1004,51 +865,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ITA09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1237,51 +1098,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J301"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="41.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -10903,51 +10764,51 @@
       <x:c r="G301" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J301" s="0">
         <x:v>2647</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10964,51 +10825,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J301" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="ITA09C01"/>
         <x:s v="ITA09C02"/>
         <x:s v="ITA09C03"/>
         <x:s v="ITA09C04"/>
         <x:s v="ITA09C05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="5">
         <x:s v="Visitors"/>
         <x:s v="Nights"/>
         <x:s v="Average length of stay"/>
         <x:s v="Expenditure"/>
         <x:s v="Mean Expenditure"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
@@ -11326,27 +11187,3628 @@
         <x:n v="1087"/>
         <x:n v="1142"/>
         <x:n v="1558"/>
         <x:n v="650"/>
         <x:n v="1601"/>
         <x:n v="1725"/>
         <x:n v="2251"/>
         <x:n v="2482"/>
         <x:n v="2478"/>
         <x:n v="1495"/>
         <x:n v="2380"/>
         <x:n v="2430"/>
         <x:n v="2111"/>
         <x:n v="1833"/>
         <x:n v="1761"/>
         <x:n v="2056"/>
         <x:n v="4647"/>
         <x:n v="2647"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="6257.3"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="275.9"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="2635.5"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="309.2"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="381.7"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="2371.4"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="888.9"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="1263.7"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="857.2"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="133.2"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="888.4"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="133.6"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="227.6"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="1303.7"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="813.2"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="294.4"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="342.1"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="189.1"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="6591.6"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="2909.1"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="2562.4"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="332.9"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="451.2"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="2439.8"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="979.8"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="1213.9"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="2348.3"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="950.5"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="153.9"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="838.1"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="136.6"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="269.3"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="1438.5"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="850.4"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="322.2"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="364.9"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="128.5"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="188.2"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="ITA09C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="51121.5"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="12605.8"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="2137.7"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="24073.1"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="3934.8"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="8370.1"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="12407.8"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="2718.7"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="369.6"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="8099.9"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="571.2"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="648.4"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="21104.8"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="3767"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="1194.3"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="8587.1"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="2073.6"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="5482.7"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="11209.9"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="484.6"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="3247.5"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="874.2"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="1166.6"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="6399"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="683.1"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="89.2"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="4138.6"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="415.8"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="1072.3"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="49142.3"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="13579"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="2402.2"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="21932.9"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="3993.9"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="7234.4"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="11818.3"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="2943.1"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="420.6"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="7329.8"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="633.4"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="491.4"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="18747.3"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="4211.4"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="1168.5"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="7139.5"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="1689.5"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="4538.4"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="12519.6"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="5642.3"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="742.5"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="3494.7"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="1079.7"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="1560.5"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Thousand"/>
+    <n v="6057.1"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Thousand"/>
+    <n v="782.2"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Thousand"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Thousand"/>
+    <n v="3968.9"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Thousand"/>
+    <n v="591.3"/>
+  </r>
+  <r>
+    <s v="ITA09C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Thousand"/>
+    <n v="644.1"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="Nights"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="Nights"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="Nights"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="Nights"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="ITA09C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="Nights"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="7327.7"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="3703.1"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="383.9"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="1893.3"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="549.1"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="798.3"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="1496.6"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="701.7"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="589.2"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="2352.4"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="909.4"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="181.2"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="556.7"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="229.2"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="475.9"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="2779.1"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="1902.1"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="122.7"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="419.8"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="145.4"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="699.6"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="3703.1"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="383.9"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="1893.3"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="549.1"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="798.3"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="8201.9"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="4236.9"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="552.1"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="2008.5"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="592.6"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="811.7"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="594.8"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="2553.5"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="1085.8"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="239.7"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="544.9"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="218.6"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="464.5"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="3238.2"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="2110.6"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="481.8"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="215.3"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="217.5"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€million"/>
+    <n v="770.2"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€million"/>
+    <n v="235.6"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€million"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€million"/>
+    <n v="386.9"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€million"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="ITA09C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€million"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain (England, Scotland &amp; Wales)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR3"/>
+    <s v="Other Europe (3)"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="USA &amp; Canada"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="€"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="€"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp; breakfast"/>
+    <s v="€"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="30"/>
+    <s v="Friends/relatives/own property"/>
+    <s v="€"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="94"/>
+    <s v="Self catering/rented house"/>
+    <s v="€"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="ITA09C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHR1"/>
+    <s v="Other Residencies"/>
+    <s v="225"/>
+    <s v="Other private tourism accommodation n.e.c."/>
+    <s v="€"/>
+    <n v="2647"/>
+  </r>
+</pivotCacheRecords>
 </file>