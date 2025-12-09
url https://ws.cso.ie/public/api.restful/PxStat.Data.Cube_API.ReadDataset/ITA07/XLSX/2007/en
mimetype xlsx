--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9c213dc4ba4267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d68f1fb870c847f994af6895a98530f2.psmdcp" Id="R030292a891dd4a93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a87435997514b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad6f1a70edad4dc1ad76d96f4cc30ef3.psmdcp" Id="R446d665e530d42fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ITA07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Overnight foreign resident visitor numbers</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/28/2025 11:00:00 AM</x:t>
+    <x:t>28/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ITA07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ITA</x:t>
   </x:si>
   <x:si>
     <x:t>Inbound Tourism</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -637,515 +637,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...463 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04297V05074" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="42">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+      </items>
+    </pivotField>
+    <pivotField name="Residency" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="42">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H421" totalsRowShown="0">
   <x:autoFilter ref="A1:H421"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C04297V05074"/>
     <x:tableColumn id="6" name="Residency"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1414,51 +1095,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ITA07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1645,51 +1326,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H421"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="35.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -12623,51 +12304,51 @@
       <x:c r="E421" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H421" s="0">
         <x:v>1941</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12684,51 +12365,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H421" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="ITA07C01"/>
         <x:s v="ITA07C02"/>
         <x:s v="ITA07C03"/>
         <x:s v="ITA07C04"/>
         <x:s v="ITA07C05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="5">
         <x:s v="Visitors"/>
         <x:s v="Nights"/>
         <x:s v="Average length of stay"/>
         <x:s v="Expenditure"/>
         <x:s v="Mean Expenditure"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
@@ -13208,27 +12889,4228 @@
         <x:n v="1341"/>
         <x:n v="1170"/>
         <x:n v="1411"/>
         <x:n v="1323"/>
         <x:n v="2238"/>
         <x:n v="2002"/>
         <x:n v="2224"/>
         <x:n v="2255"/>
         <x:n v="1825"/>
         <x:n v="2349"/>
         <x:n v="2768"/>
         <x:n v="1914"/>
         <x:n v="2131"/>
         <x:n v="2207"/>
         <x:n v="2464"/>
         <x:n v="2274"/>
         <x:n v="1989"/>
         <x:n v="1941"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All foreign resident overnight visitors"/>
+    <s v="Thousand"/>
+    <n v="6257.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EURXIE1"/>
+    <s v="Europe excl Ireland"/>
+    <s v="Thousand"/>
+    <n v="4611.4"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2371.4"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EU27XIE"/>
+    <s v="EU27 excl Ireland 2020"/>
+    <s v="Thousand"/>
+    <n v="2098.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="77.1"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Thousand"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Thousand"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Thousand"/>
+    <n v="44.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Thousand"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="383.7"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="446.4"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Thousand"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Thousand"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="169.7"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="113.9"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="274.7"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Thousand"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTEU271"/>
+    <s v="Other EU27 (2020)"/>
+    <s v="Thousand"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SEC1"/>
+    <s v="Selected European Countries (Non EU)"/>
+    <s v="Thousand"/>
+    <n v="141.7"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Thousand"/>
+    <n v="76.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR4"/>
+    <s v="Other Europe"/>
+    <s v="Thousand"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AM2"/>
+    <s v="America"/>
+    <s v="Thousand"/>
+    <n v="1376.7"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="Thousand"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="Thousand"/>
+    <n v="160.4"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="US"/>
+    <s v="United States of America (the)"/>
+    <s v="Thousand"/>
+    <n v="1143.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAM3"/>
+    <s v="Other America"/>
+    <s v="Thousand"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AFR2"/>
+    <s v="Africa"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="Thousand"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAF4"/>
+    <s v="Other Africa"/>
+    <s v="Thousand"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ASOC1"/>
+    <s v="Asia &amp; Oceania"/>
+    <s v="Thousand"/>
+    <n v="238.1"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="Thousand"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="Thousand"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="Thousand"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAS2"/>
+    <s v="Other Asia"/>
+    <s v="Thousand"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All foreign resident overnight visitors"/>
+    <s v="Thousand"/>
+    <n v="6591.6"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EURXIE1"/>
+    <s v="Europe excl Ireland"/>
+    <s v="Thousand"/>
+    <n v="4788.1"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2439.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EU27XIE"/>
+    <s v="EU27 excl Ireland 2020"/>
+    <s v="Thousand"/>
+    <n v="2181.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Thousand"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Thousand"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Thousand"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Thousand"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="391.6"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="462.6"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Thousand"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="247.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Thousand"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Thousand"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="222.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="243.6"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Thousand"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTEU271"/>
+    <s v="Other EU27 (2020)"/>
+    <s v="Thousand"/>
+    <n v="47.9"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SEC1"/>
+    <s v="Selected European Countries (Non EU)"/>
+    <s v="Thousand"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Thousand"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Thousand"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR4"/>
+    <s v="Other Europe"/>
+    <s v="Thousand"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AM2"/>
+    <s v="America"/>
+    <s v="Thousand"/>
+    <n v="1495.5"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="Thousand"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="Thousand"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="US"/>
+    <s v="United States of America (the)"/>
+    <s v="Thousand"/>
+    <n v="1240.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAM3"/>
+    <s v="Other America"/>
+    <s v="Thousand"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AFR2"/>
+    <s v="Africa"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAF4"/>
+    <s v="Other Africa"/>
+    <s v="Thousand"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ASOC1"/>
+    <s v="Asia &amp; Oceania"/>
+    <s v="Thousand"/>
+    <n v="280.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="Thousand"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="Thousand"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="Thousand"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="ITA07C01"/>
+    <s v="Visitors"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAS2"/>
+    <s v="Other Asia"/>
+    <s v="Thousand"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All foreign resident overnight visitors"/>
+    <s v="Thousand"/>
+    <n v="51121.5"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EURXIE1"/>
+    <s v="Europe excl Ireland"/>
+    <s v="Thousand"/>
+    <n v="33512.5"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="12407.8"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EU27XIE"/>
+    <s v="EU27 excl Ireland 2020"/>
+    <s v="Thousand"/>
+    <n v="19766.3"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="334.1"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="516.8"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Thousand"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Thousand"/>
+    <n v="225.3"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Thousand"/>
+    <n v="204.3"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Thousand"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="3729.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="3800.7"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Thousand"/>
+    <n v="122.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Thousand"/>
+    <n v="176.7"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2005.4"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Thousand"/>
+    <n v="444.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Thousand"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="996.8"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="1261.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="531.8"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Thousand"/>
+    <n v="758.3"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="3366.4"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Thousand"/>
+    <n v="305.4"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTEU271"/>
+    <s v="Other EU27 (2020)"/>
+    <s v="Thousand"/>
+    <n v="699.5"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SEC1"/>
+    <s v="Selected European Countries (Non EU)"/>
+    <s v="Thousand"/>
+    <n v="1338.4"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Thousand"/>
+    <n v="172.1"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Thousand"/>
+    <n v="536.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR4"/>
+    <s v="Other Europe"/>
+    <s v="Thousand"/>
+    <n v="630.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AM2"/>
+    <s v="America"/>
+    <s v="Thousand"/>
+    <n v="12354.7"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="Thousand"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="Thousand"/>
+    <n v="1561.5"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="US"/>
+    <s v="United States of America (the)"/>
+    <s v="Thousand"/>
+    <n v="9648.4"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAM3"/>
+    <s v="Other America"/>
+    <s v="Thousand"/>
+    <n v="447.8"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AFR2"/>
+    <s v="Africa"/>
+    <s v="Thousand"/>
+    <n v="744.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="Thousand"/>
+    <n v="516.1"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAF4"/>
+    <s v="Other Africa"/>
+    <s v="Thousand"/>
+    <n v="228.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ASOC1"/>
+    <s v="Asia &amp; Oceania"/>
+    <s v="Thousand"/>
+    <n v="4510"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="Thousand"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="Thousand"/>
+    <n v="1148.5"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="Thousand"/>
+    <n v="237.5"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="Thousand"/>
+    <n v="191.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAS2"/>
+    <s v="Other Asia"/>
+    <s v="Thousand"/>
+    <n v="1181.9"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All foreign resident overnight visitors"/>
+    <s v="Thousand"/>
+    <n v="49142.3"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EURXIE1"/>
+    <s v="Europe excl Ireland"/>
+    <s v="Thousand"/>
+    <n v="30565.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="11818.3"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EU27XIE"/>
+    <s v="EU27 excl Ireland 2020"/>
+    <s v="Thousand"/>
+    <n v="17341.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="237.1"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="472.1"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Thousand"/>
+    <n v="135.9"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Thousand"/>
+    <n v="199.4"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Thousand"/>
+    <n v="352.3"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Thousand"/>
+    <n v="138.4"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="3433.1"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="3547.7"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Thousand"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Thousand"/>
+    <n v="189.5"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2028.1"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Thousand"/>
+    <n v="181.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Thousand"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="1353.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="956.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="499.8"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Thousand"/>
+    <n v="437.7"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="2270.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Thousand"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTEU271"/>
+    <s v="Other EU27 (2020)"/>
+    <s v="Thousand"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SEC1"/>
+    <s v="Selected European Countries (Non EU)"/>
+    <s v="Thousand"/>
+    <n v="1405.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Thousand"/>
+    <n v="214.7"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Thousand"/>
+    <n v="685.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR4"/>
+    <s v="Other Europe"/>
+    <s v="Thousand"/>
+    <n v="499.7"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AM2"/>
+    <s v="America"/>
+    <s v="Thousand"/>
+    <n v="13543.9"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="Thousand"/>
+    <n v="522.7"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="Thousand"/>
+    <n v="2011.2"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="US"/>
+    <s v="United States of America (the)"/>
+    <s v="Thousand"/>
+    <n v="10506.7"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAM3"/>
+    <s v="Other America"/>
+    <s v="Thousand"/>
+    <n v="483.3"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AFR2"/>
+    <s v="Africa"/>
+    <s v="Thousand"/>
+    <n v="568.9"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="Thousand"/>
+    <n v="317.7"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAF4"/>
+    <s v="Other Africa"/>
+    <s v="Thousand"/>
+    <n v="235.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ASOC1"/>
+    <s v="Asia &amp; Oceania"/>
+    <s v="Thousand"/>
+    <n v="4463.9"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="Thousand"/>
+    <n v="1729.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="Thousand"/>
+    <n v="883.5"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="Thousand"/>
+    <n v="206.8"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="Thousand"/>
+    <n v="286.6"/>
+  </r>
+  <r>
+    <s v="ITA07C02"/>
+    <s v="Nights"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAS2"/>
+    <s v="Other Asia"/>
+    <s v="Thousand"/>
+    <n v="1339.5"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All foreign resident overnight visitors"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EURXIE1"/>
+    <s v="Europe excl Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EU27XIE"/>
+    <s v="EU27 excl Ireland 2020"/>
+    <s v="Nights"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Nights"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Nights"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Nights"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Nights"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Nights"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Nights"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Nights"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Nights"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Nights"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Nights"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTEU271"/>
+    <s v="Other EU27 (2020)"/>
+    <s v="Nights"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SEC1"/>
+    <s v="Selected European Countries (Non EU)"/>
+    <s v="Nights"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Nights"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR4"/>
+    <s v="Other Europe"/>
+    <s v="Nights"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AM2"/>
+    <s v="America"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="Nights"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="Nights"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="US"/>
+    <s v="United States of America (the)"/>
+    <s v="Nights"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAM3"/>
+    <s v="Other America"/>
+    <s v="Nights"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AFR2"/>
+    <s v="Africa"/>
+    <s v="Nights"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="Nights"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAF4"/>
+    <s v="Other Africa"/>
+    <s v="Nights"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ASOC1"/>
+    <s v="Asia &amp; Oceania"/>
+    <s v="Nights"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="Nights"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="Nights"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="Nights"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="Nights"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAS2"/>
+    <s v="Other Asia"/>
+    <s v="Nights"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All foreign resident overnight visitors"/>
+    <s v="Nights"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EURXIE1"/>
+    <s v="Europe excl Ireland"/>
+    <s v="Nights"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EU27XIE"/>
+    <s v="EU27 excl Ireland 2020"/>
+    <s v="Nights"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Nights"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Nights"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Nights"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Nights"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Nights"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Nights"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Nights"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Nights"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTEU271"/>
+    <s v="Other EU27 (2020)"/>
+    <s v="Nights"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SEC1"/>
+    <s v="Selected European Countries (Non EU)"/>
+    <s v="Nights"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Nights"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Nights"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR4"/>
+    <s v="Other Europe"/>
+    <s v="Nights"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AM2"/>
+    <s v="America"/>
+    <s v="Nights"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="Nights"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="Nights"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="US"/>
+    <s v="United States of America (the)"/>
+    <s v="Nights"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAM3"/>
+    <s v="Other America"/>
+    <s v="Nights"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AFR2"/>
+    <s v="Africa"/>
+    <s v="Nights"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="Nights"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAF4"/>
+    <s v="Other Africa"/>
+    <s v="Nights"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ASOC1"/>
+    <s v="Asia &amp; Oceania"/>
+    <s v="Nights"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="Nights"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="Nights"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="Nights"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="Nights"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="ITA07C03"/>
+    <s v="Average length of stay"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAS2"/>
+    <s v="Other Asia"/>
+    <s v="Nights"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All foreign resident overnight visitors"/>
+    <s v="€ million"/>
+    <n v="7327.7"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EURXIE1"/>
+    <s v="Europe excl Ireland"/>
+    <s v="€ million"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="€ million"/>
+    <n v="1496.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EU27XIE"/>
+    <s v="EU27 excl Ireland 2020"/>
+    <s v="€ million"/>
+    <n v="2179.3"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="€ million"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="€ million"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="€ million"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="€ million"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="€ million"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="€ million"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="€ million"/>
+    <n v="425.7"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="€ million"/>
+    <n v="504.1"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="€ million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="€ million"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="€ million"/>
+    <n v="222.8"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="€ million"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="€ million"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="€ million"/>
+    <n v="146.8"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="€ million"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="€ million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="€ million"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="€ million"/>
+    <n v="301.9"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="€ million"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTEU271"/>
+    <s v="Other EU27 (2020)"/>
+    <s v="€ million"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SEC1"/>
+    <s v="Selected European Countries (Non EU)"/>
+    <s v="€ million"/>
+    <n v="173.1"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="€ million"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="€ million"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR4"/>
+    <s v="Other Europe"/>
+    <s v="€ million"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AM2"/>
+    <s v="America"/>
+    <s v="€ million"/>
+    <n v="2881.4"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="€ million"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="€ million"/>
+    <n v="330.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="US"/>
+    <s v="United States of America (the)"/>
+    <s v="€ million"/>
+    <n v="2448.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAM3"/>
+    <s v="Other America"/>
+    <s v="€ million"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AFR2"/>
+    <s v="Africa"/>
+    <s v="€ million"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="€ million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAF4"/>
+    <s v="Other Africa"/>
+    <s v="€ million"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ASOC1"/>
+    <s v="Asia &amp; Oceania"/>
+    <s v="€ million"/>
+    <n v="531.7"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="€ million"/>
+    <n v="232.8"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="€ million"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="€ million"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="€ million"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAS2"/>
+    <s v="Other Asia"/>
+    <s v="€ million"/>
+    <n v="151.4"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All foreign resident overnight visitors"/>
+    <s v="€ million"/>
+    <n v="8201.9"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EURXIE1"/>
+    <s v="Europe excl Ireland"/>
+    <s v="€ million"/>
+    <n v="4193.4"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="€ million"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EU27XIE"/>
+    <s v="EU27 excl Ireland 2020"/>
+    <s v="€ million"/>
+    <n v="2329.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="€ million"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="€ million"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="€ million"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="€ million"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="€ million"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="€ million"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="€ million"/>
+    <n v="465.7"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="€ million"/>
+    <n v="546.3"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="€ million"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="€ million"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="€ million"/>
+    <n v="269.1"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="€ million"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="€ million"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="€ million"/>
+    <n v="206.9"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="€ million"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="€ million"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="€ million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="€ million"/>
+    <n v="262.4"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="€ million"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTEU271"/>
+    <s v="Other EU27 (2020)"/>
+    <s v="€ million"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SEC1"/>
+    <s v="Selected European Countries (Non EU)"/>
+    <s v="€ million"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="€ million"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="€ million"/>
+    <n v="126.7"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR4"/>
+    <s v="Other Europe"/>
+    <s v="€ million"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AM2"/>
+    <s v="America"/>
+    <s v="€ million"/>
+    <n v="3346.2"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="€ million"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="€ million"/>
+    <n v="440.3"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="US"/>
+    <s v="United States of America (the)"/>
+    <s v="€ million"/>
+    <n v="2797.1"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAM3"/>
+    <s v="Other America"/>
+    <s v="€ million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AFR2"/>
+    <s v="Africa"/>
+    <s v="€ million"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="€ million"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAF4"/>
+    <s v="Other Africa"/>
+    <s v="€ million"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ASOC1"/>
+    <s v="Asia &amp; Oceania"/>
+    <s v="€ million"/>
+    <n v="597.3"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="€ million"/>
+    <n v="249.5"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="€ million"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="€ million"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="€ million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ITA07C04"/>
+    <s v="Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAS2"/>
+    <s v="Other Asia"/>
+    <s v="€ million"/>
+    <n v="190.7"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All foreign resident overnight visitors"/>
+    <s v="€"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EURXIE1"/>
+    <s v="Europe excl Ireland"/>
+    <s v="€"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="€"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EU27XIE"/>
+    <s v="EU27 excl Ireland 2020"/>
+    <s v="€"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="€"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="€"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="€"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="€"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="€"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="€"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="€"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="€"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="€"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="€"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="€"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="€"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="€"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="€"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="€"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="€"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="€"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="€"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="€"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTEU271"/>
+    <s v="Other EU27 (2020)"/>
+    <s v="€"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="SEC1"/>
+    <s v="Selected European Countries (Non EU)"/>
+    <s v="€"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="€"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="€"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHEUR4"/>
+    <s v="Other Europe"/>
+    <s v="€"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AM2"/>
+    <s v="America"/>
+    <s v="€"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="€"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="€"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="US"/>
+    <s v="United States of America (the)"/>
+    <s v="€"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAM3"/>
+    <s v="Other America"/>
+    <s v="€"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AFR2"/>
+    <s v="Africa"/>
+    <s v="€"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="€"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAF4"/>
+    <s v="Other Africa"/>
+    <s v="€"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ASOC1"/>
+    <s v="Asia &amp; Oceania"/>
+    <s v="€"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="€"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="€"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="€"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="€"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OAS2"/>
+    <s v="Other Asia"/>
+    <s v="€"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All foreign resident overnight visitors"/>
+    <s v="€"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EURXIE1"/>
+    <s v="Europe excl Ireland"/>
+    <s v="€"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="€"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EU27XIE"/>
+    <s v="EU27 excl Ireland 2020"/>
+    <s v="€"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="€"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="€"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="€"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="€"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="€"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="€"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="€"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="€"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="€"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="€"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="€"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="€"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="€"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="€"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="€"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="€"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="€"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="€"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="€"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTEU271"/>
+    <s v="Other EU27 (2020)"/>
+    <s v="€"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="SEC1"/>
+    <s v="Selected European Countries (Non EU)"/>
+    <s v="€"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="€"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="€"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OTHEUR4"/>
+    <s v="Other Europe"/>
+    <s v="€"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AM2"/>
+    <s v="America"/>
+    <s v="€"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="€"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="€"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="US"/>
+    <s v="United States of America (the)"/>
+    <s v="€"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAM3"/>
+    <s v="Other America"/>
+    <s v="€"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AFR2"/>
+    <s v="Africa"/>
+    <s v="€"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="€"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAF4"/>
+    <s v="Other Africa"/>
+    <s v="€"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ASOC1"/>
+    <s v="Asia &amp; Oceania"/>
+    <s v="€"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="€"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="€"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="€"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="€"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="ITA07C05"/>
+    <s v="Mean Expenditure"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="OAS2"/>
+    <s v="Other Asia"/>
+    <s v="€"/>
+    <n v="1941"/>
+  </r>
+</pivotCacheRecords>
 </file>