--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re197c6f3e82a4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e94cc55fb55453c8c4daae79653f850.psmdcp" Id="Rafdd336ad18b4ed9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba069e1e52343bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/511ba5d51c0e428f8d4b016b5fe0f1f2.psmdcp" Id="Rac767da593364083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>IMQ07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Container Traffic (Lift On/Lift Off)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/23/2020 11:00:00 AM</x:t>
+    <x:t>23/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IMQ07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IMDO</x:t>
   </x:si>
   <x:si>
     <x:t>Shipping Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Victoria Vogel</x:t>
   </x:si>
@@ -520,379 +520,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02637V03195" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02638V03194" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Traffic" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J208" totalsRowShown="0">
   <x:autoFilter ref="A1:J208"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02637V03195"/>
     <x:tableColumn id="4" name="Country"/>
     <x:tableColumn id="5" name="C02638V03194"/>
     <x:tableColumn id="6" name="Type of Traffic"/>
     <x:tableColumn id="7" name="TLIST(Q1)"/>
     <x:tableColumn id="8" name="Quarter"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1163,51 +952,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IMQ07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdo.ie/Home/home" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1394,51 +1183,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J208"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="25.710625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -8084,51 +7873,51 @@
       <x:c r="G208" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J208" s="0">
         <x:v>13291</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8145,51 +7934,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J208" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="IMQ07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Container Traffic (Lift On/Lift Off)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02637V03195">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="IE1"/>
         <x:s v="XI1"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Country">
       <x:sharedItems count="3">
         <x:s v="All countries"/>
         <x:s v="Ireland"/>
         <x:s v="Northern Ireland"/>
       </x:sharedItems>
@@ -8461,27 +8250,2512 @@
         <x:n v="22681"/>
         <x:n v="21968"/>
         <x:n v="19001"/>
         <x:n v="14753"/>
         <x:n v="15708"/>
         <x:n v="16122"/>
         <x:n v="15566"/>
         <x:n v="12871"/>
         <x:n v="14084"/>
         <x:n v="13127"/>
         <x:n v="16422"/>
         <x:n v="13620"/>
         <x:n v="12338"/>
         <x:n v="13403"/>
         <x:n v="13840"/>
         <x:n v="12019"/>
         <x:n v="13009"/>
         <x:n v="13291"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="350089"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="375458"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="389045"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="364343"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="339529"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="355357"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="336700"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="302465"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="258317"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="263814"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="269280"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="255951"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="239824"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="247347"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="255891"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="256011"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="240697"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="244568"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="243341"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="249411"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="236919"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="237300"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="244487"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="259505"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="284838"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="289341"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="270644"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="255360"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="272130"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="255729"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="228955"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="200161"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="205880"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="206337"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="200018"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="187289"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="198536"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="203758"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="202750"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="193415"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="202971"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="199227"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="201522"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="193220"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="193391"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="197752"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="90584"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="90620"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="99704"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="93699"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="84169"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="83227"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="80971"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="73510"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="58156"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="57934"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="62943"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="55933"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="52535"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="48811"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="52133"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="53261"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="47282"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="41597"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="44114"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="47889"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="43699"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="43909"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="46735"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="280708"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="300537"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="305291"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="289533"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="267002"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="277349"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="263046"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="236351"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="202787"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="205197"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="210677"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="198647"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="187268"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="190596"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="201895"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="193020"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="184388"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="186887"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="185601"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="188821"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="181536"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="180054"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="185580"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="212346"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="231142"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="231556"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="218317"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="203932"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="216803"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="204043"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="181842"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="159384"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="162971"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="163856"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="158280"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="147604"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="155869"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="162889"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="156181"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="150726"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="157628"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="154890"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="154772"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="149856"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="149154"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="152136"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="68362"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="69395"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="73735"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="71216"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="63070"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="60546"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="59003"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="54509"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="43403"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="42226"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="46821"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="40367"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="39664"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="34727"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="39006"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="36839"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="33662"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="29259"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="30711"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="34049"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="31680"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="30900"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IE1"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="33444"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="69381"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="74921"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="83754"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="74810"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="72527"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="78008"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="73654"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="66114"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="55530"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="58617"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="58603"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="57304"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="52556"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="56751"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="53996"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="62991"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="56309"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="57681"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="57740"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="60590"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="55383"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="57246"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="All container traffic"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="58907"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="47159"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="53696"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="57785"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="52327"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="51428"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="55327"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="51686"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="47113"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="40777"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="42909"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="42481"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="41738"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="39685"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="42667"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="40869"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="46569"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="42689"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="45343"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="44337"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="46750"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="43364"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="44237"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="45616"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="22222"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="21225"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="25969"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="22483"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="21099"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="22681"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="21968"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="19001"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="14753"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="15708"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="16122"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="15566"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="12871"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="14084"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="13127"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="16422"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="13620"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="12338"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="13403"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="13840"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="12019"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="13009"/>
+  </r>
+  <r>
+    <s v="IMQ07"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XI1"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="13291"/>
+  </r>
+</pivotCacheRecords>
 </file>