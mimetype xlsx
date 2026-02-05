--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba069e1e52343bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/511ba5d51c0e428f8d4b016b5fe0f1f2.psmdcp" Id="Rac767da593364083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd088326609f0402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/854f315da9fe4c2baffc3f102662dab5.psmdcp" Id="Re300f41cc3724398" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>