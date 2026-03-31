--- v2 (2026-02-05)
+++ v3 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd088326609f0402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/854f315da9fe4c2baffc3f102662dab5.psmdcp" Id="Re300f41cc3724398" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea7bfd5e96f4056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54f8fca98c044b7a9e4dada9c4e67090.psmdcp" Id="R4de8214c58c248ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>