--- v0 (2025-11-01)
+++ v1 (2026-02-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda166c04d704508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e1614e195ca45c2896ac0834fcb93e2.psmdcp" Id="Rf98a1eda518a4481" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3c8c12aae14ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a002dacc91a40d19683fb1cd96de18a.psmdcp" Id="R1b5a242dd0874a9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>IMQ05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Container Traffic (Lift On/Lift Off)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/23/2020 11:00:00 AM</x:t>
+    <x:t>23/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IMQ05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IMDO</x:t>
   </x:si>
   <x:si>
     <x:t>Shipping Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Victoria Vogel</x:t>
   </x:si>
@@ -302,50 +302,53 @@
   <x:si>
     <x:t>IEDUB</x:t>
   </x:si>
   <x:si>
     <x:t>Dublin</x:t>
   </x:si>
   <x:si>
     <x:t>IEORK</x:t>
   </x:si>
   <x:si>
     <x:t>Cork</x:t>
   </x:si>
   <x:si>
     <x:t>IEWAT</x:t>
   </x:si>
   <x:si>
     <x:t>Waterford</x:t>
   </x:si>
   <x:si>
     <x:t>XIBEL</x:t>
   </x:si>
   <x:si>
     <x:t>Belfast</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>XIWPT</x:t>
   </x:si>
   <x:si>
     <x:t>Warrenpoint</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -487,347 +490,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01855V02284" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Port" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02636V03193" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Imports or Exports" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02638V03194" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Traffic" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L433" totalsRowShown="0">
   <x:autoFilter ref="A1:L433"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C01855V02284"/>
     <x:tableColumn id="4" name="Port"/>
     <x:tableColumn id="5" name="C02636V03193"/>
     <x:tableColumn id="6" name="Imports or Exports"/>
     <x:tableColumn id="7" name="C02638V03194"/>
     <x:tableColumn id="8" name="Type of Traffic"/>
     <x:tableColumn id="9" name="TLIST(Q1)"/>
     <x:tableColumn id="10" name="Quarter"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1100,51 +922,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IMQ05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdo.ie/Home/home" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1331,51 +1153,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="15.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.567768" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="10.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="25.710625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13283,4301 +13105,4589 @@
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L314" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="315" spans="1:12">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L315" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="316" spans="1:12">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L316" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="317" spans="1:12">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L317" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="318" spans="1:12">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L318" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="319" spans="1:12">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L319" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="320" spans="1:12">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L320" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="321" spans="1:12">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L321" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="322" spans="1:12">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L322" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="323" spans="1:12">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L323" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="324" spans="1:12">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L324" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="325" spans="1:12">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L325" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="326" spans="1:12">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L326" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="327" spans="1:12">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L327" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="328" spans="1:12">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L328" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="329" spans="1:12">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L329" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="330" spans="1:12">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L330" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="331" spans="1:12">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L331" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="332" spans="1:12">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L332" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="333" spans="1:12">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L333" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="334" spans="1:12">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L334" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="335" spans="1:12">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L335" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="336" spans="1:12">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L336" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="337" spans="1:12">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L337" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="338" spans="1:12">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L338" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="339" spans="1:12">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L339" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="340" spans="1:12">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L340" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="341" spans="1:12">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L341" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="342" spans="1:12">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L342" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="343" spans="1:12">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L343" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="344" spans="1:12">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L344" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="345" spans="1:12">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L345" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="346" spans="1:12">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L346" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="347" spans="1:12">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L347" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="348" spans="1:12">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L348" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="349" spans="1:12">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L349" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="350" spans="1:12">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L350" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="351" spans="1:12">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L351" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="352" spans="1:12">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L352" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="353" spans="1:12">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L353" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="354" spans="1:12">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L354" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="355" spans="1:12">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L355" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="356" spans="1:12">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L356" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="357" spans="1:12">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L357" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="358" spans="1:12">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L358" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="359" spans="1:12">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L359" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="360" spans="1:12">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L360" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="361" spans="1:12">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L361" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="362" spans="1:12">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L362" s="0">
         <x:v>5206</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L363" s="0">
         <x:v>5305</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L364" s="0">
         <x:v>5287</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L365" s="0">
         <x:v>5799</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L366" s="0">
         <x:v>5625</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L367" s="0">
         <x:v>6128</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L368" s="0">
         <x:v>5468</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L369" s="0">
         <x:v>5114</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L370" s="0">
         <x:v>4081</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L371" s="0">
         <x:v>3520</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L372" s="0">
         <x:v>3566</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L373" s="0">
         <x:v>1466</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L374" s="0">
         <x:v>3764</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L375" s="0">
         <x:v>3687</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L376" s="0">
         <x:v>3504</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L377" s="0">
         <x:v>3135</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L378" s="0">
         <x:v>3195</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>3144</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L380" s="0">
         <x:v>2539</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L381" s="0">
         <x:v>1833</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L382" s="0">
         <x:v>1446</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L383" s="0">
         <x:v>1523</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L384" s="0">
         <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L386" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="387" spans="1:12">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L387" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="388" spans="1:12">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L388" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="389" spans="1:12">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L389" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="390" spans="1:12">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L390" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="391" spans="1:12">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L391" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="392" spans="1:12">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L392" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="393" spans="1:12">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L393" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="394" spans="1:12">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L394" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="395" spans="1:12">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L395" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="396" spans="1:12">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L396" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="397" spans="1:12">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L397" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="398" spans="1:12">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L398" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="399" spans="1:12">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L399" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="400" spans="1:12">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L400" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="401" spans="1:12">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L401" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="402" spans="1:12">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L402" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="403" spans="1:12">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L403" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="404" spans="1:12">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L404" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="405" spans="1:12">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L405" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="406" spans="1:12">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L406" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="407" spans="1:12">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L407" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="408" spans="1:12">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L408" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="409" spans="1:12">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L409" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="410" spans="1:12">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L410" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="411" spans="1:12">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L411" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="412" spans="1:12">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L412" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="413" spans="1:12">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L413" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="414" spans="1:12">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L414" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="415" spans="1:12">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L415" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="416" spans="1:12">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L416" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="417" spans="1:12">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L417" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="418" spans="1:12">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L418" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="419" spans="1:12">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L419" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="420" spans="1:12">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L420" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="421" spans="1:12">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L421" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="422" spans="1:12">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L422" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="423" spans="1:12">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L423" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="424" spans="1:12">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L424" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="425" spans="1:12">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L425" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="426" spans="1:12">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L426" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="427" spans="1:12">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L427" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="428" spans="1:12">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L428" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="429" spans="1:12">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L429" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="430" spans="1:12">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L430" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="431" spans="1:12">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L431" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="432" spans="1:12">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L432" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="433" spans="1:12">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>57</x:v>
+      </x:c>
+      <x:c r="L433" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17594,51 +17704,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="IMQ05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Container Traffic (Lift On/Lift Off)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C01855V02284">
       <x:sharedItems count="6">
         <x:s v="IEDRO"/>
         <x:s v="IEDUB"/>
         <x:s v="IEORK"/>
         <x:s v="IEWAT"/>
         <x:s v="XIBEL"/>
         <x:s v="XIWPT"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Port">
       <x:sharedItems count="6">
         <x:s v="Drogheda"/>
@@ -18013,27 +18123,6076 @@
         <x:n v="5468"/>
         <x:n v="5114"/>
         <x:n v="4081"/>
         <x:n v="3520"/>
         <x:n v="3566"/>
         <x:n v="1466"/>
         <x:n v="3764"/>
         <x:n v="3687"/>
         <x:n v="3504"/>
         <x:n v="3135"/>
         <x:n v="3195"/>
         <x:n v="3144"/>
         <x:n v="2539"/>
         <x:n v="1833"/>
         <x:n v="1446"/>
         <x:n v="1523"/>
         <x:n v="1071"/>
         <x:n v="794"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="6116"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDRO"/>
+    <s v="Drogheda"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="134711"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="144102"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="145747"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="136781"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="130927"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="140340"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="131479"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="115251"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="99459"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="105789"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="131226"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="107854"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="44059"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="144102"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="47893"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="45359"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="40858"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="140340"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="38840"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="36661"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="29540"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="28503"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="34690"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="32639"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="93031"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="99157"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="101230"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="92582"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="89625"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="95507"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="85912"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="74890"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="62009"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="65621"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="70649"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="67957"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3648"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="41680"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="44945"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="44517"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="44199"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="41302"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="44833"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="45314"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="40361"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="37451"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="40169"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="39006"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="39897"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="42344"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="44126"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="45127"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="42963"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="38986"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="40433"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="36677"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="33173"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="26327"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="24566"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="31036"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEDUB"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="27981"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="38073"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="41135"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="41837"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="40902"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="38400"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="39984"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="38825"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="36329"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="32007"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="32942"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="29830"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="31414"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="9679"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="41135"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="9071"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10550"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="8888"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="6878"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="8471"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="8882"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="6391"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="6235"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="22022"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="23111"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="24343"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="24475"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="22085"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="21825"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="21685"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="20725"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="16120"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="15821"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="14980"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="15439"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="16051"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="18024"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="17494"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="16427"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="16316"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="18159"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="17140"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="15604"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="15888"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="16131"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="14850"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="15975"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="7985"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="8101"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="9868"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="7783"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5815"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="6704"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="7531"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEORK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="33377"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="37592"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="34651"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="34668"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="32083"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="35375"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="32883"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="29377"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="27434"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="24862"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="23956"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="19005"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="11656"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10737"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="11213"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="12162"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="11855"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="11048"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="11537"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="8946"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="7469"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="7434"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="21087"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="23687"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="22223"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="22859"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="21473"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="22240"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="21421"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="18564"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="16982"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="16164"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="14690"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10872"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="12291"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="13905"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="12428"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="11809"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10610"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="13135"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="11462"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10813"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10453"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="8699"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="8133"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10965"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10513"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10775"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="11912"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="11567"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="10839"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="11291"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="8846"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="7364"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="7366"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5863"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="IEWAT"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="41953"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="48391"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="52498"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="46528"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="45803"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="49200"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="46218"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="41999"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="36696"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="39389"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="38915"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="40272"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="18458"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="17538"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="22465"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="19348"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="17904"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="19537"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="19429"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="17118"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="13307"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="14185"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="15051"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="14772"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIBEL"/>
+    <s v="Belfast"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5206"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5305"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5287"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5799"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5625"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="6128"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5468"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="5114"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="4081"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3520"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3566"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3764"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3687"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="-"/>
+    <s v="Imports and exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="01"/>
+    <s v="Imports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="02"/>
+    <s v="Laden traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IMQ05"/>
+    <s v="Container Traffic (Lift On/Lift Off)"/>
+    <s v="XIWPT"/>
+    <s v="Warrenpoint"/>
+    <s v="02"/>
+    <s v="Exports"/>
+    <s v="03"/>
+    <s v="Unladen traffic"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="TEU Twenty-foot Equivalent"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>