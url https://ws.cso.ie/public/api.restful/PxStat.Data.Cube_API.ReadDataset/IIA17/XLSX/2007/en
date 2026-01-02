--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda66fc277fc44c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd35aef1ec304ddaa69887142456a032.psmdcp" Id="R9ac1f4df56564930" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4183b5617b194be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c66840f4dc1048ffa04908b4a8acd6b2.psmdcp" Id="Ree6f8582bbb64c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>IIA17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Earned Income</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/21/2020 11:00:00 AM</x:t>
+    <x:t>21/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IIA17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GPII</x:t>
   </x:si>
   <x:si>
     <x:t>Geographical Profiles of Income in Ireland 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eva O'Regan</x:t>
   </x:si>
@@ -595,483 +595,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02801V03370" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Commuting Time" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02451V02968" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J673" totalsRowShown="0">
   <x:autoFilter ref="A1:J673"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02801V03370"/>
     <x:tableColumn id="2" name="Commuting Time"/>
     <x:tableColumn id="3" name="C02451V02968"/>
     <x:tableColumn id="4" name="County"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1342,51 +1053,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IIA17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1573,51 +1284,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="9.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -23143,51 +22854,51 @@
       <x:c r="G673" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J673" s="0">
         <x:v>25881.17</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23204,51 +22915,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02801V03370">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="07"/>
         <x:s v="08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Commuting Time">
       <x:sharedItems count="3">
         <x:s v="Total time travelling"/>
         <x:s v="0-30 Minutes"/>
         <x:s v="Greater than 30 minutes"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02451V02968">
       <x:sharedItems count="32">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="021"/>
         <x:s v="022"/>
         <x:s v="023"/>
         <x:s v="024"/>
         <x:s v="03"/>
@@ -24010,27 +23721,8092 @@
         <x:n v="51650"/>
         <x:n v="69879"/>
         <x:n v="41192.98"/>
         <x:n v="28430.64"/>
         <x:n v="12410"/>
         <x:n v="21336"/>
         <x:n v="34105"/>
         <x:n v="49557"/>
         <x:n v="64931"/>
         <x:n v="37612.71"/>
         <x:n v="25604.33"/>
         <x:n v="16186"/>
         <x:n v="25306"/>
         <x:n v="36640"/>
         <x:n v="51661"/>
         <x:n v="69437"/>
         <x:n v="41292.92"/>
         <x:n v="25881.17"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="32500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="50539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="73697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="41179.66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="69008.05"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="29002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="43294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="63024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="33778.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="25427.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="22583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="82516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="47061.12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="80809.92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="21738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="52382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="76028"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="42140.22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="44968.31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="22652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35426.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="56259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="83713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="46294.29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="52753.01"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="27033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="44203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="73148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="118846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="64929.61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="199736.37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="22063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="34997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="78884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43494.38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="41376.08"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10685"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="46043.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="64839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="36540.99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="35325.49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="46771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="65506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="35952.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="26764.85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17872.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="41475.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="59198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="32522.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="28023.48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30051"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="45306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="65377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="36822.15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="158029.15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20984.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33511.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="51956.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="75812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="41617.08"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39021.47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="29902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="43949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="62361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="34654.95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32469.12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19103.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="47202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="66447"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="36852.26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="33392.88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="41925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="60756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="32861.09"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27563.49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="53157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="80567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43484.66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="47359.66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19202.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="48338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="68393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="38072.92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="34302.56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="46497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="66958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37810.26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37650.48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="52233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="74689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="41461.42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="42013.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27011.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="42771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="61941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="32900.14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="29181.82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31478.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="49272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="70468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="38622.08"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="36580.02"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="29713.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="44999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="64435.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="35282.58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="29468.59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9805.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18130.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30142.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="47023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="66085"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="36533.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="33953.27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="46852.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="67552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="38354.37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39605.07"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="47602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="66714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37802.97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32673.29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8841"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17597.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="28419.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="43202.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="60715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="33046.44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27805.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="28783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="43802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="62476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="33738.54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27779.25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="46120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="63368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="34771.82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="25635.49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="46020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="64461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="35698.23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="29047.21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="28333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="42409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="60000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="33157.28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27989.99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="7242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="14422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="25053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="39629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="58359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="30197.15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="26028.24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="26331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="39548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="57979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="31041.88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="24164.2"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10046"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18483"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30000"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="46586"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="68316"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="38107.77"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="74281.72"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8086"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16008"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="25920"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="38216"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="56775"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="29982.6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="23012.45"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12524"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="21885"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35009"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54725.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="83015"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="47354.08"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="88770.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11668"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20577"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="32481"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="49943"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="72274"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="40129.59"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39283.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11747"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20258"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31488"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="49489"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="73752"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="40849.57"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="48074.19"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="14132"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="24784"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="40838"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="67988"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="113273"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="61970.3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="240243.56"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10343"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18749"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30164.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="46706"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="68632"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37339.25"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="35696.67"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9835"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17962"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="28649"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="42667"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="61071"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="33836.37"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="33834.67"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8713"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16866"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27941"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="42308"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="61342"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="32220.81"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="23520.23"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8357"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16463"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="25985"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="38079"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="55636"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="30134.47"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="25963.6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8935"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16843"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27143"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="40093"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="58320"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="32798.32"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="180526.93"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9699"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17743.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="28343.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="43717.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="65480"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="35169.93"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32816.43"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9097"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17022"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27017"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="39562"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="57088"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="31316.52"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32875.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8941"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17220"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27872"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="41761"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="60980"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="32900.42"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27489.96"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8436"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="15820"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="25400.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="38296"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="56190"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="30032.41"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="24625.3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8932"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16911"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27798"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="42711"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="64780"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="35466.36"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39670.27"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9702"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17995"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="29460"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="45321.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="65499"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="36014.97"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="33748.73"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10880"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19130"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30702"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="46354.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="67098"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37861.26"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37841.71"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10714"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19272"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31506"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="49484"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="71942"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="39438.28"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39446.01"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8217"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="15600"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="25516"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="40252"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="59941"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="31194.51"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27864.71"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10112"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18612"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30206"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="47429"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="68899"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37330.45"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="36422.6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8798"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16821.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27020.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="41084.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="60357"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="32376.11"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27730.15"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9297"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17110.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="28519"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="44847.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="64033"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="34731.03"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="30631.61"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11635"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19819.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30595.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="45713.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="65730"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37646.23"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="40213.27"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9808"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18100"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="29263"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="44075"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="64292"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="35190.04"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32165.61"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="7666"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16002"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="25814"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="39397"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="57538"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="30338.45"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27316.69"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8385"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16273"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="26600"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="41141"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="59889"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="31795.9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27160.44"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8960"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17188"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27641"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="42744"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="60690"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="32482.15"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="24709.9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="9302"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17991"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="29358"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="44365"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="63133"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="34648.08"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="29261.28"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8574"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16699"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="26222"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="39128"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="56707"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="30752.63"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27403.45"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="6743"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13497"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="23820"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="37697"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="56651"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="28988.61"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="25896.66"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="8315"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="15920"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="24680"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="36539"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="54711"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="28904.1"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="0-30 Minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="23228.31"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16499"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="26168"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="39530"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="59492"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="85244"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="49110.42"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="52191.45"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="17383.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="27085"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="38042"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="55122"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="74472"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43978.23"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="28608.15"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15220"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="24173"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="36541"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="55593"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="81630"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="46364.48"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="57615.21"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15068"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="24372"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37287.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="57268.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="82855.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="46273.71"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="54602.61"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="17485"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="27500"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="42126"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="65172"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="96797"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="54201.08"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="57986.74"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="19904"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="31301"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="50029"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="80693"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="127838"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="70058.62"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="94683.25"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="18710"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="28800"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="42940"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="64407"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="91417"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="52552"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="47099.84"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16964"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="27031"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="40218"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="58568"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="80000"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="47694.46"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="38971.67"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16868.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="26293.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="38147.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54537.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="75014.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43968.83"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="31188.96"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15454"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="25190"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37026"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="53317"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="72295"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="42434.76"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="33548.19"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16812"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="27117"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="40625"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="60145"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="84430"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="48956.94"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="42522.12"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="18170"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="27932.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="41137.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="61599.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="87113"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="50514.96"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="44737.06"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16510"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="25928.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="38047.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54528"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="73576"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43739.81"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="29483.14"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="17990"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="27768"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="41133"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="58942"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="80191"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="48179.51"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="44411.8"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15523"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="24980"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37097"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54832.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="73742"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43512.29"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="34549.92"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="17563"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="27928"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="42603"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="65651"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="96534"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="54419.37"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="54299.56"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16397"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="26148.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="39124.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="57309.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="78483"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="45913.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="35253.83"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11790"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19869"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30386"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="47367"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="66085"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37452.16"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="36281.87"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16601"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="26472"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="39619"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="58341"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="81054"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="47267.51"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="48164.96"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13484"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="23474"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="36009.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54378"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="71166"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="41866.73"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="33927.46"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15458"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="24773"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37071"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="55265"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="76455"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="44275.96"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="36732.45"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16800"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="26509"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="38981"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="56383"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="75961"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="45173.54"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32868.21"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15525"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="25479"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="38971.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="56729.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="78025"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="45982.66"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="46598.29"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12961"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="22096"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35660.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="55128"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="78103"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43300.38"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="34669.55"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16359"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="25464"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37270"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54301"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="72744"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43467.53"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="33046.75"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15637"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="25278"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37950"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54100"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="68236"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="42238.96"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27489.42"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15692"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="25273"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37428.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54624"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="70401.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="42397.03"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="28836.79"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16251"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="25362"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="38264"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="55522"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="72601"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43122.9"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27174.97"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15467"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="25603"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37266"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="53853"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="71174"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="42122.73"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="26826.71"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="14842"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="24650"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="36069.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="51650"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="69879"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="41192.98"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="28430.64"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12410"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="21336"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="34105"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="49557"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="64931"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37612.71"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="25604.33"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16186"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="25306"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="36640"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="51661"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="69437"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="41292.92"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Greater than 30 minutes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA17C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="25881.17"/>
+  </r>
+</pivotCacheRecords>
 </file>