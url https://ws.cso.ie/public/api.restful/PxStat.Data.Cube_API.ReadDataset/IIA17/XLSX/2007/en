--- v1 (2026-01-02)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4183b5617b194be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c66840f4dc1048ffa04908b4a8acd6b2.psmdcp" Id="Ree6f8582bbb64c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R967441a505594c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95d3081095514f269a2eb5ef8dee2b5b.psmdcp" Id="R4e8c592818ba498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>