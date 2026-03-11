--- v0 (2025-10-31)
+++ v1 (2026-03-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8507667eaee34ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0515130b179453aad9119b638797906.psmdcp" Id="R51ab1b4dd0ec45e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bbcbdf9a4e7446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7fb59cfb0f4497bb5951e05764c79cf.psmdcp" Id="Rddd8fc4c226a4db3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>IIA15</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Household Gross Income</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/21/2020 11:00:00 AM</x:t>
+    <x:t>21/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IIA15/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GPII</x:t>
   </x:si>
   <x:si>
     <x:t>Geographical Profiles of Income in Ireland 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eva O'Regan</x:t>
   </x:si>
@@ -604,483 +604,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02451V02968" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02105V02544" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Tenure" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J869" totalsRowShown="0">
   <x:autoFilter ref="A1:J869"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02451V02968"/>
     <x:tableColumn id="2" name="County"/>
     <x:tableColumn id="3" name="C02105V02544"/>
     <x:tableColumn id="4" name="Tenure"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1351,51 +1062,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IIA15/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1582,51 +1293,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J869"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="9.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -29424,51 +29135,51 @@
       <x:c r="G869" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H869" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I869" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J869" s="0">
         <x:v>23976.16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29485,51 +29196,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J869" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02451V02968">
       <x:sharedItems count="31">
         <x:s v="01"/>
         <x:s v="021"/>
         <x:s v="022"/>
         <x:s v="023"/>
         <x:s v="024"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="141"/>
         <x:s v="142"/>
         <x:s v="15"/>
         <x:s v="160"/>
         <x:s v="170"/>
@@ -30452,27 +30163,10444 @@
         <x:n v="55872"/>
         <x:n v="80519"/>
         <x:n v="109534"/>
         <x:n v="62991.67"/>
         <x:n v="39022.89"/>
         <x:n v="12871.77"/>
         <x:n v="22540.75"/>
         <x:n v="35039.6"/>
         <x:n v="48710.4"/>
         <x:n v="26356.73"/>
         <x:n v="17168.94"/>
         <x:n v="12330"/>
         <x:n v="20241"/>
         <x:n v="33590"/>
         <x:n v="50153"/>
         <x:n v="69722.3"/>
         <x:n v="37950.94"/>
         <x:n v="23976.16"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12793.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20689.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35123"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="60801"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="92660"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="46145.03"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37739.47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="24455.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="39951.91"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="59501.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="84934"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="115736"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="66516.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39476.93"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10941.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13919.05"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="24680.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="37356"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="51496"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="28311.34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="18464.05"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12756.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20667"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33536"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="50056.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="71544"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="38883.05"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="26281.57"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13410"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="22782.5"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37853.7"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="66056.3"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="106670.3"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="52237.28"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="46624.46"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="28620.5"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="48000"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="76373.4"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="116330"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="175853"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="91190.62"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="62838.66"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13875.7"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="25452.45"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="41207.3"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="61067"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="31666.23"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="23206.95"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16245"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="29300"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="52344.3"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="86197"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="127846"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="64586.01"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="48978.48"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="14173"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="26262.7"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="44446.4"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="74581"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="113909"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="57088.49"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="44377.06"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="30568.43"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="49012.5"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="73787"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="106868"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="146688"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="83418.44"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="49827.07"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12078.1"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19010.7"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30116.3"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="44654.1"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="62524.76"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="34458.25"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="21299.33"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="20768"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="30605"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="47549.3"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="72973"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="103967"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="56767.65"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37773.21"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15191.7"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="28531.45"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="49722.5"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="83530.4"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="129590.8"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="64125.53"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="51348.53"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="32476.83"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="51162"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="77914"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="113858.7"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="161463"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="89231.11"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="54724.87"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12239.4"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18892"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30544.28"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="46004.15"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="63571.69"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="35066.77"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="22185.37"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="22089.1"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="32424.5"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="49336.6"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="74010"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="105444"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="58434.83"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="38366.7"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="14154.7"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="28312.85"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="51181.2"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="88450.3"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="147660.5"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="68641.77"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="58578.22"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="35339"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="63078"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="103950.65"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="161821"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="218793"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="118217.71"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="73301.94"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13875.7"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="26118.09"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="44498"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="67668"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="34145.57"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27827.3"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="19204"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="38125.6"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="67696"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="104811"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="152210"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="78577.61"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="55074.58"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13390.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="24696.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="43568.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="75193.15"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="116338"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="57160.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="47362.52"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="30349"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="49330.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="75260.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="109585.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="149018"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="84647.28"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="50222.42"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11417.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17322"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="28626.55"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="42986"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="60033.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="32995.34"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="21134.03"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="16168.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="27444.55"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="44224.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="68569.68"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="97854"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="52375.84"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="35497.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13226.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="22969.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="39009"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="67187"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="104598"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="51302.08"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="42763.28"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="26084.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="41658"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="64700.55"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="92749.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="125682"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="72371.11"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="44062.05"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13875.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="23918.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="36781.45"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="50957.38"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="28033.74"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="17974.22"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13149"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="22631.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37004"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="59202.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="86222.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="45404.08"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="33420.88"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12862.2"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="21533.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37587"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="64758"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="99165.2"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="48934.48"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="40010.85"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="25480"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="40834"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="61587.27"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="87982"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="117288.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="68428.85"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39763.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="14220.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="24764.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="37537.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="51085"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="28194.74"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="17045.04"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13321.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="21625.25"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="34409.05"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="53493.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="75444.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="41011.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="28175.65"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11852.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17386.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="32429.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="57420.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="88851"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43282.19"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="36789.12"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="21160"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="36112"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="57327.69"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="82581.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="112442"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="63776.82"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39561.16"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10664"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13390.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="23556.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="33823.77"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="47157.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="26353.15"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="16419.26"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11548.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18649.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30743"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="45717"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="64905"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="35423.06"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="23897.04"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13169.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20682.1"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="34501.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="58897.49"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="90574.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="45849.89"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="38875.71"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="23489.6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="39065"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="60373"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="87732.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="121066"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="68226.11"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="42214.49"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13875.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="24633.25"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="37048.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="51282.12"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="28230.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="17492.45"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12793.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20524"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33483.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="51687"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="74268"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="39819.78"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27772.65"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13334.2"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="23553.4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="41377.56"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="71669.7"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="112251"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="54664.41"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="46101.38"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="29222"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="45944.8"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="70479.8"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="101784"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="139431"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="79417.7"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="47790.18"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10941.7"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="15081.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="25758.1"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="40189.96"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="55242.4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="30222.28"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="19432.98"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="15092.13"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="26070.4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="41758.9"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="62440"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="87783"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="48332.61"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32465.78"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12858.5"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20851.3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35638.9"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="61988.5"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="94307"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="46682.97"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37836.24"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="24642.7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="39720.05"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="59592.5"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="84622.75"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="114576.35"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="66389.19"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39244.62"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="14985.33"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="24647.7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="36557.1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="49323"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="28314.13"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="17036.67"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13019.8"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20912.15"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="34407.14"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="51567"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="73812.11"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="40180.99"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27741.2"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12892.4"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="21786.7"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="37211.86"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="63111.4"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="96258"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="48137.09"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39888.49"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="24360.8"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="40108.35"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="61658.65"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="89283"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="122235"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="69695.14"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="43294.29"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13919.2"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="24004.6"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="36522"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="51680"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="28194.73"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="18558.9"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13032.2"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20815.8"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="34815"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="54641"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="77646.8"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="41791.47"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="30071.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12465.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18765.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33103.75"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="57595"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="89477"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43961.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37155.41"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="23327.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="37780"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="57680.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="82646.67"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="112979"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="64720.61"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39558.01"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13775.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="23720.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="35300.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="49798.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="27230.26"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="16925.94"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12889.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19351.2"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31140"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="47642.55"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="67037"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="36833.52"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="25396.85"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13206.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="23245.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="40157.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="68528.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="107906"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="52953.57"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="45323.63"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="27664.96"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="46125.99"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="72566.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="107534"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="153663"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="83314.73"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="53084.46"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11248.35"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16250.71"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27370.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="41449.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="57900.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="31569.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="19631.85"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="14145.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="23848.05"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="40023.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="64299.15"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="94837"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="49105.96"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="36420.74"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12403.79"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19289.56"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35392.68"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="63053.1"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="97769.3"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="47166.66"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39870.63"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="25245.36"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="40927.09"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="63842.48"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="91385.7"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="124928"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="71350.09"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="43399.18"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10520.8"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="12826.5"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="22472.2"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="35284"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="49169.6"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="26483.84"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="18191.57"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11452"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19575"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="34145.8"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="52784"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="74992"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="40148.17"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="28902.69"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13390.7"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="21999.75"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="36092.1"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="61820.98"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="97195.5"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="48332.74"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="40739.02"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="26066.5"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="43754"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="67800.5"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="100391"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="144034"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="79357.72"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="53256.02"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13687.9"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="24562.1"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="38412"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="55948.3"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="29495.65"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="20164.87"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12904.2"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="22695.15"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="40661.25"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="65268.66"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="96705"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="49373.62"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37499.77"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12915"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="22543.75"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="40856.3"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="72194"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="112257.2"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="54095.17"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="46205.53"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="29722"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="48087.8"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="72715.2"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="104044.7"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="140754"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="81111.62"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="48059.33"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="14960.8"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="26546.9"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="40195.5"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="56955.38"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="30824.34"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="20363.47"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13412.5"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="22907.3"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="39647"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="63537.3"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="93584"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="48296.99"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="36446.63"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11574.15"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17622"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33440.2"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="58918.7"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="90985"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="44335.17"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37888.59"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="22878.7"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="37474"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="58338.2"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="84077.3"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="114043"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="64964.86"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39690.04"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10520.8"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="12793.4"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="22460.6"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="34431.25"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="47965.3"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="26124.47"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="17669.72"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11902.55"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18366.7"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31409.8"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="48458.6"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="70652.4"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37702.99"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="28208.11"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12912"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="21389.36"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="36695.8"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="64875"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="101871"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="49312.86"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="41603.67"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="25882.4"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="42154.27"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="65084.5"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="95252"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="129994"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="73749.33"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="45411.95"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10520.8"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13323.8"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="23230.05"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="35232.9"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="49684.37"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="26908.38"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="18324.67"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11360.95"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19995.8"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="34898.5"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="55576.35"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="83265"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="42785.46"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Limerick"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="33566.53"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12793.4"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19986.3"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35175.08"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="62577"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="97348.35"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="47410.16"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="40575.61"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="24133.25"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="39793.95"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="61834.1"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="89832"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="122365.5"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="69315.38"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="42248.26"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10762.8"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13293.4"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="21988.1"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="33768.2"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="47839"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="25974.71"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="17094.86"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12110.8"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18824.2"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="32759.5"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="51622"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="76417.5"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="39901.89"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="30766.78"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12805.7"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20129.2"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35325"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="62153"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="97115"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="47546.02"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="41321.57"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="24735.8"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="41208"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="63466.3"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="91699"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="124480.3"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="71365.38"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="44319.03"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10520.8"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13390.7"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="22876.3"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="34376.2"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="47984.79"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="26320.4"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="16761.56"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18891.3"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="32666"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="51836"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="76999"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="39977.7"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Waterford"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="31204.21"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13321.9"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="24156.7"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="41810.35"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="70382.5"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="110119.7"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="54953.77"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="47389.43"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="27611.3"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="45373.98"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="68839.5"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="102183"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="143444"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="80289.81"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="52478.6"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10963.97"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13390.7"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="25818.6"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="39792"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="57339.3"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="30551.91"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="21738.16"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="13579.8"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="25247"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="42630.6"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="65083.3"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="92206.2"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="49599.47"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="35179.56"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12311.9"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19293.9"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35688.25"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="62699.8"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="95442.8"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="46807.2"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39167.17"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="26396"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="42706.8"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="65245.9"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="94612.5"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="128969.3"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="73655.42"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="44839.96"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10520.8"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="13147.5"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="23558.4"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="37060.3"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="53593.81"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="28056.69"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="19564.47"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12644.8"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="21297.9"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="35903"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="56902"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="82782"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43478.26"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32378.24"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11048.51"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="15042.99"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="30279.1"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="52191.5"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="79634.2"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="39282.44"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32082.1"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="22485"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="36856.8"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="57752.5"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="82522"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="111889"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="63485.65"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37340.54"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10150.9"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="11540.1"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="18577.6"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="31065"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="44341.18"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="23291.74"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="16409.39"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10520.8"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="15830"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="27929.75"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="44752"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="64122.8"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="34101.62"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="26423.01"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11045.7"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="16308"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31553.5"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="55348.7"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="85813.8"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="41730.11"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="35676.99"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="22811"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="37975.47"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="58218.1"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="84720.8"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="113886.6"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="65251.61"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39704.6"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10216"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="12192.5"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="19867.1"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="31852.5"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="45241"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="24202.88"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="16815.18"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11355"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17929.3"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31317"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="48570"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="70960"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37450.42"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="27504.64"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11329.5"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17116.5"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33174.36"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="58225.4"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="90357.35"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="43700.64"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37171.88"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="23531.5"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="38804.5"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="60737.2"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="87097.69"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="115795"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="66825.57"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39548.99"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10487"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="12793.4"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="21967"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="34304.98"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="47627"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="26014.89"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="19144.69"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11506.1"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18583.5"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="31182"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="48664"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="71551"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37476.99"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="26959.34"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12397.1"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18119.7"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33949.55"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="58439.37"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="89789"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="44221.89"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="36929.67"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="25065"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="40986"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="61211.5"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="87217"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="119737"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="68903.33"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="42198.24"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10520.8"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="12690.5"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="21773.5"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="33810.2"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="48256.6"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="25744.74"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="17797.16"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10702.2"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17554.3"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="32397.35"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="51857"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="78197"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="40126.82"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32955.72"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12220.05"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="17440.43"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33150.06"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="58042.89"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="91051.5"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="44056.37"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="37494.59"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="23831.6"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="38150"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="57874.15"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="83628"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="112013"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="64620.72"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="38498.28"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10520.8"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="12793.4"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="21287.5"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="33883.5"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="47391.6"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="25463.58"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="17007.66"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="11545.8"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="19255.6"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="32734.9"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="48799.5"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="69070"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37613.24"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="26073.34"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10996.5"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="15443.4"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="29105.3"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="49415.63"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="76218"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="38226.56"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="32647.27"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="19550.44"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="32430.36"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="50661.22"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="73942"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="101999"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="57460.51"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="36932.44"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10520.8"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="12793.4"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="21455.45"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="32344.25"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="45187.6"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="24974.67"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="16205.55"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10493.3"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="14742.8"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="26410.5"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="41349.36"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="61270"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="32283.47"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="25087.27"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12793.4"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="18762.7"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33936.15"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="58990.99"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="89930.8"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="44504.77"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="36882.82"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="22529"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="37041.8"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="55872"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="80519"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="109534"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="62991.67"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Owned with mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="39022.89"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="10520.8"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="12871.77"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="22540.75"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="35039.6"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="48710.4"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="26356.73"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="17168.94"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C01"/>
+    <s v="10th Percentile (P10)"/>
+    <s v="Euro"/>
+    <n v="12330"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C02"/>
+    <s v="25th Percentile (P25)"/>
+    <s v="Euro"/>
+    <n v="20241"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C03"/>
+    <s v="Median"/>
+    <s v="Euro"/>
+    <n v="33590"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C04"/>
+    <s v="75th Percentile (P75)"/>
+    <s v="Euro"/>
+    <n v="50153"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C05"/>
+    <s v="90th Percentile (P90)"/>
+    <s v="Euro"/>
+    <n v="69722.3"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C06"/>
+    <s v="Mean"/>
+    <s v="Euro"/>
+    <n v="37950.94"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9"/>
+    <s v="Rented from private owner"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IIA15C07"/>
+    <s v="Standard Deviation"/>
+    <s v="Euro"/>
+    <n v="23976.16"/>
+  </r>
+</pivotCacheRecords>
 </file>