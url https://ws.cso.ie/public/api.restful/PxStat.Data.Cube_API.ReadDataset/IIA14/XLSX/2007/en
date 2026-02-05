--- v0 (2025-11-14)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1492c62c8cb4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35d2917175ef4329a60f0283751c2688.psmdcp" Id="R563b2b12d9924114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6209029a8337418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9952655f481e48cc96568120b2c15dda.psmdcp" Id="R38cc669169004c33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>IIA14</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Household Median Gross Income</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/21/2020 11:00:00 AM</x:t>
+    <x:t>21/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Census Towns (Settlements)\nIn Census 2016, a new Census town was defined as there being a minimum of 50 occupied dwellings, with a maximum distance between any dwelling and the building closest to it, of 100 metres, and where there was evidence of an urban centre (shop, school etc).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IIA14/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GPII</x:t>
   </x:si>
   <x:si>
     <x:t>Geographical Profiles of Income in Ireland 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -1549,1739 +1549,502 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1687 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="200">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="200">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H201" totalsRowShown="0">
   <x:autoFilter ref="A1:H201"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02800V03468"/>
     <x:tableColumn id="4" name="Towns"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3550,51 +2313,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IIA14/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3783,51 +2546,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H201"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -9041,51 +7804,51 @@
       <x:c r="E201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H201" s="0">
         <x:v>31951</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9102,51 +7865,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H201" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="IIA14"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Household Median Gross Income"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02800V03468">
       <x:sharedItems count="200">
         <x:s v="100100"/>
         <x:s v="100300"/>
         <x:s v="100400"/>
         <x:s v="100500"/>
         <x:s v="100600"/>
         <x:s v="100800"/>
         <x:s v="100900"/>
         <x:s v="101000"/>
         <x:s v="101100"/>
         <x:s v="101200"/>
         <x:s v="101300"/>
@@ -9747,27 +8510,2028 @@
         <x:n v="34980"/>
         <x:n v="38296"/>
         <x:n v="31424"/>
         <x:n v="46463"/>
         <x:n v="38977"/>
         <x:n v="54153"/>
         <x:n v="30998"/>
         <x:n v="42177"/>
         <x:n v="31051"/>
         <x:n v="28297"/>
         <x:n v="49322"/>
         <x:n v="35660"/>
         <x:n v="44087"/>
         <x:n v="55020"/>
         <x:n v="58797"/>
         <x:n v="52974"/>
         <x:n v="28252"/>
         <x:n v="31951"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="52853"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="46783"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="39373"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="44674"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="36106"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38876"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="36591"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="60409"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="48909"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="45434"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="40508"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="41347"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="32995"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35890"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="49236"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="61241"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="37199"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="40242"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="40156"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35160"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="43560"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35818"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="64877"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="34802"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38509"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="63232"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="78631"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="63106"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="59353"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38423"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38560"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="37726"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="64529"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="43630"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="37271"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="44382"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38808"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="58257"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="32779"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="49640"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31049"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="45659"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="41850"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35334"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="34286"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="41841"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="58875"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="29224"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35364"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="70243"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="54890"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="36311"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="72810"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35126"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="47162"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35174"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31531"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="42750"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="34001"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="32715"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="39028"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="34975"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="59522"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="39929"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="69652"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="28458"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="69026"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="55359"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="36135"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="37183"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38263"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="36229"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="36893"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="29867"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="39148"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="34365"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="57861"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="50276"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="39066"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="58195"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="33331"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="27557"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="58248"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="36101"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="54750"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35842"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="34899"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="41534"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31229"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31571"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="60985"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="34784"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="39210"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="53462"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="32804"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="54388"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="44686"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="33649"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35667"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="44275"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="59096"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="40472"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="39970"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="33340"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="33072"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31533"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="33167"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="49255"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="58034"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="37226"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="26663"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="60548"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35217"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="62205"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="59066"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="41866"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="33451"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="56742"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="32418"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="66779"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38249"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="36043"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="29887"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="28392"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="41177"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="57846"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="32133"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="34278"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="28922"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="37235"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="25498"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="32142"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="33675"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="48672"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="28605"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="55642"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="51112"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="47665"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="39717"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="44565"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="37393"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="40045"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="32962"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="36164"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35307"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35004"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="47918"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="30898"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="57020"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="27448"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="28584"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="51390"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="33714"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="32756"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38920"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="30861"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="32137"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="29095"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="42521"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="28929"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31833"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="47005"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="73154"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="55400"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="37096"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="26299"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="61171"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="43382"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38578"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="42322"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="25610"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="29493"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31320"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="39910"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38365"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35852"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="30465"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="26087"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="34944"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31283"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="52537"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38883"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="34980"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38296"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31424"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="46463"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="38977"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="54153"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="30998"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="42177"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31051"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="28297"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="49322"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="130000"/>
+    <s v="Collooney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="35660"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="130100"/>
+    <s v="Castlemartyr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="44087"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="130400"/>
+    <s v="Tullyallen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="55020"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="130200"/>
+    <s v="Longwood"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="58797"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="130300"/>
+    <s v="Termonfeckin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="52974"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="130500"/>
+    <s v="Convoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="28252"/>
+  </r>
+  <r>
+    <s v="IIA14"/>
+    <s v="Household Median Gross Income"/>
+    <s v="130600"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Euro"/>
+    <n v="31951"/>
+  </r>
+</pivotCacheRecords>
 </file>