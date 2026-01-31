--- v0 (2025-11-14)
+++ v1 (2026-01-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07dc51928a9b44b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5520ae9e1c148fab9872e477d914f99.psmdcp" Id="R336da6bc4b3148d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4abce90cf25d45bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1130131b7b0f41f0a15b07c449d0f1f4.psmdcp" Id="Ra4cdd040ae684106" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>IH022</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>All persons aged 15 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/5/2020 11:00:00 AM</x:t>
+    <x:t>05/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>[url= &lt;a href="https://www.cso.ie/en/methods/health/irishhealthsurveyihs/" target="_blank"&gt;https://www.cso.ie/en/methods/health/iri ... rveyihs/&lt;/a&gt;] See background notes[/url]</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IH022/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IHS</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Health Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -391,203 +391,124 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...151 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03361V04046" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Limitations in everyday activities" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J10" totalsRowShown="0">
   <x:autoFilter ref="A1:J10"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C03361V04046"/>
     <x:tableColumn id="6" name="Limitations in everyday activities"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -858,51 +779,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IH022/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1091,51 +1012,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J10"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1445,51 +1366,51 @@
       <x:c r="G10" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J10" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1506,51 +1427,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J10" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="IH022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="All persons aged 15 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -1577,27 +1498,136 @@
     <x:cacheField name="Year">
       <x:sharedItems count="1">
         <x:s v="2015"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="4" maxValue="73" count="6">
         <x:n v="4"/>
         <x:n v="24"/>
         <x:n v="72"/>
         <x:n v="73"/>
         <x:n v="25"/>
         <x:n v="71"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
-</file>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IH022"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Severely limited"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IH022"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Limited but not severely"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="IH022"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Not limited at all"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="IH022"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Severely limited"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IH022"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Limited but not severely"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="IH022"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Not limited at all"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="IH022"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Severely limited"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IH022"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Limited but not severely"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="IH022"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Not limited at all"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+</pivotCacheRecords>
+</file>