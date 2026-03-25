--- v1 (2026-01-31)
+++ v2 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4abce90cf25d45bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1130131b7b0f41f0a15b07c449d0f1f4.psmdcp" Id="Ra4cdd040ae684106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b8487c99414d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef8627bc64754ae7ba5da681d0539fa3.psmdcp" Id="Rb7532ae610c649ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>