--- v0 (2025-11-06)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c7b33236214cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/304018493f5245d1badc64114532ee56.psmdcp" Id="R11b7155850e74baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfb4fb5a5d8a4d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a80db1eb1864f87a2b7b7b7e9b5c15d.psmdcp" Id="Rba4ceed26c634c45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ICT20</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Individuals who use the internet classified by types of purchases made online during the last 3 months</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/6/2020 11:00:00 AM</x:t>
+    <x:t>06/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Clothes includes sports clothing, shoes or accessories. Cleaning products or personal hygiene products includes toothbrushes, washing detergents, etc. Medicine or dietary supplements excludes medical prescriptions. Computer or other software as downloads includes upgrades. Tickets for cultural or other events includes cinema, concerts, fairs, etc. Games online or as downloads includes downloads for smartphones, tablets, computers or consoles. Subscriptions to utility services includes subscriptions to electricity, water or heating supply, waste disposal or similar services. Household services includes cleaning, babysitting, repair work, gardening, etc. Apps related to health or fitness excludes free Apps. Other Apps includes apps related to learning languages, travelling, weather, etc. Excludes free apps. January 2020 denotes survey weeks 3 to 5. March 2020 denotes survey weeks 11 to 13.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ICT20/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ICTC19</x:t>
   </x:si>
   <x:si>
     <x:t>Impact of COVID-19 on ICT usage by Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -285,50 +285,53 @@
     <x:t>Apps related to health or fitness</x:t>
   </x:si>
   <x:si>
     <x:t>124</x:t>
   </x:si>
   <x:si>
     <x:t>Other Apps</x:t>
   </x:si>
   <x:si>
     <x:t>151</x:t>
   </x:si>
   <x:si>
     <x:t>Tickets for sport events</x:t>
   </x:si>
   <x:si>
     <x:t>152</x:t>
   </x:si>
   <x:si>
     <x:t>Tickets for cultural or other events</x:t>
   </x:si>
   <x:si>
     <x:t>201</x:t>
   </x:si>
   <x:si>
     <x:t>Films or series as a streaming service or downloads</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
     <x:t>Childrens toys or childcare items</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmetics beauty or wellness products</x:t>
   </x:si>
   <x:si>
     <x:t>23</x:t>
   </x:si>
   <x:si>
     <x:t>Furniture home accessories or gardening products</x:t>
   </x:si>
   <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
     <x:t>Bicycles, mopeds, cars or other vehicles or spareparts</x:t>
   </x:si>
@@ -532,395 +535,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02942V03557" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Purchases Made Online" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V04140" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J201" totalsRowShown="0">
   <x:autoFilter ref="A1:J201"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02942V03557"/>
     <x:tableColumn id="4" name="Purchases Made Online"/>
     <x:tableColumn id="5" name="C02196V04140"/>
     <x:tableColumn id="6" name="Region"/>
     <x:tableColumn id="7" name="TLIST(M1)"/>
     <x:tableColumn id="8" name="Month"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1191,51 +971,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ICT20/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1424,51 +1204,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J201"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="92.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="55.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="9.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4898,50 +4678,53 @@
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J108" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>55</x:v>
@@ -5067,2871 +4850,2871 @@
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J113" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J114" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J115" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J116" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J117" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J118" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J119" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J120" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J121" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J122" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J123" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J124" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J125" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J126" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J127" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J128" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J129" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J130" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J131" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J132" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J133" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J134" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J135" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J136" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J137" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J138" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J139" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J140" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J141" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J142" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J143" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J144" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J145" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J146" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J147" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J148" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J149" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J150" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J151" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J152" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J153" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J154" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J155" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J156" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J157" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J158" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J159" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J160" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J161" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J162" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J163" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J164" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J165" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J166" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J167" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J168" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J169" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J170" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J171" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J172" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J173" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J174" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J175" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J176" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:10">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J177" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J178" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:10">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J179" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J180" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:10">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J181" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:10">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J182" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J183" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J184" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J185" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J186" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J187" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J188" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J189" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J190" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J191" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J192" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J193" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J194" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J195" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J197" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:10">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J198" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:10">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J199" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:10">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J200" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:10">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J201" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7948,51 +7731,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J201" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ICT20"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02942V03557">
       <x:sharedItems count="25">
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="041"/>
         <x:s v="042"/>
         <x:s v="05"/>
         <x:s v="051"/>
         <x:s v="08"/>
         <x:s v="121"/>
         <x:s v="122"/>
         <x:s v="123"/>
         <x:s v="124"/>
@@ -8098,27 +7881,2428 @@
         <x:n v="18"/>
         <x:n v="24"/>
         <x:n v="21"/>
         <x:n v="17"/>
         <x:n v="20"/>
         <x:n v="15"/>
         <x:n v="29"/>
         <x:n v="12"/>
         <x:n v="16"/>
         <x:n v="11"/>
         <x:n v="3"/>
         <x:n v="8"/>
         <x:n v="2"/>
         <x:n v="9"/>
         <x:n v="39"/>
         <x:s v=""/>
         <x:n v="4"/>
         <x:n v="7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT20"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+</pivotCacheRecords>
 </file>