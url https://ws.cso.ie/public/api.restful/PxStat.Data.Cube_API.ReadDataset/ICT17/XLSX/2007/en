--- v0 (2025-11-04)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3daa014db2ff4cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cab2ab20601d4a648c2eedc5b5eec847.psmdcp" Id="Rccc3f2d1536c4110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a68be9651234fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/983e9cb38f8049f9874a3832b16dc719.psmdcp" Id="R2e5eea106944480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ICT17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Individuals who use the internet classified by types of purchases made online during the last 3 months</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/6/2020 11:00:00 AM</x:t>
+    <x:t>06/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Clothes includes sports clothing, shoes or accessories. Cleaning products or personal hygiene products includes toothbrushes, washing detergents, etc. Medicine or dietary supplements excludes medical prescriptions. Computer or other software as downloads includes upgrades. Tickets for cultural or other events includes cinema, concerts, fairs, etc. Games online or as downloads includes downloads for smartphones, tablets, computers or consoles. Subscriptions to utility services includes subscriptions to electricity, water or heating supply, waste disposal or similar services. Household services includes cleaning, babysitting, repair work, gardening, etc. Apps related to health or fitness excludes free Apps. Other Apps includes apps related to learning languages, travelling, weather, etc. Excludes free apps. January 2020 denotes survey weeks 3 to 5. March 2020 denotes survey weeks 11 to 13.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ICT17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ICTC19</x:t>
   </x:si>
   <x:si>
     <x:t>Impact of COVID-19 on ICT usage by Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -526,387 +526,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02942V03557" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Purchases Made Online" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J151" totalsRowShown="0">
   <x:autoFilter ref="A1:J151"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02942V03557"/>
     <x:tableColumn id="6" name="Purchases Made Online"/>
     <x:tableColumn id="7" name="TLIST(M1)"/>
     <x:tableColumn id="8" name="Month"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1177,51 +960,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ICT17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1410,51 +1193,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J151"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="92.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="55.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="9.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -6276,51 +6059,51 @@
       <x:c r="G151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J151" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6337,51 +6120,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J151" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ICT17"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -6483,27 +6266,1828 @@
         <x:n v="28"/>
         <x:n v="14"/>
         <x:n v="12"/>
         <x:n v="10"/>
         <x:n v="16"/>
         <x:n v="33"/>
         <x:n v="51"/>
         <x:n v="24"/>
         <x:n v="19"/>
         <x:n v="4"/>
         <x:n v="7"/>
         <x:n v="11"/>
         <x:n v="43"/>
         <x:n v="27"/>
         <x:n v="0"/>
         <x:n v="9"/>
         <x:n v="2"/>
         <x:n v="35"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="Readymade food delivered"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="Food or drinks from shops or mealkit providers"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="Clothes"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="Sports goods"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Electronic equipment (incl. cameras)"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="Computers, tablets, mobile phones or associated accessories"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Books/magazines/newspapers/e-learning material"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="121"/>
+    <s v="Subcriptions to the internet or mobile phone connections"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="122"/>
+    <s v="Music as a streaming service or downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="123"/>
+    <s v="Apps related to health or fitness"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="124"/>
+    <s v="Other Apps"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="151"/>
+    <s v="Tickets for sport events"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="152"/>
+    <s v="Tickets for cultural or other events"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="201"/>
+    <s v="Films or series as a streaming service or downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Childrens toys or childcare items"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Cosmetics beauty or wellness products"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Furniture home accessories or gardening products"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Bicycles, mopeds, cars or other vehicles or spareparts"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Cleaning products or personal hygiene products"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Medicine or dietary supplements"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Subscriptions to utility services"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="28"/>
+    <s v="Household services"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Games online or as downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="Computer or other software as downloads"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="2020M01"/>
+    <s v="2020M01"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ICT17"/>
+    <s v="Individuals who use the internet classified by types of purchases made online during the last 3 months"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="eBooks online magazines or newspapers"/>
+    <s v="2020M03"/>
+    <s v="2020M03"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+</pivotCacheRecords>
 </file>