--- v0 (2025-11-03)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f8786aac4a44b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6865d8f1fe3f46fb96729773bced6493.psmdcp" Id="R729bf34370f74cf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R774edf6fbe384f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7626a1febeac463080f323fda1a94912.psmdcp" Id="R22c6af51bb9947d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ICA17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Where Persons used a Computer or the Internet in the last 3 months</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Cells populated with .. indicate the sample data was too small to use for estimation. Persons represent all individuals aged 16-74 unless otherwise stated  See background notes (https://www.cso.ie/en/methods/informationsociety/e-commercehouseholdsurvey/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ICA17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ISSP</x:t>
   </x:si>
   <x:si>
     <x:t>ICT Usage by Persons</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -259,50 +259,53 @@
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>At place of education</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>At other persons home</x:t>
   </x:si>
   <x:si>
     <x:t>06</x:t>
   </x:si>
   <x:si>
     <x:t>At other places (e.g. airport, hotel)</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>Did not use in the last 3 months</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -439,267 +442,140 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...215 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02835V03409" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Location" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02510V03120" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons Employed in Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J181" totalsRowShown="0">
   <x:autoFilter ref="A1:J181"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02835V03409"/>
     <x:tableColumn id="2" name="Location"/>
     <x:tableColumn id="3" name="C02510V03120"/>
     <x:tableColumn id="4" name="Persons Employed in Household"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -970,51 +846,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ICA17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1203,51 +1079,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J181"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -6117,50 +5993,53 @@
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J153" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="154" spans="1:10">
       <x:c r="A154" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>55</x:v>
@@ -6178,50 +6057,53 @@
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J155" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="156" spans="1:10">
       <x:c r="A156" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>55</x:v>
@@ -6239,50 +6121,53 @@
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J157" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="158" spans="1:10">
       <x:c r="A158" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>55</x:v>
@@ -6300,50 +6185,53 @@
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J159" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>55</x:v>
@@ -6361,50 +6249,53 @@
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J161" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>55</x:v>
@@ -6422,50 +6313,53 @@
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J163" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>55</x:v>
@@ -6483,50 +6377,53 @@
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J165" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>55</x:v>
@@ -6544,50 +6441,53 @@
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J167" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>55</x:v>
@@ -6605,50 +6505,53 @@
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J169" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>55</x:v>
@@ -6666,50 +6569,53 @@
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J171" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>55</x:v>
@@ -6727,50 +6633,53 @@
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J173" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>55</x:v>
@@ -6788,50 +6697,53 @@
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J175" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>55</x:v>
@@ -6849,50 +6761,53 @@
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J177" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>55</x:v>
@@ -6910,50 +6825,53 @@
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J179" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>55</x:v>
@@ -6970,65 +6888,68 @@
         <x:v>77</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>56</x:v>
+      </x:c>
+      <x:c r="J181" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7045,51 +6966,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J181" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02835V03409">
       <x:sharedItems count="6">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Location">
       <x:sharedItems count="6">
         <x:s v="At home"/>
         <x:s v="At work"/>
         <x:s v="At place of education"/>
         <x:s v="At other persons home"/>
         <x:s v="At other places (e.g. airport, hotel)"/>
         <x:s v="Did not use in the last 3 months"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02510V03120">
       <x:sharedItems count="5">
         <x:s v="-"/>
@@ -7183,27 +7104,2188 @@
         <x:n v="70"/>
         <x:n v="7"/>
         <x:n v="53"/>
         <x:n v="11"/>
         <x:n v="82"/>
         <x:n v="16"/>
         <x:n v="19"/>
         <x:n v="26"/>
         <x:n v="18"/>
         <x:n v="28"/>
         <x:s v=""/>
         <x:n v="30"/>
         <x:n v="67"/>
         <x:n v="52"/>
         <x:n v="41"/>
         <x:n v="17"/>
         <x:n v="13"/>
         <x:n v="12"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="1"/>
+    <s v="No person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2"/>
+    <s v="1 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="3"/>
+    <s v="2 persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="4"/>
+    <s v="3 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA17C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>