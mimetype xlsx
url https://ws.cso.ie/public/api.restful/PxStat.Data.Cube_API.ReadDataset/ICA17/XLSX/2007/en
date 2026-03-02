--- v1 (2025-12-31)
+++ v2 (2026-03-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R774edf6fbe384f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7626a1febeac463080f323fda1a94912.psmdcp" Id="R22c6af51bb9947d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91f1ef65b2cd45be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/163a2f0ffa0e4f7a8b6b618a583323c2.psmdcp" Id="R4cd41b3bbbf8410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>