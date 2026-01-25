--- v0 (2025-11-04)
+++ v1 (2026-01-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86c2840584174614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88f40ef2f83244238363c2b224ffbe6b.psmdcp" Id="R670812ab09604cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac5d83c332774005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/911699904db34dd3908f34d62fbc472b.psmdcp" Id="Rfc751af0670e4469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ICA16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Where Persons used a Computer or the Internet in the last 3 months</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Cells populated with .. indicate the sample data was too small to use for estimation. Persons represent all individuals aged 16-74 unless otherwise stated  See background notes (https://www.cso.ie/en/methods/informationsociety/e-commercehouseholdsurvey/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ICA16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ISSP</x:t>
   </x:si>
   <x:si>
     <x:t>ICT Usage by Persons</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -256,50 +256,53 @@
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>All household compositions</x:t>
   </x:si>
   <x:si>
     <x:t>At work</x:t>
   </x:si>
   <x:si>
     <x:t>At place of education</x:t>
   </x:si>
   <x:si>
     <x:t>At other persons home</x:t>
   </x:si>
   <x:si>
     <x:t>At other places (e.g. airport, hotel)</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>Did not use in the last 3 months</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -436,283 +439,144 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02835V03409" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Location" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02837V03411" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J253" totalsRowShown="0">
   <x:autoFilter ref="A1:J253"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02835V03409"/>
     <x:tableColumn id="2" name="Location"/>
     <x:tableColumn id="3" name="C02837V03411"/>
     <x:tableColumn id="4" name="Household Composition"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -983,51 +847,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ICA16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1216,51 +1080,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J253"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -8050,50 +7914,53 @@
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J213" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>54</x:v>
@@ -8111,50 +7978,53 @@
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J215" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>54</x:v>
@@ -8172,50 +8042,53 @@
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J217" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>54</x:v>
@@ -8233,50 +8106,53 @@
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>54</x:v>
@@ -8294,50 +8170,53 @@
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J221" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>54</x:v>
@@ -8355,50 +8234,53 @@
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>54</x:v>
@@ -8416,50 +8298,53 @@
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J225" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>54</x:v>
@@ -8477,50 +8362,53 @@
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="228" spans="1:10">
       <x:c r="A228" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>54</x:v>
@@ -8538,50 +8426,53 @@
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J229" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="230" spans="1:10">
       <x:c r="A230" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>54</x:v>
@@ -8599,50 +8490,53 @@
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J231" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="232" spans="1:10">
       <x:c r="A232" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>54</x:v>
@@ -8660,50 +8554,53 @@
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J233" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="234" spans="1:10">
       <x:c r="A234" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>54</x:v>
@@ -8721,50 +8618,53 @@
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J235" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="236" spans="1:10">
       <x:c r="A236" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>54</x:v>
@@ -8782,50 +8682,53 @@
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J237" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="238" spans="1:10">
       <x:c r="A238" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>54</x:v>
@@ -8843,50 +8746,53 @@
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J239" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="240" spans="1:10">
       <x:c r="A240" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>54</x:v>
@@ -8904,50 +8810,53 @@
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J241" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="242" spans="1:10">
       <x:c r="A242" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>54</x:v>
@@ -8965,50 +8874,53 @@
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J243" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:10">
       <x:c r="A244" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>54</x:v>
@@ -9026,50 +8938,53 @@
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J245" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="246" spans="1:10">
       <x:c r="A246" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>54</x:v>
@@ -9087,50 +9002,53 @@
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J247" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="248" spans="1:10">
       <x:c r="A248" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>54</x:v>
@@ -9148,50 +9066,53 @@
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J249" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="250" spans="1:10">
       <x:c r="A250" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>54</x:v>
@@ -9209,50 +9130,53 @@
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J251" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:10">
       <x:c r="A252" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>54</x:v>
@@ -9269,65 +9193,68 @@
         <x:v>76</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>55</x:v>
+      </x:c>
+      <x:c r="J253" s="0" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9344,51 +9271,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J253" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02835V03409">
       <x:sharedItems count="6">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Location">
       <x:sharedItems count="6">
         <x:s v="At home"/>
         <x:s v="At work"/>
         <x:s v="At place of education"/>
         <x:s v="At other persons home"/>
         <x:s v="At other places (e.g. airport, hotel)"/>
         <x:s v="Did not use in the last 3 months"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02837V03411">
       <x:sharedItems count="7">
         <x:s v="01"/>
@@ -9499,27 +9426,3052 @@
         <x:n v="19"/>
         <x:n v="73"/>
         <x:n v="83"/>
         <x:n v="17"/>
         <x:n v="11"/>
         <x:n v="25"/>
         <x:n v="52"/>
         <x:n v="41"/>
         <x:n v="34"/>
         <x:n v="39"/>
         <x:n v="36"/>
         <x:n v="29"/>
         <x:n v="37"/>
         <x:n v="46"/>
         <x:n v="30"/>
         <x:s v=""/>
         <x:n v="22"/>
         <x:n v="32"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="01"/>
+    <s v="1 adult, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="02"/>
+    <s v="2 adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="03"/>
+    <s v="3 or more adults, no dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="04"/>
+    <s v="1 adult with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="05"/>
+    <s v="2 adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="06"/>
+    <s v="3 or more adults with dependent children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA16C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>