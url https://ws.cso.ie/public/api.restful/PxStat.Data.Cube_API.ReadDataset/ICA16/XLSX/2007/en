--- v1 (2026-01-25)
+++ v2 (2026-03-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac5d83c332774005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/911699904db34dd3908f34d62fbc472b.psmdcp" Id="Rfc751af0670e4469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3ccaf89d6841b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0338500b9f244903b091da147de69d1c.psmdcp" Id="R8d96f3e9bd1b41c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>