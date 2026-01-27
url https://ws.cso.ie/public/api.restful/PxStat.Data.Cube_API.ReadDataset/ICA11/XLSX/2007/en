--- v0 (2025-11-04)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2454593aff1d4d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a8678050fcc47f49275fdad54c7ac19.psmdcp" Id="Ref7151f93357419a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2cd4283433340e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/331bf8e8e66c46e386397e8bc925b9a6.psmdcp" Id="R85f4b4a65a76418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ICA11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Where Persons used a Computer or the Internet in the last 3 months</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Cells populated with .. indicate the sample data was too small to use for estimation. Persons represent all individuals aged 16-74 unless otherwise stated  See background notes (https://www.cso.ie/en/methods/informationsociety/e-commercehouseholdsurvey/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ICA11/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ISSP</x:t>
   </x:si>
   <x:si>
     <x:t>ICT Usage by Persons</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -234,50 +234,53 @@
     <x:t>At work</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>At place of education</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>At other persons home</x:t>
   </x:si>
   <x:si>
     <x:t>06</x:t>
   </x:si>
   <x:si>
     <x:t>At other places (e.g. airport, hotel)</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>Did not use in the last 3 months</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -427,251 +430,136 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...199 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02835V03409" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Location" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J109" totalsRowShown="0">
   <x:autoFilter ref="A1:J109"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02835V03409"/>
     <x:tableColumn id="4" name="Location"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -942,51 +830,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ICA11/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1175,51 +1063,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J109"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -2249,50 +2137,53 @@
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>55</x:v>
@@ -2310,50 +2201,53 @@
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>55</x:v>
@@ -2371,2350 +2265,2371 @@
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J37" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J38" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J39" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J40" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J41" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J42" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J43" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J44" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J45" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J46" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J47" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10">
       <x:c r="A48" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J48" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10">
       <x:c r="A49" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J49" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10">
       <x:c r="A50" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J50" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10">
       <x:c r="A51" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J51" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10">
       <x:c r="A52" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J52" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10">
       <x:c r="A53" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J53" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10">
       <x:c r="A54" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J54" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10">
       <x:c r="A55" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J55" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10">
       <x:c r="A56" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J56" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10">
       <x:c r="A57" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J57" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10">
       <x:c r="A58" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J58" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10">
       <x:c r="A59" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J59" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10">
       <x:c r="A60" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J60" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10">
       <x:c r="A61" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J61" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10">
       <x:c r="A62" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J62" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10">
       <x:c r="A63" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J63" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10">
       <x:c r="A64" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J64" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10">
       <x:c r="A65" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J65" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10">
       <x:c r="A66" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J66" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10">
       <x:c r="A67" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J67" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10">
       <x:c r="A68" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J68" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10">
       <x:c r="A69" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="70" spans="1:10">
       <x:c r="A70" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J70" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10">
       <x:c r="A71" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="72" spans="1:10">
       <x:c r="A72" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J72" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10">
       <x:c r="A73" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J73" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="74" spans="1:10">
       <x:c r="A74" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J74" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J75" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J76" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10">
       <x:c r="A77" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J77" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10">
       <x:c r="A78" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J78" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10">
       <x:c r="A79" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J79" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10">
       <x:c r="A80" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J80" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10">
       <x:c r="A81" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J81" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10">
       <x:c r="A82" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J82" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10">
       <x:c r="A83" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J83" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10">
       <x:c r="A84" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J84" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10">
       <x:c r="A85" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J85" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10">
       <x:c r="A86" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J86" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10">
       <x:c r="A87" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J87" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10">
       <x:c r="A88" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J88" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10">
       <x:c r="A89" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J89" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10">
       <x:c r="A90" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J90" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10">
       <x:c r="A91" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J91" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10">
       <x:c r="A92" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J92" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10">
       <x:c r="A93" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J93" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10">
       <x:c r="A94" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J94" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10">
       <x:c r="A95" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J95" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10">
       <x:c r="A96" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J96" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10">
       <x:c r="A97" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J97" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J98" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J99" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10">
       <x:c r="A100" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J100" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10">
       <x:c r="A101" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J101" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10">
       <x:c r="A102" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J102" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10">
       <x:c r="A103" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J103" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10">
       <x:c r="A104" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J104" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10">
       <x:c r="A105" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="106" spans="1:10">
       <x:c r="A106" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J106" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10">
       <x:c r="A107" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J107" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="108" spans="1:10">
       <x:c r="A108" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J108" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>56</x:v>
+      </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4731,51 +4646,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J109" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02835V03409">
       <x:sharedItems count="6">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
@@ -4847,27 +4762,1324 @@
         <x:n v="24"/>
         <x:n v="52"/>
         <x:n v="47"/>
         <x:n v="62"/>
         <x:n v="60"/>
         <x:n v="69"/>
         <x:n v="68"/>
         <x:n v="21"/>
         <x:n v="26"/>
         <x:n v="9"/>
         <x:n v="32"/>
         <x:n v="49"/>
         <x:n v="43"/>
         <x:n v="65"/>
         <x:n v="72"/>
         <x:n v="22"/>
         <x:n v="28"/>
         <x:n v="38"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="At home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="At work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="At place of education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="At other persons home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="At other places (e.g. airport, hotel)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C1"/>
+    <s v="Where Persons used a Computer in the last 3 months"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Did not use in the last 3 months"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ICA11C2"/>
+    <s v="Where Persons used a the Internet in the last 3 months"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>