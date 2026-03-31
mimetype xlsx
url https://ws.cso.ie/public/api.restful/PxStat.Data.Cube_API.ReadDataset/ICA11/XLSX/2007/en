--- v1 (2026-01-27)
+++ v2 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2cd4283433340e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/331bf8e8e66c46e386397e8bc925b9a6.psmdcp" Id="R85f4b4a65a76418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a0fd9c026f48f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b86a14ee4d524d2d9d12c71778d59cb1.psmdcp" Id="R3434e115e5cc40e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>