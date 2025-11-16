--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R428f831086834160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32a8789780c6402e8b868f6223d4b81e.psmdcp" Id="R235f64b5a7da4531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a03994b57a14262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0404147458d466babd5b3266d9542a8.psmdcp" Id="Rab499826e44f44ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>