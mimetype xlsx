--- v1 (2025-11-16)
+++ v2 (2026-03-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a03994b57a14262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0404147458d466babd5b3266d9542a8.psmdcp" Id="Rab499826e44f44ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65e834a37ee423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83b5f4d6f9cc47a4ac29119c699b368a.psmdcp" Id="R5137003b957d4dbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>IBA02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Production Account and Generation of Income for All Insurance Companies</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/2/2022 11:00:00 AM</x:t>
+    <x:t>02/11/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Production Value - Includes gross premium earned, portfolio investment income, other services produced, capital gains and provisions less gross claims incurred. Gross value added at factor cost - Production value less gross value of reinsurance services received and other intermediate consumption. Gross operating surplus - Gross value added at factor cost less personnel costs.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IBA02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ESFS</x:t>
   </x:si>
   <x:si>
     <x:t>Enterprise Statistics on Financial Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -309,50 +309,53 @@
     <x:t>Gross operating surplus</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -499,379 +502,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H229" totalsRowShown="0">
   <x:autoFilter ref="A1:H229"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1140,51 +926,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/IBA02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1373,51 +1159,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H229"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -5601,73 +5387,79 @@
         <x:v>39624</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H162" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>-3880</x:v>
@@ -5867,1519 +5659,1537 @@
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H172" s="0">
         <x:v>2865</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H173" s="0">
         <x:v>50364</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H174" s="0">
         <x:v>2226</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H175" s="0">
         <x:v>1973</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>2298</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>1736</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H179" s="0">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H180" s="0">
         <x:v>37046</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H182" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H183" s="0">
         <x:v>-2697</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H184" s="0">
         <x:v>-10237</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H185" s="0">
         <x:v>7541</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H186" s="0">
         <x:v>15146</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H187" s="0">
         <x:v>3404</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H188" s="0">
         <x:v>8146</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H189" s="0">
         <x:v>3597</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H190" s="0">
         <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H191" s="0">
         <x:v>2911</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H192" s="0">
         <x:v>56325</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H193" s="0">
         <x:v>3231</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H194" s="0">
         <x:v>2892</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H195" s="0">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H196" s="0">
         <x:v>2515</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H197" s="0">
         <x:v>1940</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H198" s="0">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H199" s="0">
         <x:v>37267</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H200" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H202" s="0">
         <x:v>-6720</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H203" s="0">
         <x:v>23530</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H204" s="0">
         <x:v>-30250</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H205" s="0">
         <x:v>18085</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H206" s="0">
         <x:v>5691</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H207" s="0">
         <x:v>8307</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H208" s="0">
         <x:v>4087</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H209" s="0">
         <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H210" s="0">
         <x:v>3376</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H211" s="0">
         <x:v>58690</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>2149</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H213" s="0">
         <x:v>1895</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H214" s="0">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H215" s="0">
         <x:v>2511</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H216" s="0">
         <x:v>1935</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H217" s="0">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H218" s="0">
         <x:v>39493</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H220" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H221" s="0">
         <x:v>-13064</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>7200</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H223" s="0">
         <x:v>-20264</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H224" s="0">
         <x:v>10793</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H225" s="0">
         <x:v>3563</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H226" s="0">
         <x:v>9801</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H227" s="0">
         <x:v>-2571</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H228" s="0">
         <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H229" s="0">
         <x:v>-3369</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7396,51 +7206,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H229" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="12">
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -7718,27 +7528,2308 @@
         <x:n v="4087"/>
         <x:n v="3376"/>
         <x:n v="58690"/>
         <x:n v="2149"/>
         <x:n v="1895"/>
         <x:n v="2511"/>
         <x:n v="1935"/>
         <x:n v="576"/>
         <x:n v="39493"/>
         <x:n v="-13064"/>
         <x:n v="7200"/>
         <x:n v="-20264"/>
         <x:n v="10793"/>
         <x:n v="3563"/>
         <x:n v="9801"/>
         <x:n v="-2571"/>
         <x:n v="798"/>
         <x:n v="-3369"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="37655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="3760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="27280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <n v="27593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <n v="-314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="-5377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="-17211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="11539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="39144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="29949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <n v="30175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <n v="-227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="-4030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="8682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="-12711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="11928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="6772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="38870"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="40078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <n v="40308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <n v="-230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="6349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="-4004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="10352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="10936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="6901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="41695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="37716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <n v="37644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="11664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="-8705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="12487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="6798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="44836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="34826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <n v="34997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <n v="-171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="-3726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="8039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="-11765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="12034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="6608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="47078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="34836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <n v="35272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <n v="-436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="-4000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="16008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="-20008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="13419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="6407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="54482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="38274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <n v="37975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="-7032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="5708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="-12739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="14420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="7720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="48120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="37273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <n v="37161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="-1310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="9317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="-10627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="14489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="7869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="52810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="3105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="39624"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="-3880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="7408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="-11287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="14837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="8381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="3579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="50364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="37046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="-2697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="-10237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="7541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="15146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="8146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="56325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="37267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="-6720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="23530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="-30250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="18085"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="8307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C01"/>
+    <s v="Gross premiums earned"/>
+    <s v="Euro Million"/>
+    <n v="58690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C02"/>
+    <s v="Portfolio investment income"/>
+    <s v="Euro Million"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C03"/>
+    <s v="Investment income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C04"/>
+    <s v="Investment income - Non-Technical account"/>
+    <s v="Euro Million"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C05"/>
+    <s v="Other services produced"/>
+    <s v="Euro Million"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C06"/>
+    <s v="Fees receivable (commissions etc)"/>
+    <s v="Euro Million"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C07"/>
+    <s v="Other income - Technical account"/>
+    <s v="Euro Million"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C08"/>
+    <s v="Gross claims incurred"/>
+    <s v="Euro Million"/>
+    <n v="39493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C09"/>
+    <s v="Gross claims payments"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C10"/>
+    <s v="Gross change in the provision for outstanding claims"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C11"/>
+    <s v="Capital gains and provisions"/>
+    <s v="Euro Million"/>
+    <n v="-13064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C12"/>
+    <s v="Capital gains/losses realised and unrealised"/>
+    <s v="Euro Million"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C13"/>
+    <s v="Gross change in life insurance provision"/>
+    <s v="Euro Million"/>
+    <n v="-20264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C14"/>
+    <s v="Production value"/>
+    <s v="Euro Million"/>
+    <n v="10793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C15"/>
+    <s v="Gross value of reinsurance services received"/>
+    <s v="Euro Million"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C16"/>
+    <s v="Other intermediate consumption"/>
+    <s v="Euro Million"/>
+    <n v="9801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C17"/>
+    <s v="Gross value added at factor cost"/>
+    <s v="Euro Million"/>
+    <n v="-2571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C18"/>
+    <s v="Personnel Costs"/>
+    <s v="Euro Million"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IBA02C19"/>
+    <s v="Gross operating surplus"/>
+    <s v="Euro Million"/>
+    <n v="-3369"/>
+  </r>
+</pivotCacheRecords>
 </file>