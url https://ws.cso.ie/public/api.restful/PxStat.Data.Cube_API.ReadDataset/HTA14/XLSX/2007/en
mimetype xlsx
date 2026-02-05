--- v0 (2025-10-06)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1734d2eb1663428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8f1b9359c584b8f958d5c065abf131f.psmdcp" Id="Rc02e887dd8b2412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31540812fb8b45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0fee16a36604ebc8028cc57482a4e33.psmdcp" Id="R264a2d280bc6475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HTA14</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>European Union Outbound Travel by Irish Residents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/20/2025 11:00:00 AM</x:t>
+    <x:t>20/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>See background notes.(https://www.cso.ie/en/methods/surveybackgroundnotes/householdtravelsurvey/) From 2022 there has been a break in the time series for Outbound travel as the data (excluding Northern Ireland) is now calibrated to the Inbound Tourism survey. From 2012 to 2021 Outbound travel was calibrated to the Tourism and Travel release .&lt;br&gt;From 2020 'Other' includes Education &amp; Training, Sporting Events, Work/Looking for work, Health &amp; Medical, Religious, Shopping and other reasons not elsewhere specified.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HTA14/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HTSA</x:t>
   </x:si>
   <x:si>
     <x:t>Household Travel Survey - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -258,50 +258,53 @@
     <x:t>Portugal</x:t>
   </x:si>
   <x:si>
     <x:t>XB</x:t>
   </x:si>
   <x:si>
     <x:t>Great Britain</x:t>
   </x:si>
   <x:si>
     <x:t>XI</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>ZZAH</x:t>
   </x:si>
   <x:si>
     <x:t>Denmark/Finland/Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEU2801</x:t>
   </x:si>
   <x:si>
     <x:t>EU28 excluding Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>ZZEU2802</x:t>
   </x:si>
   <x:si>
     <x:t>Other EU28 (1)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEUBQ1</x:t>
   </x:si>
   <x:si>
     <x:t>EU27 excluding Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEUBQ8</x:t>
   </x:si>
   <x:si>
     <x:t>Other EU27 (6)</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
@@ -511,395 +514,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02173V03830" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country and Region Visited" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H715" totalsRowShown="0">
   <x:autoFilter ref="A1:H715"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02173V03830"/>
     <x:tableColumn id="6" name="Country and Region Visited"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1168,51 +942,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HTA14/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1401,51 +1175,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H715"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="62.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="53.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1807,17907 +1581,18267 @@
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>5797</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="0">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H19" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H20" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H21" s="0">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H22" s="0">
         <x:v>1410</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H23" s="0">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H24" s="0">
         <x:v>2304</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H26" s="0">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H28" s="0">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H29" s="0">
         <x:v>1934</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H30" s="0">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H31" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H32" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F33" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G33" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>5563</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E35" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F35" s="0" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H39" s="0">
         <x:v>1339</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>2237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>1784</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F50" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G50" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H50" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>5647</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>1367</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H58" s="0">
         <x:v>2407</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H59" s="0">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H60" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H61" s="0">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>2011</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H64" s="0">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>5614</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H68" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>2355</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>1965</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>5735</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H86" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>1552</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>2269</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>1933</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>6161</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H102" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>1587</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>2463</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>2009</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>6597</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H120" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>1758</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>2597</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>2114</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>7116</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H136" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>1786</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>2728</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H146" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>2137</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H151" s="0">
         <x:v>7443</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H154" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H158" s="0">
         <x:v>1881</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H159" s="0">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H160" s="0">
         <x:v>3059</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H161" s="0">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H165" s="0">
         <x:v>2304</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H166" s="0">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H168" s="0">
         <x:v>8065</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H170" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H173" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H174" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H175" s="0">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H179" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H180" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H181" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H182" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H184" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F186" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G186" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H186" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H187" s="0">
         <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H188" s="0">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H189" s="0">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H190" s="0">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H191" s="0">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="0">
         <x:v>1669</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H193" s="0">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H194" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H195" s="0">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H196" s="0">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H197" s="0">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H198" s="0">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H200" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H201" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H202" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F203" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G203" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H204" s="0">
         <x:v>4995</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H205" s="0">
         <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H206" s="0">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H207" s="0">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H208" s="0">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H209" s="0">
         <x:v>2266</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H210" s="0">
         <x:v>1022</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H213" s="0">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H214" s="0">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H215" s="0">
         <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H216" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H217" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F220" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G220" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H220" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H221" s="0">
         <x:v>6682</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H223" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H224" s="0">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H225" s="0">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H226" s="0">
         <x:v>3164</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H227" s="0">
         <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H228" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H229" s="0">
         <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H230" s="0">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H231" s="0">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H232" s="0">
         <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H234" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H235" s="0">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H236" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F237" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G237" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H238" s="0">
         <x:v>7808</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H239" s="0">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H240" s="0">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H241" s="0">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0">
         <x:v>1334</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H243" s="0">
         <x:v>14348</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H244" s="0">
         <x:v>5952</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H245" s="0">
         <x:v>10451</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H246" s="0">
         <x:v>3073</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H247" s="0">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H248" s="0">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H249" s="0">
         <x:v>3019</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H250" s="0">
         <x:v>9456</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H251" s="0">
         <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H252" s="0">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F254" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G254" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H254" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H255" s="0">
         <x:v>42235</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H256" s="0">
         <x:v>1836</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H257" s="0">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H258" s="0">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H259" s="0">
         <x:v>1165</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H260" s="0">
         <x:v>13947</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H261" s="0">
         <x:v>4455</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H262" s="0">
         <x:v>10679</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H263" s="0">
         <x:v>2493</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H264" s="0">
         <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H266" s="0">
         <x:v>3283</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H267" s="0">
         <x:v>9531</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H268" s="0">
         <x:v>1148</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H269" s="0">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H270" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F271" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G271" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0">
         <x:v>40038</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D273" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E273" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F273" s="0" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H273" s="0">
         <x:v>1873</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H275" s="0">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H276" s="0">
         <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>12497</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0">
         <x:v>5825</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H279" s="0">
         <x:v>9239</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H280" s="0">
         <x:v>2846</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0">
         <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H283" s="0">
         <x:v>3375</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H284" s="0">
         <x:v>7991</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H285" s="0">
         <x:v>1248</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H287" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F288" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G288" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H288" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H289" s="0">
         <x:v>38988</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0">
         <x:v>1925</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H291" s="0">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H292" s="0">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
         <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0">
         <x:v>12690</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>5176</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>9531</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>2179</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>2871</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H301" s="0">
         <x:v>8528</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0">
         <x:v>1003</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H303" s="0">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H304" s="0">
         <x:v>37103</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H305" s="0">
         <x:v>2012</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H306" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="0">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H309" s="0">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0">
         <x:v>1298</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="0">
         <x:v>12872</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="0">
         <x:v>5129</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H313" s="0">
         <x:v>9763</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H314" s="0">
         <x:v>2315</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0">
         <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H316" s="0">
         <x:v>1015</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0">
         <x:v>3337</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0">
         <x:v>8675</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H319" s="0">
         <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0">
         <x:v>40237</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H322" s="0">
         <x:v>2533</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H324" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H325" s="0">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H326" s="0">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H327" s="0">
         <x:v>1214</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H328" s="0">
         <x:v>14034</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H329" s="0">
         <x:v>5565</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H330" s="0">
         <x:v>8826</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H331" s="0">
         <x:v>3097</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H332" s="0">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H333" s="0">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H334" s="0">
         <x:v>2746</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H335" s="0">
         <x:v>7975</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H336" s="0">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H337" s="0">
         <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H338" s="0">
         <x:v>40564</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H339" s="0">
         <x:v>2358</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H340" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H341" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H344" s="0">
         <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H345" s="0">
         <x:v>14652</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H346" s="0">
         <x:v>5345</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0">
         <x:v>9040</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H348" s="0">
         <x:v>2916</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H349" s="0">
         <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H350" s="0">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H351" s="0">
         <x:v>3909</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H352" s="0">
         <x:v>8038</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H355" s="0">
         <x:v>42416</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H356" s="0">
         <x:v>2827</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H357" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H358" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H359" s="0">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H360" s="0">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H361" s="0">
         <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H362" s="0">
         <x:v>14579</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H363" s="0">
         <x:v>5208</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H364" s="0">
         <x:v>9072</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>3522</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H366" s="0">
         <x:v>952</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H367" s="0">
         <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H368" s="0">
         <x:v>4330</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H369" s="0">
         <x:v>8026</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H370" s="0">
         <x:v>1046</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H371" s="0">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H372" s="0">
         <x:v>44048</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H373" s="0">
         <x:v>2937</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H374" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H375" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H376" s="0">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H377" s="0">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H378" s="0">
         <x:v>1923</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H379" s="0">
         <x:v>15072</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H380" s="0">
         <x:v>5041</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H381" s="0">
         <x:v>9107</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H382" s="0">
         <x:v>3330</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H383" s="0">
         <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H384" s="0">
         <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H385" s="0">
         <x:v>3329</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H386" s="0">
         <x:v>7601</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>1506</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H388" s="0">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H389" s="0">
         <x:v>44319</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H390" s="0">
         <x:v>3772</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H391" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H392" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H393" s="0">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H394" s="0">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H395" s="0">
         <x:v>1289</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H396" s="0">
         <x:v>16389</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H397" s="0">
         <x:v>5224</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H398" s="0">
         <x:v>10640</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H399" s="0">
         <x:v>4449</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H400" s="0">
         <x:v>1215</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H401" s="0">
         <x:v>1243</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H402" s="0">
         <x:v>3922</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H403" s="0">
         <x:v>8782</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H404" s="0">
         <x:v>1859</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H405" s="0">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H406" s="0">
         <x:v>49886</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H407" s="0">
         <x:v>4145</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H408" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H409" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H410" s="0">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H411" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H412" s="0">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H413" s="0">
         <x:v>2453</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H414" s="0">
         <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H415" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H416" s="0">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H417" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H418" s="0">
         <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H419" s="0">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H420" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H421" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H422" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H423" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F424" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G424" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H424" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H425" s="0">
         <x:v>9509</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H426" s="0">
         <x:v>3138</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H427" s="0">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H428" s="0">
         <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H429" s="0">
         <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H430" s="0">
         <x:v>15044</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H431" s="0">
         <x:v>5640</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H432" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>3914</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H434" s="0">
         <x:v>1054</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H435" s="0">
         <x:v>1916</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H436" s="0">
         <x:v>3724</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H438" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H439" s="0">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H440" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F441" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G441" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H441" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H442" s="0">
         <x:v>41682</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H443" s="0">
         <x:v>7523</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H444" s="0">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H445" s="0">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H446" s="0">
         <x:v>1376</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H447" s="0">
         <x:v>17905</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H448" s="0">
         <x:v>6415</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H449" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H450" s="0">
         <x:v>4862</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H451" s="0">
         <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H452" s="0">
         <x:v>2485</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H453" s="0">
         <x:v>5111</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H454" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H455" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H456" s="0">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H457" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F458" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G458" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H458" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H459" s="0">
         <x:v>46952</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H460" s="0">
         <x:v>6164</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B461" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C461" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B461" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H461" s="0">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B462" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C462" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B462" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H462" s="0">
         <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B463" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C463" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B463" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H463" s="0">
         <x:v>1878</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B464" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C464" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B464" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H464" s="0">
         <x:v>23581</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B465" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C465" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B465" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H465" s="0">
         <x:v>6503</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B466" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C466" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B466" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H466" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B467" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C467" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B467" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H467" s="0">
         <x:v>4212</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B468" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C468" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B468" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H468" s="0">
         <x:v>1133</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B469" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C469" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B469" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H469" s="0">
         <x:v>2115</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B470" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C470" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B470" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H470" s="0">
         <x:v>5193</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B471" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C471" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B471" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B472" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C472" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B472" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H472" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B473" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C473" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B473" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H473" s="0">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B474" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C474" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B474" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H474" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B475" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C475" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B475" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F475" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G475" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H475" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B476" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C476" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B476" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H476" s="0">
         <x:v>52600</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B477" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C477" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B477" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H477" s="0">
         <x:v>6256</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H478" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H479" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H480" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H481" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H482" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H483" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H484" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H485" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H486" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H487" s="0">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H488" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H489" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H490" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H491" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F492" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G492" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H492" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H493" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H494" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H495" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H496" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H497" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H498" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H499" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H500" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H501" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H502" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H503" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H504" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H505" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H506" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H507" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H508" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F509" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G509" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H509" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H510" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D511" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E511" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F511" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="D511" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H511" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H512" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H513" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H514" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H515" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H516" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H517" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H518" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H519" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H520" s="0">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H521" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H522" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H523" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H524" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H525" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F526" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G526" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H526" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H527" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H528" s="0">
         <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H529" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H530" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H531" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H532" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H533" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H534" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H535" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H536" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H537" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H538" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H539" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H540" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H541" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H542" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H543" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H544" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H545" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H546" s="0">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H547" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H548" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H549" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H550" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H551" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H552" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H553" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H554" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H555" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H556" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H557" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H558" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H559" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H560" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H561" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H562" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H563" s="0">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H564" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H565" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H566" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H567" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H568" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H569" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H570" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H571" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H572" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H573" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H574" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H575" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H576" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H577" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H578" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H579" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H580" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H581" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H582" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H583" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H584" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H585" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H586" s="0">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H587" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H588" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H589" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H590" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H591" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H592" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H593" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H594" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H595" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H596" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H597" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H598" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H599" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H600" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H601" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H602" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H603" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H604" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H605" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H606" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H607" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H608" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H609" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H610" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H611" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H612" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H613" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H614" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H615" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H616" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H617" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H618" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H619" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H620" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H621" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H622" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H623" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H624" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H625" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H626" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H627" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H628" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H629" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H630" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H631" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H632" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H633" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H634" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H635" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H636" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H637" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H638" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H639" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H640" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H641" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H642" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H643" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H644" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H645" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H646" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H647" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H648" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H649" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H650" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H651" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H652" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H653" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H654" s="0">
         <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H655" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H656" s="0">
         <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H657" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H658" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H659" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H660" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H661" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F662" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G662" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H662" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H663" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H664" s="0">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H665" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H666" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H667" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H668" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H669" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H670" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H671" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H672" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H673" s="0">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H674" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H675" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H676" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H677" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H678" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F679" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G679" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H679" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H680" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H681" s="0">
         <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H682" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H683" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H684" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H685" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H686" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H687" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H688" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H689" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H690" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H691" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H692" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H693" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H694" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H695" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F696" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G696" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H696" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H697" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H698" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H699" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H700" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H701" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H702" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H703" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H704" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H705" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H706" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H707" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H708" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H709" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H710" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H711" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H712" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F713" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G713" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H713" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H714" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H715" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19724,51 +19858,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H715" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="HTA14C1"/>
         <x:s v="HTA14C2"/>
         <x:s v="HTA14C3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
         <x:s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
         <x:s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
@@ -20272,27 +20406,7168 @@
         <x:n v="2.2"/>
         <x:n v="4.3"/>
         <x:n v="6.4"/>
         <x:n v="8.5"/>
         <x:n v="5.5"/>
         <x:n v="8.3"/>
         <x:n v="8"/>
         <x:n v="6.2"/>
         <x:n v="3.6"/>
         <x:n v="12.1"/>
         <x:n v="14.7"/>
         <x:n v="3"/>
         <x:n v="5.4"/>
         <x:n v="11.1"/>
         <x:n v="7.9"/>
         <x:n v="6.3"/>
         <x:n v="5.2"/>
         <x:n v="6.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="5614"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="6161"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="7116"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="7443"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="8065"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="6682"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="7808"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="14348"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5952"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="10451"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="9456"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="42235"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="13947"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="4455"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="10679"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3283"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="9531"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="40038"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="12497"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5825"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9239"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="7991"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="38988"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="12690"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5176"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9531"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="8528"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="37103"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="12872"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5129"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9763"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="40237"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="14034"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5565"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="8826"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="7975"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="40564"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="14652"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9040"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="8038"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="42416"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="14579"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5208"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="8026"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="44048"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="15072"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5041"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9107"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="7601"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="44319"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="16389"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5224"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="10640"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="8782"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="49886"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <n v="4145"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="9509"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="15044"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="41682"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="7523"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="17905"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="6415"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="46952"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="23581"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="6503"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="5193"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="52600"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+</pivotCacheRecords>
 </file>