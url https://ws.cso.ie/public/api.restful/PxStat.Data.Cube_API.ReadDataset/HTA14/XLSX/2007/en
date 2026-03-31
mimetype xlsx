--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31540812fb8b45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0fee16a36604ebc8028cc57482a4e33.psmdcp" Id="R264a2d280bc6475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee3b19e42d64ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08ad0b97745a45428a45a65f323e6fcf.psmdcp" Id="R421d152c9f6947db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HTA14</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>European Union Outbound Travel by Irish Residents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>20/03/2025 11:00:00</x:t>
+    <x:t>18/03/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>See background notes.(https://www.cso.ie/en/methods/surveybackgroundnotes/householdtravelsurvey/) From 2022 there has been a break in the time series for Outbound travel as the data (excluding Northern Ireland) is now calibrated to the Inbound Tourism survey. From 2012 to 2021 Outbound travel was calibrated to the Tourism and Travel release .&lt;br&gt;From 2020 'Other' includes Education &amp; Training, Sporting Events, Work/Looking for work, Health &amp; Medical, Religious, Shopping and other reasons not elsewhere specified.</x:t>
+    <x:t>See background notes.(https://www.cso.ie/en/methods/surveybackgroundnotes/householdtravelsurvey/) &lt;br&gt;From 2022 there has been a break in the time series for Outbound travel as the data (excluding Northern Ireland) is now calibrated to the Inbound Tourism survey. From 2012 to 2021 Outbound travel was calibrated to the Tourism and Travel release .&lt;br&gt;From 2020 'Other' includes Education &amp; Training, Sporting Events, Work/Looking for work, Health &amp; Medical, Religious, Shopping and other reasons not elsewhere specified.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HTA14/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HTSA</x:t>
   </x:si>
   <x:si>
     <x:t>Household Travel Survey - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -167,51 +167,51 @@
   <x:si>
     <x:t>Statistic Label</x:t>
   </x:si>
   <x:si>
     <x:t>TLIST(A1)</x:t>
   </x:si>
   <x:si>
     <x:t>Year</x:t>
   </x:si>
   <x:si>
     <x:t>C02173V03830</x:t>
   </x:si>
   <x:si>
     <x:t>Country and Region Visited</x:t>
   </x:si>
   <x:si>
     <x:t>UNIT</x:t>
   </x:si>
   <x:si>
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>HTA14C1</x:t>
   </x:si>
   <x:si>
-    <x:t>Number of Trips by Irish Residents on Outbound Travel Travel</x:t>
+    <x:t>Number of Trips by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
     <x:t>AT</x:t>
   </x:si>
   <x:si>
     <x:t>Austria</x:t>
   </x:si>
   <x:si>
     <x:t>Thousand</x:t>
   </x:si>
   <x:si>
     <x:t>BE</x:t>
   </x:si>
   <x:si>
     <x:t>Belgium</x:t>
   </x:si>
   <x:si>
     <x:t>DE</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
@@ -320,60 +320,63 @@
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>HTA14C2</x:t>
   </x:si>
   <x:si>
-    <x:t>Number of Nights by Irish Residents on Outbound TravelTravel</x:t>
+    <x:t>Number of Nights by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>HTA14C3</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Length of Stay by Irish Residents on Outbound Travel Travel</x:t>
+    <x:t>Average Length of Stay by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Nights per Trip</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
@@ -532,83 +535,85 @@
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="14">
+      <items count="15">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
+        <item x="14"/>
       </items>
     </pivotField>
     <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="14">
+      <items count="15">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
+        <item x="14"/>
       </items>
     </pivotField>
     <pivotField name="C02173V03830" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="17">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
       </items>
     </pivotField>
     <pivotField name="Country and Region Visited" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="17">
@@ -633,52 +638,52 @@
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H715" totalsRowShown="0">
-  <x:autoFilter ref="A1:H715"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H766" totalsRowShown="0">
+  <x:autoFilter ref="A1:H766"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02173V03830"/>
     <x:tableColumn id="6" name="Country and Region Visited"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1179,58 +1184,58 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H715"/>
+  <x:dimension ref="A1:H766"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="62.282054" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="56.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="53.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
@@ -7411,12422 +7416,13748 @@
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H239" s="0">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B240" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C240" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B240" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H240" s="0">
-        <x:v>579</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B241" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C241" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B241" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H241" s="0">
-        <x:v>297</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B242" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C242" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B242" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0">
-        <x:v>1334</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B243" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C243" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B243" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H243" s="0">
-        <x:v>14348</x:v>
+        <x:v>2957</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B244" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C244" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B244" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H244" s="0">
-        <x:v>5952</x:v>
+        <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B245" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C245" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B245" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H245" s="0">
-        <x:v>10451</x:v>
+      <x:c r="H245" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C246" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B246" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H246" s="0">
-        <x:v>3073</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B247" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C247" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B247" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H247" s="0">
-        <x:v>446</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B248" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C248" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B248" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H248" s="0">
-        <x:v>463</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B249" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C249" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B249" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H249" s="0">
-        <x:v>3019</x:v>
+        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B250" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C250" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B250" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H250" s="0">
-        <x:v>9456</x:v>
+      <x:c r="H250" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B251" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C251" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B251" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H251" s="0">
-        <x:v>995</x:v>
+      <x:c r="H251" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B252" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C252" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B252" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H252" s="0">
-        <x:v>438</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B253" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C253" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B253" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B254" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C254" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B254" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B255" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C255" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B255" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H255" s="0">
-        <x:v>42235</x:v>
+        <x:v>8468</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C256" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B256" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H256" s="0">
-        <x:v>1836</x:v>
+        <x:v>1073</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H257" s="0">
-        <x:v>449</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H258" s="0">
-        <x:v>267</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H259" s="0">
-        <x:v>1165</x:v>
+        <x:v>1334</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H260" s="0">
-        <x:v>13947</x:v>
+        <x:v>14348</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H261" s="0">
-        <x:v>4455</x:v>
+        <x:v>5952</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H262" s="0">
-        <x:v>10679</x:v>
+        <x:v>10451</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H263" s="0">
-        <x:v>2493</x:v>
+        <x:v>3073</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H264" s="0">
-        <x:v>597</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H265" s="0">
-        <x:v>428</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H266" s="0">
-        <x:v>3283</x:v>
+        <x:v>3019</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H267" s="0">
-        <x:v>9531</x:v>
+        <x:v>9456</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H268" s="0">
-        <x:v>1148</x:v>
+        <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H269" s="0">
-        <x:v>403</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0">
-        <x:v>40038</x:v>
+        <x:v>42235</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H273" s="0">
-        <x:v>1873</x:v>
+        <x:v>1836</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0">
-        <x:v>438</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H275" s="0">
-        <x:v>212</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H276" s="0">
-        <x:v>925</x:v>
+        <x:v>1165</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H277" s="0">
-        <x:v>12497</x:v>
+        <x:v>13947</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0">
-        <x:v>5825</x:v>
+        <x:v>4455</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H279" s="0">
-        <x:v>9239</x:v>
+        <x:v>10679</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H280" s="0">
-        <x:v>2846</x:v>
+        <x:v>2493</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0">
-        <x:v>660</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0">
-        <x:v>825</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H283" s="0">
-        <x:v>3375</x:v>
+        <x:v>3283</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H284" s="0">
-        <x:v>7991</x:v>
+        <x:v>9531</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H285" s="0">
-        <x:v>1248</x:v>
+        <x:v>1148</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0">
-        <x:v>219</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H289" s="0">
-        <x:v>38988</x:v>
+        <x:v>40038</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0">
-        <x:v>1925</x:v>
+        <x:v>1873</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H291" s="0">
-        <x:v>395</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H292" s="0">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
-        <x:v>731</x:v>
+        <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0">
-        <x:v>12690</x:v>
+        <x:v>12497</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0">
-        <x:v>5176</x:v>
+        <x:v>5825</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
-        <x:v>9531</x:v>
+        <x:v>9239</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H297" s="0">
-        <x:v>2179</x:v>
+        <x:v>2846</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0">
-        <x:v>309</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0">
-        <x:v>612</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0">
-        <x:v>2871</x:v>
+        <x:v>3375</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H301" s="0">
-        <x:v>8528</x:v>
+        <x:v>7991</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0">
-        <x:v>1003</x:v>
+        <x:v>1248</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H303" s="0">
-        <x:v>382</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H304" s="0">
-        <x:v>37103</x:v>
+      <x:c r="H304" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H305" s="0">
-        <x:v>2012</x:v>
+      <x:c r="H305" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H306" s="0" t="s">
-        <x:v>79</x:v>
+      <x:c r="H306" s="0">
+        <x:v>38988</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H307" s="0" t="s">
-        <x:v>79</x:v>
+      <x:c r="H307" s="0">
+        <x:v>1925</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="0">
-        <x:v>526</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H309" s="0">
-        <x:v>317</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0">
-        <x:v>1298</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="0">
-        <x:v>12872</x:v>
+        <x:v>12690</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="0">
-        <x:v>5129</x:v>
+        <x:v>5176</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H313" s="0">
-        <x:v>9763</x:v>
+        <x:v>9531</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H314" s="0">
-        <x:v>2315</x:v>
+        <x:v>2179</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0">
-        <x:v>795</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H316" s="0">
-        <x:v>1015</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0">
-        <x:v>3337</x:v>
+        <x:v>2871</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0">
-        <x:v>8675</x:v>
+        <x:v>8528</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H319" s="0">
-        <x:v>1088</x:v>
+        <x:v>1003</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0">
-        <x:v>338</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0">
-        <x:v>40237</x:v>
+        <x:v>37103</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H322" s="0">
-        <x:v>2533</x:v>
+        <x:v>2012</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H325" s="0">
-        <x:v>258</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H326" s="0">
-        <x:v>396</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H327" s="0">
-        <x:v>1214</x:v>
+        <x:v>1298</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H328" s="0">
-        <x:v>14034</x:v>
+        <x:v>12872</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H329" s="0">
-        <x:v>5565</x:v>
+        <x:v>5129</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H330" s="0">
-        <x:v>8826</x:v>
+        <x:v>9763</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H331" s="0">
-        <x:v>3097</x:v>
+        <x:v>2315</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H332" s="0">
-        <x:v>549</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H333" s="0">
-        <x:v>767</x:v>
+        <x:v>1015</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H334" s="0">
-        <x:v>2746</x:v>
+        <x:v>3337</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H335" s="0">
-        <x:v>7975</x:v>
+        <x:v>8675</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H336" s="0">
-        <x:v>850</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H337" s="0">
-        <x:v>753</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H338" s="0">
-        <x:v>40564</x:v>
+        <x:v>40237</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H339" s="0">
-        <x:v>2358</x:v>
+        <x:v>2533</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0">
-        <x:v>352</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H343" s="0">
-        <x:v>555</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H344" s="0">
-        <x:v>1135</x:v>
+        <x:v>1214</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H345" s="0">
-        <x:v>14652</x:v>
+        <x:v>14034</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H346" s="0">
-        <x:v>5345</x:v>
+        <x:v>5565</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0">
-        <x:v>9040</x:v>
+        <x:v>8826</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H348" s="0">
-        <x:v>2916</x:v>
+        <x:v>3097</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H349" s="0">
-        <x:v>679</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H350" s="0">
-        <x:v>734</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H351" s="0">
-        <x:v>3909</x:v>
+        <x:v>2746</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H352" s="0">
-        <x:v>8038</x:v>
+        <x:v>7975</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0">
-        <x:v>1002</x:v>
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0">
-        <x:v>273</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H355" s="0">
-        <x:v>42416</x:v>
+        <x:v>40564</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H356" s="0">
-        <x:v>2827</x:v>
+        <x:v>2358</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H359" s="0">
-        <x:v>525</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H360" s="0">
-        <x:v>293</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H361" s="0">
-        <x:v>1286</x:v>
+        <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H362" s="0">
-        <x:v>14579</x:v>
+        <x:v>14652</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H363" s="0">
-        <x:v>5208</x:v>
+        <x:v>5345</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H364" s="0">
-        <x:v>9072</x:v>
+        <x:v>9040</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H365" s="0">
-        <x:v>3522</x:v>
+        <x:v>2916</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H366" s="0">
-        <x:v>952</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H367" s="0">
-        <x:v>958</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H368" s="0">
-        <x:v>4330</x:v>
+        <x:v>3909</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H369" s="0">
-        <x:v>8026</x:v>
+        <x:v>8038</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H370" s="0">
-        <x:v>1046</x:v>
+        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H371" s="0">
-        <x:v>387</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H372" s="0">
-        <x:v>44048</x:v>
+        <x:v>42416</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H373" s="0">
-        <x:v>2937</x:v>
+        <x:v>2827</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H376" s="0">
-        <x:v>424</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H377" s="0">
-        <x:v>326</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H378" s="0">
-        <x:v>1923</x:v>
+        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H379" s="0">
-        <x:v>15072</x:v>
+        <x:v>14579</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H380" s="0">
-        <x:v>5041</x:v>
+        <x:v>5208</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H381" s="0">
-        <x:v>9107</x:v>
+        <x:v>9072</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H382" s="0">
-        <x:v>3330</x:v>
+        <x:v>3522</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H383" s="0">
-        <x:v>743</x:v>
+        <x:v>952</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H384" s="0">
-        <x:v>862</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H385" s="0">
-        <x:v>3329</x:v>
+        <x:v>4330</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H386" s="0">
-        <x:v>7601</x:v>
+        <x:v>8026</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H387" s="0">
-        <x:v>1506</x:v>
+        <x:v>1046</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H388" s="0">
-        <x:v>391</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H389" s="0">
-        <x:v>44319</x:v>
+        <x:v>44048</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H390" s="0">
-        <x:v>3772</x:v>
+        <x:v>2937</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H393" s="0">
-        <x:v>496</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H394" s="0">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H395" s="0">
-        <x:v>1289</x:v>
+        <x:v>1923</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H396" s="0">
-        <x:v>16389</x:v>
+        <x:v>15072</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H397" s="0">
-        <x:v>5224</x:v>
+        <x:v>5041</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H398" s="0">
-        <x:v>10640</x:v>
+        <x:v>9107</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H399" s="0">
-        <x:v>4449</x:v>
+        <x:v>3330</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H400" s="0">
-        <x:v>1215</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H401" s="0">
-        <x:v>1243</x:v>
+        <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H402" s="0">
-        <x:v>3922</x:v>
+        <x:v>3329</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H403" s="0">
-        <x:v>8782</x:v>
+        <x:v>7601</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H404" s="0">
-        <x:v>1859</x:v>
+        <x:v>1506</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H405" s="0">
-        <x:v>553</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H406" s="0">
-        <x:v>49886</x:v>
+        <x:v>44319</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H407" s="0">
-        <x:v>4145</x:v>
+        <x:v>3772</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H410" s="0">
-        <x:v>213</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H411" s="0">
-        <x:v>23</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H412" s="0">
-        <x:v>195</x:v>
+        <x:v>1289</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H413" s="0">
-        <x:v>2453</x:v>
+        <x:v>16389</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H414" s="0">
-        <x:v>1072</x:v>
+        <x:v>5224</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H415" s="0" t="s">
-        <x:v>79</x:v>
+      <x:c r="H415" s="0">
+        <x:v>10640</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H416" s="0">
-        <x:v>725</x:v>
+        <x:v>4449</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H417" s="0">
-        <x:v>75</x:v>
+        <x:v>1215</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H418" s="0">
-        <x:v>740</x:v>
+        <x:v>1243</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H419" s="0">
-        <x:v>806</x:v>
+        <x:v>3922</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H420" s="0" t="s">
-        <x:v>79</x:v>
+      <x:c r="H420" s="0">
+        <x:v>8782</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H421" s="0" t="s">
-        <x:v>79</x:v>
+      <x:c r="H421" s="0">
+        <x:v>1859</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H422" s="0">
-        <x:v>68</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H423" s="0" t="s">
-        <x:v>79</x:v>
+      <x:c r="H423" s="0">
+        <x:v>49886</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H424" s="0" t="s">
-        <x:v>79</x:v>
+      <x:c r="H424" s="0">
+        <x:v>4145</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H425" s="0">
-        <x:v>9509</x:v>
+      <x:c r="H425" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H426" s="0">
-        <x:v>3138</x:v>
+      <x:c r="H426" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H427" s="0">
-        <x:v>249</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H428" s="0">
-        <x:v>669</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H429" s="0">
-        <x:v>1539</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H430" s="0">
-        <x:v>15044</x:v>
+        <x:v>2453</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H431" s="0">
-        <x:v>5640</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H433" s="0">
-        <x:v>3914</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H434" s="0">
-        <x:v>1054</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H435" s="0">
-        <x:v>1916</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H436" s="0">
-        <x:v>3724</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H439" s="0">
-        <x:v>410</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H442" s="0">
-        <x:v>41682</x:v>
+        <x:v>9509</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H443" s="0">
-        <x:v>7523</x:v>
+        <x:v>3138</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H444" s="0">
-        <x:v>562</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H445" s="0">
-        <x:v>612</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H446" s="0">
-        <x:v>1376</x:v>
+        <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H447" s="0">
-        <x:v>17905</x:v>
+        <x:v>15044</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H448" s="0">
-        <x:v>6415</x:v>
+        <x:v>5640</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H450" s="0">
-        <x:v>4862</x:v>
+        <x:v>3914</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H451" s="0">
-        <x:v>795</x:v>
+        <x:v>1054</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H452" s="0">
-        <x:v>2485</x:v>
+        <x:v>1916</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H453" s="0">
-        <x:v>5111</x:v>
+        <x:v>3724</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H456" s="0">
-        <x:v>665</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H459" s="0">
-        <x:v>46952</x:v>
+        <x:v>41682</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H460" s="0">
-        <x:v>6164</x:v>
+        <x:v>7523</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H461" s="0">
-        <x:v>543</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H462" s="0">
-        <x:v>744</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H463" s="0">
-        <x:v>1878</x:v>
+        <x:v>1376</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H464" s="0">
-        <x:v>23581</x:v>
+        <x:v>17905</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H465" s="0">
-        <x:v>6503</x:v>
+        <x:v>6415</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H467" s="0">
-        <x:v>4212</x:v>
+        <x:v>4862</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H468" s="0">
-        <x:v>1133</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H469" s="0">
-        <x:v>2115</x:v>
+        <x:v>2485</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H470" s="0">
-        <x:v>5193</x:v>
+        <x:v>5111</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H473" s="0">
-        <x:v>443</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H474" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H476" s="0">
-        <x:v>52600</x:v>
+        <x:v>46952</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H477" s="0">
-        <x:v>6256</x:v>
+        <x:v>6164</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B478" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B478" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H478" s="0">
-        <x:v>7.6</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B479" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B479" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H479" s="0">
-        <x:v>4.6</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B480" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B480" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H480" s="0">
-        <x:v>6.1</x:v>
+        <x:v>1878</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B481" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B481" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H481" s="0">
-        <x:v>10.5</x:v>
+        <x:v>23581</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B482" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B482" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H482" s="0">
-        <x:v>9.4</x:v>
+        <x:v>6503</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B483" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B483" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>4.5</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H483" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B484" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B484" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H484" s="0">
-        <x:v>8.6</x:v>
+        <x:v>4212</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B485" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B485" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H485" s="0">
-        <x:v>4.7</x:v>
+        <x:v>1133</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B486" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B486" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H486" s="0">
-        <x:v>8.2</x:v>
+        <x:v>2115</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B487" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B487" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H487" s="0">
-        <x:v>9.1</x:v>
+        <x:v>5193</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B488" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B488" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>4.8</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H488" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B489" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B489" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>2.6</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H489" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B490" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B490" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H490" s="0">
-        <x:v>7.4</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B491" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B491" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B492" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B492" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B493" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B493" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H493" s="0">
-        <x:v>7.3</x:v>
+        <x:v>52600</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B494" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B494" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H494" s="0">
-        <x:v>9.9</x:v>
+        <x:v>6256</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B495" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B495" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H495" s="0">
-        <x:v>8.6</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B496" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B496" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H496" s="0">
-        <x:v>3.8</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B497" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B497" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H497" s="0">
-        <x:v>6.1</x:v>
+        <x:v>1960</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B498" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B498" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H498" s="0">
-        <x:v>9.9</x:v>
+        <x:v>19879</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B499" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B499" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H499" s="0">
-        <x:v>9</x:v>
+        <x:v>6391</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B500" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B500" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>4.6</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H500" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B501" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B501" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H501" s="0">
-        <x:v>9.3</x:v>
+        <x:v>5557</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B502" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B502" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H502" s="0">
-        <x:v>5</x:v>
+        <x:v>1337</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B503" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B503" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H503" s="0">
-        <x:v>7.5</x:v>
+        <x:v>3279</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B504" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B504" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H504" s="0">
-        <x:v>9.7</x:v>
+        <x:v>5526</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B505" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B505" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>4.9</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H505" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B506" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B506" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>3.1</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H506" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B507" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B507" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H507" s="0">
-        <x:v>7.1</x:v>
+        <x:v>1375</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B508" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B508" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B509" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B509" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B510" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B510" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H510" s="0">
-        <x:v>7.2</x:v>
+        <x:v>53589</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B511" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B511" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H511" s="0">
-        <x:v>9.2</x:v>
+        <x:v>7356</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H512" s="0">
-        <x:v>7</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H513" s="0">
-        <x:v>3.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H514" s="0">
-        <x:v>5.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H515" s="0">
-        <x:v>9.3</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H516" s="0">
-        <x:v>9.2</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H517" s="0">
-        <x:v>4.1</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H518" s="0">
-        <x:v>8.2</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H519" s="0">
-        <x:v>5.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H520" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H521" s="0">
-        <x:v>9.6</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H522" s="0">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H523" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H524" s="0">
-        <x:v>4.4</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H527" s="0">
-        <x:v>6.9</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H528" s="0">
-        <x:v>10.6</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H529" s="0">
-        <x:v>7.1</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H530" s="0">
-        <x:v>3.5</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H531" s="0">
-        <x:v>4.5</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H532" s="0">
-        <x:v>9.3</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H533" s="0">
-        <x:v>9.6</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H534" s="0">
-        <x:v>4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H535" s="0">
-        <x:v>7.7</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H536" s="0">
-        <x:v>3.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H537" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H538" s="0">
-        <x:v>8.9</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H539" s="0">
-        <x:v>4.2</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H540" s="0">
-        <x:v>2.5</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H541" s="0">
-        <x:v>8.6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>6.6</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H542" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>9.6</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H543" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H544" s="0">
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H545" s="0">
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H546" s="0">
-        <x:v>8.1</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H547" s="0">
-        <x:v>5.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H548" s="0">
-        <x:v>5.9</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H549" s="0">
-        <x:v>10</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H550" s="0">
-        <x:v>8.7</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H551" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H552" s="0">
-        <x:v>8.4</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H553" s="0">
-        <x:v>8.6</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H554" s="0">
-        <x:v>9.8</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H555" s="0">
-        <x:v>9</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H556" s="0">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H557" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H558" s="0">
-        <x:v>6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>7</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H559" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>9.5</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H560" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H561" s="0">
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H562" s="0">
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H563" s="0">
-        <x:v>6.8</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H564" s="0">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H565" s="0">
-        <x:v>6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H566" s="0">
-        <x:v>9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H567" s="0">
-        <x:v>8.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H568" s="0">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H569" s="0">
-        <x:v>7.4</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H570" s="0">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H571" s="0">
-        <x:v>9.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H572" s="0">
-        <x:v>8.8</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H573" s="0">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H574" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H575" s="0">
-        <x:v>6.6</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H576" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H577" s="0">
-        <x:v>8.4</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H580" s="0">
-        <x:v>5.3</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H581" s="0">
-        <x:v>4.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H582" s="0">
-        <x:v>4.9</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H583" s="0">
-        <x:v>9.2</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H584" s="0">
-        <x:v>8.8</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H585" s="0">
-        <x:v>3.7</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H586" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H587" s="0">
-        <x:v>4.4</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H588" s="0">
-        <x:v>6.5</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H589" s="0">
-        <x:v>8.2</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H590" s="0">
-        <x:v>4</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H591" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H592" s="0">
-        <x:v>4.3</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H593" s="0">
-        <x:v>6.4</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H594" s="0">
-        <x:v>8.5</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H596" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H597" s="0">
-        <x:v>5.5</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H598" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H599" s="0">
-        <x:v>4.9</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H600" s="0">
-        <x:v>8.3</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H601" s="0">
-        <x:v>9.5</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H602" s="0">
-        <x:v>3.5</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H603" s="0">
-        <x:v>8</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H604" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H605" s="0">
-        <x:v>8.5</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H606" s="0">
-        <x:v>8.2</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H607" s="0">
-        <x:v>3.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H608" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H609" s="0">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H610" s="0">
-        <x:v>6.2</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H611" s="0">
-        <x:v>7.7</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H612" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H614" s="0">
-        <x:v>6.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H615" s="0">
-        <x:v>3.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H616" s="0">
-        <x:v>5.3</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H617" s="0">
-        <x:v>8.4</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H618" s="0">
-        <x:v>7.7</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H619" s="0">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H620" s="0">
-        <x:v>7.4</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H621" s="0">
-        <x:v>3.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H622" s="0">
-        <x:v>6.1</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H623" s="0">
-        <x:v>8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H624" s="0">
-        <x:v>3.6</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H625" s="0">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H626" s="0">
-        <x:v>4.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H627" s="0">
-        <x:v>6</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H628" s="0">
-        <x:v>8.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H630" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H631" s="0">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H632" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H633" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H634" s="0">
-        <x:v>8.7</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H635" s="0">
-        <x:v>8.6</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H636" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H637" s="0">
-        <x:v>7.5</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H638" s="0">
-        <x:v>5.9</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H639" s="0">
-        <x:v>7.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H640" s="0">
-        <x:v>7.5</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H641" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H642" s="0">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H643" s="0">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H644" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H645" s="0">
-        <x:v>8.4</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H646" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H648" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H649" s="0">
-        <x:v>2.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H650" s="0">
-        <x:v>3.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H651" s="0">
-        <x:v>9</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H652" s="0">
-        <x:v>7.2</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H653" s="0">
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H654" s="0">
-        <x:v>12.1</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H655" s="0">
-        <x:v>6.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H656" s="0">
-        <x:v>12.1</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H657" s="0">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H658" s="0">
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H659" s="0">
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H660" s="0">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H661" s="0">
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H662" s="0">
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>9.6</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H663" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>14.7</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H664" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H665" s="0">
-        <x:v>3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H666" s="0">
-        <x:v>5.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H667" s="0">
-        <x:v>6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H668" s="0">
-        <x:v>9</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H669" s="0">
-        <x:v>9.4</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H670" s="0">
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H671" s="0">
-        <x:v>6.9</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H672" s="0">
-        <x:v>4.2</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H673" s="0">
-        <x:v>9.1</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H674" s="0">
-        <x:v>7.7</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H675" s="0">
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H676" s="0">
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H677" s="0">
-        <x:v>5.4</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H678" s="0">
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H679" s="0">
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>8.3</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H680" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>11.1</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H681" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H682" s="0">
-        <x:v>5.4</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H683" s="0">
-        <x:v>3.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H684" s="0">
-        <x:v>4.9</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H685" s="0">
-        <x:v>7.9</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H686" s="0">
-        <x:v>6.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H688" s="0">
-        <x:v>6.9</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H689" s="0">
-        <x:v>3.6</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H690" s="0">
-        <x:v>7.5</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H691" s="0">
-        <x:v>7.2</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H692" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H694" s="0">
-        <x:v>5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H696" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H697" s="0">
-        <x:v>7</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H698" s="0">
-        <x:v>8.7</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H699" s="0">
-        <x:v>5.2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H700" s="0">
-        <x:v>4.5</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H701" s="0">
-        <x:v>4.7</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H702" s="0">
-        <x:v>7.5</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H703" s="0">
-        <x:v>7</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H704" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H705" s="0">
-        <x:v>5.9</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H706" s="0">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H707" s="0">
-        <x:v>6.4</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H708" s="0">
-        <x:v>6.7</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H709" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H710" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H711" s="0">
-        <x:v>3.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H712" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H714" s="0">
-        <x:v>6.7</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H715" s="0">
+        <x:v>11.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="716" spans="1:8">
+      <x:c r="A716" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B716" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="H715" s="0">
+      <x:c r="C716" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D716" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E716" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F716" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G716" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H716" s="0">
+        <x:v>5.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="717" spans="1:8">
+      <x:c r="A717" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B717" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C717" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D717" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E717" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F717" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G717" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H717" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="718" spans="1:8">
+      <x:c r="A718" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B718" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C718" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D718" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E718" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F718" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G718" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H718" s="0">
+        <x:v>4.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="719" spans="1:8">
+      <x:c r="A719" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B719" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C719" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D719" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E719" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F719" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G719" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H719" s="0">
+        <x:v>7.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="720" spans="1:8">
+      <x:c r="A720" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B720" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C720" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D720" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E720" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F720" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G720" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H720" s="0">
+        <x:v>6.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="721" spans="1:8">
+      <x:c r="A721" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B721" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C721" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D721" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E721" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F721" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G721" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H721" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="722" spans="1:8">
+      <x:c r="A722" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B722" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C722" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D722" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E722" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F722" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G722" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H722" s="0">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="723" spans="1:8">
+      <x:c r="A723" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B723" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C723" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D723" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E723" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F723" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G723" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H723" s="0">
+        <x:v>3.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="724" spans="1:8">
+      <x:c r="A724" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B724" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C724" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D724" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E724" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F724" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G724" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H724" s="0">
         <x:v>7.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="725" spans="1:8">
+      <x:c r="A725" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B725" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C725" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D725" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E725" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F725" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G725" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H725" s="0">
+        <x:v>7.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="726" spans="1:8">
+      <x:c r="A726" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B726" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C726" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D726" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E726" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F726" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G726" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H726" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="727" spans="1:8">
+      <x:c r="A727" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B727" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C727" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D727" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E727" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F727" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G727" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H727" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="728" spans="1:8">
+      <x:c r="A728" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B728" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C728" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D728" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E728" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F728" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G728" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H728" s="0">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="729" spans="1:8">
+      <x:c r="A729" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B729" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C729" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D729" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E729" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F729" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G729" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H729" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="730" spans="1:8">
+      <x:c r="A730" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B730" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C730" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D730" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E730" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F730" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G730" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H730" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="731" spans="1:8">
+      <x:c r="A731" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B731" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C731" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D731" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E731" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F731" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G731" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H731" s="0">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="732" spans="1:8">
+      <x:c r="A732" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B732" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C732" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D732" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E732" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F732" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G732" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H732" s="0">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="733" spans="1:8">
+      <x:c r="A733" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B733" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C733" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D733" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E733" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F733" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G733" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H733" s="0">
+        <x:v>5.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="734" spans="1:8">
+      <x:c r="A734" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B734" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C734" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D734" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E734" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F734" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G734" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H734" s="0">
+        <x:v>4.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="735" spans="1:8">
+      <x:c r="A735" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B735" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C735" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D735" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E735" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F735" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G735" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H735" s="0">
+        <x:v>4.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="736" spans="1:8">
+      <x:c r="A736" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B736" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C736" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D736" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E736" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F736" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G736" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H736" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="737" spans="1:8">
+      <x:c r="A737" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B737" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C737" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D737" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E737" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F737" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G737" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H737" s="0">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="738" spans="1:8">
+      <x:c r="A738" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B738" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C738" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D738" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E738" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F738" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G738" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H738" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="739" spans="1:8">
+      <x:c r="A739" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B739" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C739" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D739" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E739" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F739" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G739" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H739" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="740" spans="1:8">
+      <x:c r="A740" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B740" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C740" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D740" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E740" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F740" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G740" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H740" s="0">
+        <x:v>4.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="741" spans="1:8">
+      <x:c r="A741" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B741" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C741" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D741" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E741" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F741" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G741" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H741" s="0">
+        <x:v>6.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="742" spans="1:8">
+      <x:c r="A742" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B742" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C742" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D742" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E742" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F742" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G742" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H742" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="743" spans="1:8">
+      <x:c r="A743" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B743" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C743" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D743" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E743" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F743" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G743" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H743" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="744" spans="1:8">
+      <x:c r="A744" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B744" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C744" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D744" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E744" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F744" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G744" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H744" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="745" spans="1:8">
+      <x:c r="A745" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B745" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C745" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D745" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E745" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F745" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G745" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H745" s="0">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="746" spans="1:8">
+      <x:c r="A746" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B746" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C746" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D746" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E746" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F746" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G746" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H746" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="747" spans="1:8">
+      <x:c r="A747" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B747" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C747" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D747" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E747" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F747" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G747" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H747" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="748" spans="1:8">
+      <x:c r="A748" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B748" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C748" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D748" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E748" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F748" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G748" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H748" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="749" spans="1:8">
+      <x:c r="A749" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B749" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C749" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D749" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E749" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F749" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G749" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H749" s="0">
+        <x:v>7.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="750" spans="1:8">
+      <x:c r="A750" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B750" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C750" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D750" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E750" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F750" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G750" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H750" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="751" spans="1:8">
+      <x:c r="A751" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B751" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C751" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D751" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E751" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F751" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G751" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H751" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="752" spans="1:8">
+      <x:c r="A752" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B752" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C752" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D752" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E752" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F752" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G752" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H752" s="0">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="753" spans="1:8">
+      <x:c r="A753" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B753" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C753" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D753" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E753" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F753" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G753" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H753" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="754" spans="1:8">
+      <x:c r="A754" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B754" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C754" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D754" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E754" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F754" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G754" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H754" s="0">
+        <x:v>6.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="755" spans="1:8">
+      <x:c r="A755" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B755" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C755" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D755" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E755" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F755" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G755" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H755" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="756" spans="1:8">
+      <x:c r="A756" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B756" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C756" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D756" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E756" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F756" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G756" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H756" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="757" spans="1:8">
+      <x:c r="A757" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B757" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C757" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D757" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E757" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F757" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G757" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H757" s="0">
+        <x:v>3.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="758" spans="1:8">
+      <x:c r="A758" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B758" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C758" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D758" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E758" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F758" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G758" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H758" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="759" spans="1:8">
+      <x:c r="A759" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B759" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C759" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D759" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E759" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F759" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G759" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H759" s="0">
+        <x:v>6.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="760" spans="1:8">
+      <x:c r="A760" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B760" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C760" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D760" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E760" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F760" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G760" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H760" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="761" spans="1:8">
+      <x:c r="A761" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B761" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C761" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D761" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E761" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F761" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G761" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H761" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="762" spans="1:8">
+      <x:c r="A762" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B762" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C762" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D762" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E762" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F762" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G762" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H762" s="0">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="763" spans="1:8">
+      <x:c r="A763" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B763" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C763" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D763" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E763" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F763" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G763" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H763" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="764" spans="1:8">
+      <x:c r="A764" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B764" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C764" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D764" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E764" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F764" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G764" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H764" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="765" spans="1:8">
+      <x:c r="A765" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B765" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C765" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D765" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E765" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F765" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G765" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H765" s="0">
+        <x:v>6.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="766" spans="1:8">
+      <x:c r="A766" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B766" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C766" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D766" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E766" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F766" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G766" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H766" s="0">
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -19870,89 +21201,91 @@
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="HTA14C1"/>
         <x:s v="HTA14C2"/>
         <x:s v="HTA14C3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
-        <x:s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
-[...1 lines deleted...]
-        <x:s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+        <x:s v="Number of Trips by Irish Residents on Outbound Travel"/>
+        <x:s v="Number of Nights by Irish Residents on Outbound Travel"/>
+        <x:s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="14">
+      <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="14">
+      <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02173V03830">
       <x:sharedItems count="17">
         <x:s v="AT"/>
         <x:s v="BE"/>
         <x:s v="DE"/>
         <x:s v="ES"/>
         <x:s v="FR"/>
         <x:s v="GB"/>
         <x:s v="IT"/>
         <x:s v="NL"/>
         <x:s v="PL"/>
         <x:s v="PT"/>
         <x:s v="XB"/>
         <x:s v="XI"/>
         <x:s v="ZZAH"/>
         <x:s v="ZZEU2801"/>
         <x:s v="ZZEU2802"/>
         <x:s v="ZZEUBQ1"/>
         <x:s v="ZZEUBQ8"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Country and Region Visited">
       <x:sharedItems count="17">
@@ -19960,51 +21293,51 @@
         <x:s v="Belgium"/>
         <x:s v="Germany"/>
         <x:s v="Spain"/>
         <x:s v="France"/>
         <x:s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
         <x:s v="Italy"/>
         <x:s v="Netherlands"/>
         <x:s v="Poland"/>
         <x:s v="Portugal"/>
         <x:s v="Great Britain"/>
         <x:s v="Northern Ireland"/>
         <x:s v="Denmark/Finland/Sweden"/>
         <x:s v="EU28 excluding Ireland"/>
         <x:s v="Other EU28 (1)"/>
         <x:s v="EU27 excluding Ireland"/>
         <x:s v="Other EU27 (6)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="2">
         <x:s v="Thousand"/>
         <x:s v="Nights per Trip"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="2.2" maxValue="52600" count="438">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="2.2" maxValue="53589" count="461">
         <x:n v="76"/>
         <x:n v="65"/>
         <x:n v="219"/>
         <x:n v="1371"/>
         <x:n v="635"/>
         <x:n v="2343"/>
         <x:n v="358"/>
         <x:n v="95"/>
         <x:n v="57"/>
         <x:n v="333"/>
         <x:n v="1960"/>
         <x:n v="383"/>
         <x:n v="59"/>
         <x:s v=""/>
         <x:n v="5797"/>
         <x:n v="185"/>
         <x:n v="52"/>
         <x:n v="69"/>
         <x:n v="190"/>
         <x:n v="1410"/>
         <x:n v="496"/>
         <x:n v="2304"/>
         <x:n v="267"/>
         <x:n v="120"/>
         <x:n v="337"/>
@@ -20137,50 +21470,62 @@
         <x:n v="253"/>
         <x:n v="212"/>
         <x:n v="481"/>
         <x:n v="4995"/>
         <x:n v="680"/>
         <x:n v="105"/>
         <x:n v="199"/>
         <x:n v="2266"/>
         <x:n v="1022"/>
         <x:n v="702"/>
         <x:n v="222"/>
         <x:n v="330"/>
         <x:n v="709"/>
         <x:n v="133"/>
         <x:n v="6682"/>
         <x:n v="165"/>
         <x:n v="402"/>
         <x:n v="3164"/>
         <x:n v="926"/>
         <x:n v="716"/>
         <x:n v="262"/>
         <x:n v="777"/>
         <x:n v="128"/>
         <x:n v="7808"/>
         <x:n v="831"/>
+        <x:n v="88"/>
+        <x:n v="145"/>
+        <x:n v="389"/>
+        <x:n v="2957"/>
+        <x:n v="1023"/>
+        <x:n v="826"/>
+        <x:n v="347"/>
+        <x:n v="487"/>
+        <x:n v="856"/>
+        <x:n v="277"/>
+        <x:n v="8468"/>
+        <x:n v="1073"/>
         <x:n v="579"/>
         <x:n v="297"/>
         <x:n v="1334"/>
         <x:n v="14348"/>
         <x:n v="5952"/>
         <x:n v="10451"/>
         <x:n v="3073"/>
         <x:n v="446"/>
         <x:n v="463"/>
         <x:n v="3019"/>
         <x:n v="9456"/>
         <x:n v="438"/>
         <x:n v="42235"/>
         <x:n v="1836"/>
         <x:n v="449"/>
         <x:n v="1165"/>
         <x:n v="13947"/>
         <x:n v="4455"/>
         <x:n v="10679"/>
         <x:n v="2493"/>
         <x:n v="597"/>
         <x:n v="428"/>
         <x:n v="3283"/>
         <x:n v="9531"/>
         <x:n v="1148"/>
@@ -20323,50 +21668,61 @@
         <x:n v="410"/>
         <x:n v="41682"/>
         <x:n v="7523"/>
         <x:n v="562"/>
         <x:n v="1376"/>
         <x:n v="17905"/>
         <x:n v="6415"/>
         <x:n v="4862"/>
         <x:n v="2485"/>
         <x:n v="5111"/>
         <x:n v="665"/>
         <x:n v="46952"/>
         <x:n v="6164"/>
         <x:n v="543"/>
         <x:n v="744"/>
         <x:n v="1878"/>
         <x:n v="23581"/>
         <x:n v="6503"/>
         <x:n v="4212"/>
         <x:n v="1133"/>
         <x:n v="2115"/>
         <x:n v="5193"/>
         <x:n v="443"/>
         <x:n v="52600"/>
         <x:n v="6256"/>
+        <x:n v="517"/>
+        <x:n v="412"/>
+        <x:n v="19879"/>
+        <x:n v="6391"/>
+        <x:n v="5557"/>
+        <x:n v="1337"/>
+        <x:n v="3279"/>
+        <x:n v="5526"/>
+        <x:n v="1375"/>
+        <x:n v="53589"/>
+        <x:n v="7356"/>
         <x:n v="7.6"/>
         <x:n v="4.6"/>
         <x:n v="6.1"/>
         <x:n v="10.5"/>
         <x:n v="9.4"/>
         <x:n v="4.5"/>
         <x:n v="8.6"/>
         <x:n v="4.7"/>
         <x:n v="8.2"/>
         <x:n v="9.1"/>
         <x:n v="4.8"/>
         <x:n v="2.6"/>
         <x:n v="7.4"/>
         <x:n v="7.3"/>
         <x:n v="9.9"/>
         <x:n v="3.8"/>
         <x:n v="9.3"/>
         <x:n v="5"/>
         <x:n v="7.5"/>
         <x:n v="9.7"/>
         <x:n v="4.9"/>
         <x:n v="3.1"/>
         <x:n v="7.1"/>
         <x:n v="7.2"/>
         <x:n v="9.2"/>
@@ -20409,7165 +21765,7675 @@
         <x:n v="8.5"/>
         <x:n v="5.5"/>
         <x:n v="8.3"/>
         <x:n v="8"/>
         <x:n v="6.2"/>
         <x:n v="3.6"/>
         <x:n v="12.1"/>
         <x:n v="14.7"/>
         <x:n v="3"/>
         <x:n v="5.4"/>
         <x:n v="11.1"/>
         <x:n v="7.9"/>
         <x:n v="6.3"/>
         <x:n v="5.2"/>
         <x:n v="6.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="76"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="65"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="219"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1371"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="635"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2343"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="358"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="95"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="57"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="333"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1960"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="383"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="59"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="5797"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="185"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="52"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="69"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="190"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1410"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="496"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2304"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="267"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="120"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="57"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="337"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1934"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="370"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="57"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="5563"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="204"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="62"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="65"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="163"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1339"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="630"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2237"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="348"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="118"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="101"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="351"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1784"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="453"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="50"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="5647"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="182"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="56"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="62"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="164"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1367"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="538"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2407"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="284"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="80"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="82"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="322"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="2011"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="396"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="45"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="5614"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="209"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="65"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="55"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="220"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1290"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="586"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2355"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="274"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="92"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="104"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="370"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1965"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="390"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="56"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="5735"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="266"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="38"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="125"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="203"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1552"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="632"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2269"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="418"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="136"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="82"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="313"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1933"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="336"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="114"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="6161"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="279"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="67"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="134"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="230"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1587"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="610"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2463"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="362"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="156"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="113"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="479"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="2009"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="454"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="63"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="6597"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="332"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="96"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="92"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="261"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1758"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="550"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2597"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="440"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="241"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="112"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="526"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="2114"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="482"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="59"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="7116"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="383"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="69"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="94"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="366"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1786"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="651"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2728"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="448"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="210"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="141"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="418"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="2137"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="591"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="81"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="7443"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="452"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="89"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="99"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="261"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1881"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="610"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="3059"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="590"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="205"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="171"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="522"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="2304"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="756"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="83"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="8065"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="494"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="34"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="56"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="272"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="149"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="60"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="11"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="61"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="116"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="14"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="995"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="213"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="82"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="122"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="256"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1669"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="598"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="566"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="253"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="212"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="481"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="76"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="4995"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="680"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="105"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="199"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="284"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="2266"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="1022"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="702"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="222"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="330"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="709"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="133"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="6682"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="709"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="104"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="165"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="402"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="3164"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="926"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="716"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="262"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="333"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="777"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="128"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="7808"/>
   </r>
   <r>
     <s v="HTA14C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="831"/>
   </r>
   <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="8468"/>
+  </r>
+  <r>
+    <s v="HTA14C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="1073"/>
+  </r>
+  <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="579"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="297"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1334"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="14348"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5952"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="10451"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="3073"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="446"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="463"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3019"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="9456"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="995"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="438"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="42235"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="1836"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="449"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="267"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1165"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="13947"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="4455"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="10679"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="2493"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="597"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="428"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3283"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="9531"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1148"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="403"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="40038"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="1873"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="438"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="212"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="925"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="12497"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5825"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9239"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="2846"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="660"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="825"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3375"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="7991"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1248"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="219"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="38988"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="1925"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="395"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="214"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="731"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="12690"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5176"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9531"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="2179"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="309"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="612"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="2871"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="8528"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1003"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="382"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="37103"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="2012"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="526"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="317"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1298"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="12872"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5129"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9763"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="2315"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="795"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="1015"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3337"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="8675"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1088"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="338"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="40237"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="2533"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="258"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="396"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1214"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="14034"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5565"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="8826"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="3097"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="549"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="767"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="2746"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="7975"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="850"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="753"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="40564"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="2358"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="352"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="555"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1135"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="14652"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5345"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9040"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="2916"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="679"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="734"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3909"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="8038"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1002"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="273"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="42416"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="2827"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="525"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="293"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1286"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="14579"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5208"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9072"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="3522"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="952"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="958"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="4330"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="8026"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1046"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="387"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="44048"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="2937"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="424"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="326"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1923"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="15072"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5041"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9107"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="3330"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="743"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="862"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3329"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="7601"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1506"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="391"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="44319"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="3772"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="496"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="320"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1289"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="16389"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5224"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="10640"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="4449"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="1215"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="1243"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3922"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="8782"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1859"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="553"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="49886"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <n v="4145"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="213"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="23"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="195"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="2453"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="1072"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="725"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="75"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="740"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="806"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="68"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="9509"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="3138"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="249"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="669"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1539"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="15044"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5640"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="3914"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="1054"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="1916"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3724"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="410"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="41682"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="7523"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="562"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="612"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1376"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="17905"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="6415"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="4862"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="795"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="2485"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="5111"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="665"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="46952"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="6164"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Thousand"/>
     <n v="543"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Thousand"/>
     <n v="744"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1878"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="23581"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="6503"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="4212"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Thousand"/>
     <n v="1133"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Thousand"/>
     <n v="2115"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="5193"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Thousand"/>
     <n v="443"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="52600"/>
   </r>
   <r>
     <s v="HTA14C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Thousand"/>
     <n v="6256"/>
   </r>
   <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Thousand"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Thousand"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="19879"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="6391"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Thousand"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Thousand"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="5526"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Thousand"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="53589"/>
+  </r>
+  <r>
+    <s v="HTA14C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Thousand"/>
+    <n v="7356"/>
+  </r>
+  <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="7.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="4.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="6.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="10.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="8.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="4.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="8.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="9.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="7.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="7.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <n v="9.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="8.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="3.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="6.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="9.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="9.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="3.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="7.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <n v="9.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="3.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="5.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="8.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="5.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="8.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="9.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="4.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <n v="10.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="7.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="3.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="8.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="8.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <n v="9.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="8.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="5.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="5.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="10"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="8.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="8.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="9.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <n v="9.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="6.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="3.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="8.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="7.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="9.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="8.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="5.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="4.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="8.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="8.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="4.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="6.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="8.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="4.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <n v="8.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="5.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="3.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="8.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="8.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="8.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="3.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="6.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="6.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="5.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="7.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="6.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="3.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="4.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="5.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="3.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="8.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="8.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="5.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="7.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="3.8"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="6.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="2.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="12.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="12.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="4.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="9.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <n v="14.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="5.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="4.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="9.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="5.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="8.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <n v="11.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="5.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="3.1"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="7.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="6.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="3.6"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <n v="8.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="AT"/>
     <s v="Austria"/>
     <s v="Nights per Trip"/>
     <n v="5.2"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="BE"/>
     <s v="Belgium"/>
     <s v="Nights per Trip"/>
     <n v="4.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="5.9"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="NL"/>
     <s v="Netherlands"/>
     <s v="Nights per Trip"/>
     <n v="4.3"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PL"/>
     <s v="Poland"/>
     <s v="Nights per Trip"/>
     <n v="6.4"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="6.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAH"/>
     <s v="Denmark/Finland/Sweden"/>
     <s v="Nights per Trip"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEU2802"/>
     <s v="Other EU28 (1)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.7"/>
   </r>
   <r>
     <s v="HTA14C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ8"/>
     <s v="Other EU27 (6)"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Nights per Trip"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Nights per Trip"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Nights per Trip"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAH"/>
+    <s v="Denmark/Finland/Sweden"/>
+    <s v="Nights per Trip"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEU2802"/>
+    <s v="Other EU28 (1)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HTA14C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEUBQ8"/>
+    <s v="Other EU27 (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="6.9"/>
+  </r>
 </pivotCacheRecords>
 </file>