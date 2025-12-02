--- v0 (2025-10-05)
+++ v1 (2025-12-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7b5cb88ffe4462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/398ff808c7c149218408b631e8d36dd7.psmdcp" Id="Rc1049cc9418944ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea9dd309bfe4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14646fd2e0974798957d525c15298003.psmdcp" Id="R40cc00ea2cfa46ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HTA13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Outbound Travel by Irish Residents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/20/2025 11:00:00 AM</x:t>
+    <x:t>20/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>See background notes. (https://www.cso.ie/en/methods/surveybackgroundnotes/householdtravelsurvey/)From 2022 there has been a break in the time series for Outbound travel as the data (excluding Northern Ireland) is now calibrated to the Inbound Tourism survey. From 2012 to 2021 Outbound travel was calibrated to the Tourism and Travel release .&lt;br&gt;From 2020 'Other' includes Education &amp; Training, Sporting Events, Work/Looking for work, Health &amp; Medical, Religious, Shopping and other reasons not elsewhere specified.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HTA13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HTSA</x:t>
   </x:si>
   <x:si>
     <x:t>Household Travel Survey - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -284,50 +284,53 @@
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>HTA13C2</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Nights by Irish Residents on Outbound TravelTravel</x:t>
   </x:si>
   <x:si>
     <x:t>HTA13C3</x:t>
   </x:si>
   <x:si>
     <x:t>Average Length of Stay by Irish Residents on Outbound Travel Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Nights per Trip</x:t>
@@ -499,379 +502,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02173V03830" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country and Region Visited" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H781" totalsRowShown="0">
   <x:autoFilter ref="A1:H781"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02173V03830"/>
     <x:tableColumn id="6" name="Country and Region Visited"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1140,51 +926,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HTA13/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1373,51 +1159,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H781"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="62.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="53.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -4847,16771 +4633,16915 @@
         <x:v>2365</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H134" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H136" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H138" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H140" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H142" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H144" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>2276</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H146" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>1083</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H151" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H153" s="0">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H154" s="0">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H158" s="0">
         <x:v>8546</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H159" s="0">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H160" s="0">
         <x:v>1669</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H161" s="0">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>2550</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H165" s="0">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H166" s="0">
         <x:v>1653</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>897</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H168" s="0">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>1634</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H170" s="0">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H171" s="0">
         <x:v>12633</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H173" s="0">
         <x:v>2266</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H174" s="0">
         <x:v>1022</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H175" s="0">
         <x:v>4412</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H179" s="0">
         <x:v>3099</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H180" s="0">
         <x:v>1313</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H181" s="0">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0">
         <x:v>1991</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H183" s="0">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H184" s="0">
         <x:v>13680</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H185" s="0">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H186" s="0">
         <x:v>3164</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H187" s="0">
         <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H188" s="0">
         <x:v>4241</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H189" s="0">
         <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H190" s="0">
         <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H191" s="0">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="0">
         <x:v>3112</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H193" s="0">
         <x:v>1129</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H194" s="0">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H195" s="0">
         <x:v>2075</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H196" s="0">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H197" s="0">
         <x:v>57473</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H198" s="0">
         <x:v>1334</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H199" s="0">
         <x:v>14348</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H200" s="0">
         <x:v>5952</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H201" s="0">
         <x:v>10451</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H202" s="0">
         <x:v>3073</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H203" s="0">
         <x:v>3019</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H204" s="0">
         <x:v>5947</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H205" s="0">
         <x:v>9456</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H206" s="0">
         <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H207" s="0">
         <x:v>3001</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H208" s="0">
         <x:v>6428</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H209" s="0">
         <x:v>3922</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H210" s="0">
         <x:v>54014</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H211" s="0">
         <x:v>1165</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>13947</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H213" s="0">
         <x:v>4455</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H214" s="0">
         <x:v>10679</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H215" s="0">
         <x:v>2493</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H216" s="0">
         <x:v>3283</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H217" s="0">
         <x:v>5725</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0">
         <x:v>9531</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H219" s="0">
         <x:v>1148</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H220" s="0">
         <x:v>2232</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H221" s="0">
         <x:v>5983</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>4054</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H223" s="0">
         <x:v>53112</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H224" s="0">
         <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H225" s="0">
         <x:v>12497</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H226" s="0">
         <x:v>5825</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H227" s="0">
         <x:v>9239</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H228" s="0">
         <x:v>2846</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H229" s="0">
         <x:v>3375</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H230" s="0">
         <x:v>5838</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H231" s="0">
         <x:v>7991</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H232" s="0">
         <x:v>1248</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H233" s="0">
         <x:v>2977</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H234" s="0">
         <x:v>5628</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H235" s="0">
         <x:v>3962</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H236" s="0">
         <x:v>51985</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H237" s="0">
         <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H238" s="0">
         <x:v>12690</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H239" s="0">
         <x:v>5176</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H240" s="0">
         <x:v>9531</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H241" s="0">
         <x:v>2179</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0">
         <x:v>2871</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H243" s="0">
         <x:v>5691</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H244" s="0">
         <x:v>8528</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H245" s="0">
         <x:v>1003</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H246" s="0">
         <x:v>2467</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H247" s="0">
         <x:v>5566</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H248" s="0">
         <x:v>5083</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H249" s="0">
         <x:v>53652</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H250" s="0">
         <x:v>1298</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H251" s="0">
         <x:v>12872</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H252" s="0">
         <x:v>5129</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H253" s="0">
         <x:v>9763</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H254" s="0">
         <x:v>2315</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H255" s="0">
         <x:v>3337</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H256" s="0">
         <x:v>6295</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H257" s="0">
         <x:v>8675</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H258" s="0">
         <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H259" s="0">
         <x:v>2492</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H260" s="0">
         <x:v>6983</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H261" s="0">
         <x:v>3168</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H262" s="0">
         <x:v>53515</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H263" s="0">
         <x:v>1214</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H264" s="0">
         <x:v>14034</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>5565</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H266" s="0">
         <x:v>8826</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H267" s="0">
         <x:v>3097</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H268" s="0">
         <x:v>2746</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H269" s="0">
         <x:v>5877</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H270" s="0">
         <x:v>7975</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H271" s="0">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0">
         <x:v>2811</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H273" s="0">
         <x:v>6346</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0">
         <x:v>3000</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H275" s="0">
         <x:v>56748</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H276" s="0">
         <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>14652</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0">
         <x:v>5345</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H279" s="0">
         <x:v>9040</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H280" s="0">
         <x:v>2916</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0">
         <x:v>3909</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0">
         <x:v>6334</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H283" s="0">
         <x:v>8038</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H284" s="0">
         <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H285" s="0">
         <x:v>3311</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0">
         <x:v>6408</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0">
         <x:v>3698</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H288" s="0">
         <x:v>57698</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H289" s="0">
         <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0">
         <x:v>14579</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H291" s="0">
         <x:v>5208</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H292" s="0">
         <x:v>9072</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
         <x:v>3522</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0">
         <x:v>4330</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>6929</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>8026</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>1046</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>3435</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0">
         <x:v>7128</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>2210</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H301" s="0">
         <x:v>60623</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0">
         <x:v>1923</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H303" s="0">
         <x:v>15072</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H304" s="0">
         <x:v>5041</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H305" s="0">
         <x:v>9107</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="0">
         <x:v>3330</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0">
         <x:v>3329</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="0">
         <x:v>6347</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H309" s="0">
         <x:v>7601</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0">
         <x:v>1506</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="0">
         <x:v>4150</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="0">
         <x:v>8134</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H313" s="0">
         <x:v>4189</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H314" s="0">
         <x:v>66927</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0">
         <x:v>1289</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H316" s="0">
         <x:v>16389</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0">
         <x:v>5224</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0">
         <x:v>10640</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H319" s="0">
         <x:v>4449</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>3922</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0">
         <x:v>7952</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H322" s="0">
         <x:v>8782</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H323" s="0">
         <x:v>1859</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H324" s="0">
         <x:v>4323</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H325" s="0">
         <x:v>9317</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H326" s="0">
         <x:v>3422</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H327" s="0">
         <x:v>15597</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H328" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H330" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H332" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H333" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H334" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H336" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H338" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H339" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H340" s="0">
         <x:v>17443</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H341" s="0">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>2453</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H344" s="0">
         <x:v>4757</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H345" s="0">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H346" s="0">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H348" s="0">
         <x:v>3261</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H349" s="0">
         <x:v>1496</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H350" s="0">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H351" s="0">
         <x:v>4962</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H352" s="0">
         <x:v>1527</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>61205</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0">
         <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H355" s="0">
         <x:v>15044</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H356" s="0">
         <x:v>5640</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H357" s="0">
         <x:v>8090</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="0">
         <x:v>3914</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H359" s="0">
         <x:v>3724</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H360" s="0">
         <x:v>3907</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H361" s="0">
         <x:v>6014</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H362" s="0">
         <x:v>2076</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H363" s="0">
         <x:v>1399</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H364" s="0">
         <x:v>13577</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>4370</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H366" s="0">
         <x:v>79923</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H367" s="0">
         <x:v>1376</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H368" s="0">
         <x:v>17905</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H369" s="0">
         <x:v>6415</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H370" s="0">
         <x:v>13146</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H371" s="0">
         <x:v>4862</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H372" s="0">
         <x:v>5111</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H373" s="0">
         <x:v>6179</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H374" s="0">
         <x:v>10147</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H375" s="0">
         <x:v>2999</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H376" s="0">
         <x:v>6131</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H377" s="0">
         <x:v>13773</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H378" s="0">
         <x:v>5025</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B379" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C379" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B379" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H379" s="0">
         <x:v>81204</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C380" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B380" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H380" s="0">
         <x:v>1878</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B381" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C381" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B381" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H381" s="0">
         <x:v>23581</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B382" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C382" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B382" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H382" s="0">
         <x:v>6503</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B383" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C383" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B383" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H383" s="0">
         <x:v>13067</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B384" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C384" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B384" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H384" s="0">
         <x:v>4212</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B385" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C385" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B385" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H385" s="0">
         <x:v>5193</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B386" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C386" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B386" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H386" s="0">
         <x:v>4457</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B387" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C387" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B387" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>10594</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B388" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C388" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B388" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H388" s="0">
         <x:v>2473</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B389" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C389" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B389" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H389" s="0">
         <x:v>6021</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B390" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C390" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B390" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H390" s="0">
         <x:v>12848</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B391" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C391" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B391" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H391" s="0">
         <x:v>3444</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H392" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H393" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H394" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H395" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H396" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H397" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H398" s="0">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H399" s="0">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H400" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H401" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H402" s="0">
         <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H403" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H404" s="0">
         <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H405" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H406" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H407" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H408" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H409" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H410" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H411" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H412" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H413" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H414" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H415" s="0">
         <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H416" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H417" s="0">
         <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H418" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H419" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H420" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H421" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H422" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H423" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H424" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H425" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H426" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H427" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H428" s="0">
         <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H429" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H430" s="0">
         <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H431" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H432" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H434" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H435" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H436" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H437" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H438" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H439" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H440" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H441" s="0">
         <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H442" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H443" s="0">
         <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H444" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H445" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H446" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H447" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H448" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H449" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H450" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H451" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H452" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H453" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H454" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H455" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H456" s="0">
         <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H457" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H458" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H459" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H460" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H461" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H462" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H463" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H464" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H465" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H466" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H467" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H468" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H469" s="0">
         <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H470" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H471" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H472" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H473" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H474" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H475" s="0">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H476" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H477" s="0">
         <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H478" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H479" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H480" s="0">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H481" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H482" s="0">
         <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H483" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H484" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H485" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H486" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H487" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H488" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H489" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H490" s="0">
         <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H491" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H492" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H493" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H494" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H495" s="0">
         <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H496" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H497" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H498" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H499" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H500" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H501" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H502" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H503" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H504" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H505" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H506" s="0">
         <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H507" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H508" s="0">
         <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H509" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H510" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H511" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H512" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H513" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H514" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H515" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H516" s="0">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H517" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H518" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H519" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H520" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H521" s="0">
         <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H522" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H523" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H524" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H525" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H526" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H527" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H528" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H529" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H530" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H531" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H532" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H533" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H534" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H535" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H536" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H537" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H538" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H539" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H540" s="0">
         <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H541" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H542" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H543" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H544" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H545" s="0">
         <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H546" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H547" s="0">
         <x:v>25.9</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H548" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H549" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H550" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H551" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H552" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H553" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H554" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H555" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H556" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H557" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H558" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H559" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H560" s="0">
         <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H561" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H562" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H563" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H564" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H565" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H566" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H567" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H568" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H569" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H570" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H571" s="0">
         <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H572" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H573" s="0">
         <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H574" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H575" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H576" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H577" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H578" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H579" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H580" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H581" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H582" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H583" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H584" s="0">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H585" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H586" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H587" s="0">
         <x:v>5895.7</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H588" s="0">
         <x:v>142.6</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H589" s="0">
         <x:v>1198.1</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H590" s="0">
         <x:v>500.6</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H591" s="0">
         <x:v>984.7</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H592" s="0">
         <x:v>351.8</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H593" s="0">
         <x:v>328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H594" s="0">
         <x:v>876.5</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H595" s="0">
         <x:v>876.9</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H596" s="0">
         <x:v>107.8</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H597" s="0">
         <x:v>411.9</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H598" s="0">
         <x:v>632.8</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H599" s="0">
         <x:v>468.4</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H600" s="0">
         <x:v>5408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H601" s="0">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H602" s="0">
         <x:v>1137.6</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H603" s="0">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H604" s="0">
         <x:v>976.2</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H605" s="0">
         <x:v>298.3</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H606" s="0">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H607" s="0">
         <x:v>785.1</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H608" s="0">
         <x:v>907.6</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H609" s="0">
         <x:v>68.6</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H610" s="0">
         <x:v>332.7</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H611" s="0">
         <x:v>647.8</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H612" s="0">
         <x:v>459.5</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H613" s="0">
         <x:v>5342.5</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H614" s="0">
         <x:v>111.5</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H615" s="0">
         <x:v>1093</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H616" s="0">
         <x:v>495.6</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H617" s="0">
         <x:v>871.8</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H618" s="0">
         <x:v>311.8</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H619" s="0">
         <x:v>299.5</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H620" s="0">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H621" s="0">
         <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H622" s="0">
         <x:v>82.7</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H623" s="0">
         <x:v>346.2</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H624" s="0">
         <x:v>545.4</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H625" s="0">
         <x:v>480.6</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H626" s="0">
         <x:v>5384.2</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H627" s="0">
         <x:v>99.3</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H628" s="0">
         <x:v>1101.4</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H629" s="0">
         <x:v>433.2</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H630" s="0">
         <x:v>924</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H631" s="0">
         <x:v>256.1</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H632" s="0">
         <x:v>246.5</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H633" s="0">
         <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H634" s="0">
         <x:v>864.9</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H635" s="0">
         <x:v>59.1</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H636" s="0">
         <x:v>371.6</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H637" s="0">
         <x:v>568.6</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H638" s="0">
         <x:v>564.4</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H639" s="0">
         <x:v>5590.2</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H640" s="0">
         <x:v>138.5</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H641" s="0">
         <x:v>1141.3</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H642" s="0">
         <x:v>473.3</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H643" s="0">
         <x:v>973.1</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H644" s="0">
         <x:v>254.7</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H645" s="0">
         <x:v>302.7</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H646" s="0">
         <x:v>890.2</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H647" s="0">
         <x:v>897.2</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H648" s="0">
         <x:v>75.9</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H649" s="0">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H650" s="0">
         <x:v>704.2</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H651" s="0">
         <x:v>365.2</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H652" s="0">
         <x:v>6022.1</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H653" s="0">
         <x:v>126.5</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H654" s="0">
         <x:v>1317.7</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H655" s="0">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H656" s="0">
         <x:v>1030.3</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H657" s="0">
         <x:v>374.7</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H658" s="0">
         <x:v>269.3</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H659" s="0">
         <x:v>925.7</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H660" s="0">
         <x:v>946.5</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H661" s="0">
         <x:v>83.8</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H662" s="0">
         <x:v>368.5</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H663" s="0">
         <x:v>739.4</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H664" s="0">
         <x:v>383.9</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H665" s="0">
         <x:v>6539</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H666" s="0">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H667" s="0">
         <x:v>1428.6</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H668" s="0">
         <x:v>449.6</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H669" s="0">
         <x:v>998.3</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H670" s="0">
         <x:v>357.7</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H671" s="0">
         <x:v>382.5</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H672" s="0">
         <x:v>1051.1</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H673" s="0">
         <x:v>913.2</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H674" s="0">
         <x:v>85.1</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H675" s="0">
         <x:v>472.4</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H676" s="0">
         <x:v>783.9</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H677" s="0">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H678" s="0">
         <x:v>6890.7</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H679" s="0">
         <x:v>171.4</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H680" s="0">
         <x:v>1526.9</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H681" s="0">
         <x:v>476.8</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H682" s="0">
         <x:v>1032.7</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H683" s="0">
         <x:v>393.2</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H684" s="0">
         <x:v>448.9</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H685" s="0">
         <x:v>1137.9</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H686" s="0">
         <x:v>929.6</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H687" s="0">
         <x:v>103.1</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H688" s="0">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H689" s="0">
         <x:v>930.7</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H690" s="0">
         <x:v>295.2</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H691" s="0">
         <x:v>7434.6</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H692" s="0">
         <x:v>242.9</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H693" s="0">
         <x:v>1546.2</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H694" s="0">
         <x:v>485.8</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H695" s="0">
         <x:v>1111.4</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H696" s="0">
         <x:v>418.9</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H697" s="0">
         <x:v>355.9</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H698" s="0">
         <x:v>1203.3</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H699" s="0">
         <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H700" s="0">
         <x:v>122.4</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H701" s="0">
         <x:v>587.7</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H702" s="0">
         <x:v>991.8</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H703" s="0">
         <x:v>490.7</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H704" s="0">
         <x:v>8252.6</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H705" s="0">
         <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H706" s="0">
         <x:v>1699.8</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H707" s="0">
         <x:v>524.4</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H708" s="0">
         <x:v>1202.4</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H709" s="0">
         <x:v>552.3</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H710" s="0">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H711" s="0">
         <x:v>1331.7</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H712" s="0">
         <x:v>1040.8</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H713" s="0">
         <x:v>161.7</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H714" s="0">
         <x:v>798.4</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H715" s="0">
         <x:v>1132.7</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H716" s="0">
         <x:v>395.8</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H717" s="0">
         <x:v>2122</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H718" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H719" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H720" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H721" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H722" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H723" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H724" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H725" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H726" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H727" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H728" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H729" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H730" s="0">
         <x:v>1958</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H731" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H732" s="0">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H733" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H734" s="0">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H735" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H736" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H737" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H738" s="0">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H739" s="0">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H740" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H741" s="0">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H742" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H743" s="0">
         <x:v>8518</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H744" s="0">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H745" s="0">
         <x:v>1815</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H746" s="0">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H747" s="0">
         <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H748" s="0">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H749" s="0">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H750" s="0">
         <x:v>1162</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H751" s="0">
         <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H752" s="0">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H753" s="0">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H754" s="0">
         <x:v>1704</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H755" s="0">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E756" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H756" s="0">
         <x:v>12947</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H757" s="0">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H758" s="0">
         <x:v>2840</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H759" s="0">
         <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H760" s="0">
         <x:v>1791</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H761" s="0">
         <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:8">
       <x:c r="A762" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E762" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H762" s="0">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:8">
       <x:c r="A763" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E763" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H763" s="0">
         <x:v>1536</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:8">
       <x:c r="A764" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H764" s="0">
         <x:v>1482</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:8">
       <x:c r="A765" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H765" s="0">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:8">
       <x:c r="A766" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E766" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H766" s="0">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:8">
       <x:c r="A767" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E767" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H767" s="0">
         <x:v>1989</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:8">
       <x:c r="A768" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E768" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H768" s="0">
         <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H769" s="0">
         <x:v>12546</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H770" s="0">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:8">
       <x:c r="A771" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H771" s="0">
         <x:v>3184</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:8">
       <x:c r="A772" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H772" s="0">
         <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:8">
       <x:c r="A773" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H773" s="0">
         <x:v>1993</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:8">
       <x:c r="A774" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H774" s="0">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:8">
       <x:c r="A775" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H775" s="0">
         <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:8">
       <x:c r="A776" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H776" s="0">
         <x:v>836</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:8">
       <x:c r="A777" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H777" s="0">
         <x:v>1705</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:8">
       <x:c r="A778" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H778" s="0">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:8">
       <x:c r="A779" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H779" s="0">
         <x:v>1546</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:8">
       <x:c r="A780" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H780" s="0">
         <x:v>1823</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:8">
       <x:c r="A781" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H781" s="0">
         <x:v>658</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21628,51 +21558,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H781" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="HTA13C1"/>
         <x:s v="HTA13C2"/>
         <x:s v="HTA13C3"/>
         <x:s v="HTA13C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
         <x:s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
         <x:s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
         <x:s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
@@ -22363,27 +22293,7828 @@
         <x:n v="1536"/>
         <x:n v="1482"/>
         <x:n v="308"/>
         <x:n v="1989"/>
         <x:n v="1031"/>
         <x:n v="12546"/>
         <x:n v="248"/>
         <x:n v="3184"/>
         <x:n v="750"/>
         <x:n v="1993"/>
         <x:n v="822"/>
         <x:n v="687"/>
         <x:n v="836"/>
         <x:n v="1705"/>
         <x:n v="287"/>
         <x:n v="1546"/>
         <x:n v="1823"/>
         <x:n v="658"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="6514"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="6623"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="6677"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="7094"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="8171"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="8643"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="9350"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="8546"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="12633"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="13680"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="4241"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="3112"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="HTA13C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="57473"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="14348"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5952"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="10451"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="9456"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="6428"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="54014"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="13947"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="4455"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="10679"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3283"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5725"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="9531"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="53112"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="12497"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5825"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9239"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5838"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="7991"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="5628"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="3962"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="51985"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="12690"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5176"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9531"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="8528"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="5566"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="5083"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="53652"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="12872"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5129"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9763"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="6295"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="6983"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="53515"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="14034"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5565"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="8826"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5877"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="7975"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="56748"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="14652"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9040"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="6334"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="8038"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="3311"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="6408"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="3698"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="57698"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="14579"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5208"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="6929"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="8026"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="3435"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="7128"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="60623"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="15072"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5041"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="9107"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="6347"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="7601"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="4150"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="8134"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="4189"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="66927"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="16389"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5224"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="10640"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="7952"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="8782"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="9317"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="15597"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="17443"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="61205"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="15044"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="8090"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="6014"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="13577"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="4370"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="79923"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="17905"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="6415"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="13146"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="6179"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="10147"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="13773"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="5025"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="81204"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Thousand"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Thousand"/>
+    <n v="23581"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Thousand"/>
+    <n v="6503"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Thousand"/>
+    <n v="13067"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Thousand"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Thousand"/>
+    <n v="5193"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Thousand"/>
+    <n v="10594"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Thousand"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="6021"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Thousand"/>
+    <n v="12848"/>
+  </r>
+  <r>
+    <s v="HTA13C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Thousand"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Nights per Trip"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Nights per Trip"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Nights per Trip"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Nights per Trip"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Nights per Trip"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HTA13C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Nights per Trip"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="5895.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="142.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1198.1"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="500.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="984.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="351.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="328.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="876.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="876.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="411.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="632.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="468.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="5408.1"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1137.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="976.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="298.3"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="785.1"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="907.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="332.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="647.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="459.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="5342.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="495.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="871.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="311.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="299.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="82.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="346.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="545.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="480.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="5384.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1101.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="433.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="256.1"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="246.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="864.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="371.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="568.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="564.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="5590.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="138.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1141.3"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="473.3"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="973.1"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="254.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="302.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="890.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="897.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="704.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="365.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="6022.1"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="126.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1317.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="1030.3"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="374.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="269.3"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="925.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="946.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="368.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="739.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="383.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1428.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="449.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="998.3"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="357.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="382.5"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1051.1"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="913.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="472.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="783.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="6890.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="171.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1526.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="476.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="1032.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="393.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="448.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1137.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="929.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="930.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="295.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="7434.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="242.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1546.2"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="485.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="1111.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="418.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="355.9"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1203.3"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="122.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="587.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="991.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="490.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="8252.6"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="172.3"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1699.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="524.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="1202.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="552.3"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1331.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="1040.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="161.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="798.4"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="1132.7"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="395.8"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="8518"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="12947"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="12546"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Euro Million"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Euro Million"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Euro Million"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="GB"/>
+    <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
+    <s v="Euro Million"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Euro Million"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Euro Million"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="Euro Million"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Euro Million"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ12"/>
+    <s v="Other Europe (22)"/>
+    <s v="Euro Million"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="HTA13C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZWORX26"/>
+    <s v="Other countries (26)"/>
+    <s v="Euro Million"/>
+    <n v="658"/>
+  </r>
+</pivotCacheRecords>
 </file>