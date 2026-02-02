--- v1 (2025-12-02)
+++ v2 (2026-02-02)
@@ -1,103 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea9dd309bfe4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14646fd2e0974798957d525c15298003.psmdcp" Id="R40cc00ea2cfa46ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf35e3e27b5214ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a421ee81ac24828bad2f321a34f1a9d.psmdcp" Id="R88a0b1635fb44feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HTA13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Outbound Travel by Irish Residents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>20/03/2025 11:00:00</x:t>
+    <x:t>10/12/2025 14:30:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>See background notes. (https://www.cso.ie/en/methods/surveybackgroundnotes/householdtravelsurvey/)From 2022 there has been a break in the time series for Outbound travel as the data (excluding Northern Ireland) is now calibrated to the Inbound Tourism survey. From 2012 to 2021 Outbound travel was calibrated to the Tourism and Travel release .&lt;br&gt;From 2020 'Other' includes Education &amp; Training, Sporting Events, Work/Looking for work, Health &amp; Medical, Religious, Shopping and other reasons not elsewhere specified.</x:t>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t xml:space="preserve">See background notes.(https://www.cso.ie/en/methods/surveybackgroundnotes/householdtravelsurvey/)&lt;br&gt;From 2022 there has been a break in the time series for Outbound travel as the data (excluding Northern Ireland) is now calibrated to the Inbound Tourism survey. From 2012 to 2021 Outbound travel was calibrated to the Tourism and Travel release .&lt;br&gt;From 2020 'Other' includes Education &amp; Training, Sporting Events, Work/Looking for work, Health &amp; Medical, Religious, Shopping and other reasons not elsewhere specified.&lt;br&gt;10 December 2025 - Please note the data for </x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:i/>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Estimated Expenditure by Irish Residents on Outbound Travel</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t xml:space="preserve"> for </x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:i/>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>All Countries</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t xml:space="preserve"> and </x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:i/>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Asia (7)</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t xml:space="preserve"> categories have been revised for 2024 following the detection of a processing error.</x:t>
+    </x:r>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HTA13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HTSA</x:t>
   </x:si>
   <x:si>
     <x:t>Household Travel Survey - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -113,105 +185,105 @@
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
   <x:si>
-    <x:t>No</x:t>
+    <x:t>Archived</x:t>
   </x:si>
   <x:si>
-    <x:t>Archived</x:t>
+    <x:t>No</x:t>
   </x:si>
   <x:si>
     <x:t>Analytical</x:t>
   </x:si>
   <x:si>
     <x:t>Frontier Series</x:t>
   </x:si>
   <x:si>
     <x:t>Language</x:t>
   </x:si>
   <x:si>
     <x:t>ISO Code</x:t>
   </x:si>
   <x:si>
     <x:t>en</x:t>
   </x:si>
   <x:si>
     <x:t>ISO Name</x:t>
   </x:si>
   <x:si>
     <x:t>English</x:t>
   </x:si>
   <x:si>
     <x:t>STATISTIC</x:t>
   </x:si>
   <x:si>
     <x:t>Statistic Label</x:t>
   </x:si>
   <x:si>
     <x:t>TLIST(A1)</x:t>
   </x:si>
   <x:si>
     <x:t>Year</x:t>
   </x:si>
   <x:si>
     <x:t>C02173V03830</x:t>
   </x:si>
   <x:si>
     <x:t>Country and Region Visited</x:t>
   </x:si>
   <x:si>
     <x:t>UNIT</x:t>
   </x:si>
   <x:si>
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>HTA13C1</x:t>
   </x:si>
   <x:si>
-    <x:t>Number of Trips by Irish Residents on Outbound Travel Travel</x:t>
+    <x:t>Number of Trips by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>All Countries</x:t>
   </x:si>
   <x:si>
     <x:t>Thousand</x:t>
   </x:si>
   <x:si>
     <x:t>DE</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>ES</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
@@ -302,66 +374,66 @@
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>HTA13C2</x:t>
   </x:si>
   <x:si>
-    <x:t>Number of Nights by Irish Residents on Outbound TravelTravel</x:t>
+    <x:t>Number of Nights by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>HTA13C3</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Length of Stay by Irish Residents on Outbound Travel Travel</x:t>
+    <x:t>Average Length of Stay by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Nights per Trip</x:t>
   </x:si>
   <x:si>
     <x:t>HTA13C4</x:t>
   </x:si>
   <x:si>
-    <x:t>Estimated Expenditure by Irish Residents on Outbound Travel Travel</x:t>
+    <x:t>Estimated Expenditure by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Euro Million</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
@@ -1095,126 +1167,126 @@
         <x:v>11</x:v>
       </x:c>
       <x:c r="B28" s="5" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H781"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="62.282054" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="56.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="53.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
@@ -21170,51 +21242,51 @@
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H769" s="0">
-        <x:v>12546</x:v>
+        <x:v>11809</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H770" s="0">
@@ -21430,51 +21502,51 @@
       </x:c>
     </x:row>
     <x:row r="779" spans="1:8">
       <x:c r="A779" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H779" s="0">
-        <x:v>1546</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:8">
       <x:c r="A780" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H780" s="0">
@@ -21571,54 +21643,54 @@
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="HTA13C1"/>
         <x:s v="HTA13C2"/>
         <x:s v="HTA13C3"/>
         <x:s v="HTA13C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
-        <x:s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
-[...2 lines deleted...]
-        <x:s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+        <x:s v="Number of Trips by Irish Residents on Outbound Travel"/>
+        <x:s v="Number of Nights by Irish Residents on Outbound Travel"/>
+        <x:s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+        <x:s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
@@ -22273,7848 +22345,7848 @@
         <x:n v="631"/>
         <x:n v="53"/>
         <x:n v="8518"/>
         <x:n v="185"/>
         <x:n v="1815"/>
         <x:n v="568"/>
         <x:n v="608"/>
         <x:n v="562"/>
         <x:n v="1162"/>
         <x:n v="876"/>
         <x:n v="211"/>
         <x:n v="255"/>
         <x:n v="1704"/>
         <x:n v="571"/>
         <x:n v="12947"/>
         <x:n v="283"/>
         <x:n v="2840"/>
         <x:n v="1279"/>
         <x:n v="1791"/>
         <x:n v="718"/>
         <x:n v="1536"/>
         <x:n v="1482"/>
         <x:n v="308"/>
         <x:n v="1989"/>
         <x:n v="1031"/>
-        <x:n v="12546"/>
+        <x:n v="11809"/>
         <x:n v="248"/>
         <x:n v="3184"/>
         <x:n v="750"/>
         <x:n v="1993"/>
         <x:n v="822"/>
         <x:n v="687"/>
         <x:n v="836"/>
         <x:n v="1705"/>
         <x:n v="287"/>
-        <x:n v="1546"/>
+        <x:n v="808"/>
         <x:n v="1823"/>
         <x:n v="658"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6917"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="219"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1371"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="635"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2343"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="358"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="333"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="452"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1960"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="383"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="163"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="818"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="224"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6514"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="190"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1410"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="496"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2304"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="267"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="337"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="410"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1934"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="370"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="127"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="781"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="191"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6623"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="163"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1339"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="630"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2237"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="348"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="351"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="388"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1784"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="453"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="177"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="772"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="216"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6575"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="164"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1367"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="538"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2407"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="284"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="322"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="404"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="2011"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="396"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="133"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="724"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="232"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6677"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="220"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1290"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="586"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2355"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="274"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="370"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="453"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1965"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="390"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="173"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="781"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="174"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="7094"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="203"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1552"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="632"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2269"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="418"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="313"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="422"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1933"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="336"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="165"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="955"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="164"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="7644"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="230"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1587"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="610"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2463"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="362"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="479"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="492"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="2009"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="454"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="222"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="1007"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="192"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="8171"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="261"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1758"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="550"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2597"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="440"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="526"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="558"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="2114"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="482"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="221"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="1135"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="125"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="8643"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="366"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1786"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="651"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2728"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="448"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="418"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="546"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="2137"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="591"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="256"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="1238"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="206"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="9350"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="261"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1881"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="610"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="3059"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="590"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="522"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="584"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="2304"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="756"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="301"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="1349"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="193"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="2365"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="2276"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="56"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="272"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="149"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="1083"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="60"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="116"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="48"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="535"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="548"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="37"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="398"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="59"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="8546"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="256"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="1669"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="598"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="2550"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="566"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="481"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="426"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="1653"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="897"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="90"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="1634"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="276"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="12633"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="284"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="2266"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="1022"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="4412"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="702"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="709"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="656"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="3099"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1313"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="293"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="1991"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="297"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="13680"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="402"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="3164"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="926"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="4241"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="716"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="777"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="508"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="3112"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1129"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="556"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="2075"/>
   </r>
   <r>
     <s v="HTA13C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="314"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="57473"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1334"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="14348"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5952"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="10451"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="3073"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3019"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5947"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="9456"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="995"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="3001"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="6428"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="3922"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="54014"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1165"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="13947"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="4455"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="10679"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="2493"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3283"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5725"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="9531"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1148"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="2232"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="5983"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="4054"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="53112"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="925"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="12497"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5825"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9239"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="2846"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3375"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5838"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="7991"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1248"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="2977"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="5628"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="3962"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="51985"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="731"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="12690"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5176"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9531"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="2179"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="2871"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5691"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="8528"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1003"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="2467"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="5566"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="5083"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="53652"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1298"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="12872"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5129"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9763"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="2315"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3337"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="6295"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="8675"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1088"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="2492"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="6983"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="3168"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="53515"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1214"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="14034"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5565"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="8826"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="3097"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="2746"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5877"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="7975"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="850"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="2811"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="6346"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="3000"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="56748"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1135"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="14652"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5345"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9040"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="2916"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3909"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="6334"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="8038"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1002"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="3311"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="6408"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="3698"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="57698"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1286"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="14579"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5208"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9072"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="3522"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="4330"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="6929"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="8026"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1046"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="3435"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="7128"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="2210"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="60623"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1923"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="15072"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5041"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="9107"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="3330"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3329"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="6347"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="7601"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1506"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="4150"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="8134"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="4189"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="66927"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1289"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="16389"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5224"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="10640"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="4449"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3922"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="7952"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="8782"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1859"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="4323"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="9317"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="3422"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="15597"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="17443"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="195"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="2453"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="1072"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="4757"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="725"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="806"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="355"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="3261"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="1496"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="591"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="4962"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="1527"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="61205"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1539"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="15044"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="5640"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="8090"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="3914"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="3724"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="3907"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="6014"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="2076"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="1399"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="13577"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="4370"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="79923"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1376"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="17905"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="6415"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="13146"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="4862"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="5111"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="6179"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="10147"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="2999"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="6131"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="13773"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="5025"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="81204"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Thousand"/>
     <n v="1878"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Thousand"/>
     <n v="23581"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Thousand"/>
     <n v="6503"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Thousand"/>
     <n v="13067"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Thousand"/>
     <n v="4212"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Thousand"/>
     <n v="5193"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="4457"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Thousand"/>
     <n v="10594"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Thousand"/>
     <n v="2473"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="6021"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Thousand"/>
     <n v="12848"/>
   </r>
   <r>
     <s v="HTA13C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Thousand"/>
     <n v="3444"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="8.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="6.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="10.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="8.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="9.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="13.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="18.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="7.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="17.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="8.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="6.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="9.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="9.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="14"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="3.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="17.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="21.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="5.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="8.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="9.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="15"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="16.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="7.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="18.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="8.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="14.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="18.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="21.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="5.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="10"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="8.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="13.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="14.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="8.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="18.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="8.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="7.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="8.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="13.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="17"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="18.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="8.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="8.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="8.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="12.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="14.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="6.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="19.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="8.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="8.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="12.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="3.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="15.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="6.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="17.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="5.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="7.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="11.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="3.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="16.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="20.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="8.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="8.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="13.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="3.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="14.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="17.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="3.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="4.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="12.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="7.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="6.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="16.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="12.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="25.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="9.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="9.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="3.6"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="15.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="8.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="15.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="6.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="7.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="6.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="9.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="3.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.3"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="20.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="16.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="5.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Nights per Trip"/>
     <n v="4.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Nights per Trip"/>
     <n v="3.1"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Nights per Trip"/>
     <n v="5.9"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Nights per Trip"/>
     <n v="6.7"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="8.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Nights per Trip"/>
     <n v="3.4"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Nights per Trip"/>
     <n v="2.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="10.8"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Nights per Trip"/>
     <n v="6.2"/>
   </r>
   <r>
     <s v="HTA13C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Nights per Trip"/>
     <n v="11"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5895.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="142.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1198.1"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="500.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="984.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="351.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="328.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="876.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="876.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="107.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="411.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="632.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="468.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5408.1"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="123"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1137.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="374"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="976.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="298.3"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="274"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="785.1"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="907.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="68.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="332.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="647.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="459.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5342.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="111.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1093"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="495.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="871.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="311.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="299.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="787"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="789"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="82.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="346.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="545.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="480.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5384.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="99.3"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1101.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="433.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="924"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="256.1"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="246.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="819"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="864.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="59.1"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="371.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="568.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="564.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5590.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="138.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1141.3"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="473.3"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="973.1"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="254.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="302.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="890.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="897.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="75.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="347"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="704.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="365.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="6022.1"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="126.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1317.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="486"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="1030.3"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="374.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="269.3"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="925.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="946.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="83.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="368.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="739.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="383.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="6539"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="160"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1428.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="449.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="998.3"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="357.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="382.5"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1051.1"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="913.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="85.1"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="472.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="783.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="455"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="6890.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="171.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1526.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="476.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="1032.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="393.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="448.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1137.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="929.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="103.1"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="477"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="930.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="295.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="7434.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="242.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1546.2"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="485.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="1111.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="418.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="355.9"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1203.3"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="989"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="122.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="587.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="991.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="490.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="8252.6"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="172.3"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1699.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="524.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="1202.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="552.3"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="443"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1331.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="1040.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="161.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="798.4"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="1132.7"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="395.8"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="2122"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="1958"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="31"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="333"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="109"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="484"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="50"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="109"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="104"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="353"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="130"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="55"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="631"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="53"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="8518"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="185"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="1815"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="568"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="1088"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="608"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="562"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1162"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="876"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="211"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="255"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="1704"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="571"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="12947"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="283"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="2840"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="1279"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="1791"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="718"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="725"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1536"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="1482"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="308"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="756"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="1989"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="1031"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
-    <n v="12546"/>
+    <n v="11809"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Euro Million"/>
     <n v="248"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ES"/>
     <s v="Spain"/>
     <s v="Euro Million"/>
     <n v="3184"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Euro Million"/>
     <n v="750"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GB"/>
     <s v="United Kingdom (includes Great Britain &amp; Northern Ireland)"/>
     <s v="Euro Million"/>
     <n v="1993"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IT"/>
     <s v="Italy"/>
     <s v="Euro Million"/>
     <n v="822"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="PT"/>
     <s v="Portugal"/>
     <s v="Euro Million"/>
     <n v="687"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="836"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XB"/>
     <s v="Great Britain"/>
     <s v="Euro Million"/>
     <n v="1705"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="XI"/>
     <s v="Northern Ireland"/>
     <s v="Euro Million"/>
     <n v="287"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
-    <n v="1546"/>
+    <n v="808"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ12"/>
     <s v="Other Europe (22)"/>
     <s v="Euro Million"/>
     <n v="1823"/>
   </r>
   <r>
     <s v="HTA13C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZWORX26"/>
     <s v="Other countries (26)"/>
     <s v="Euro Million"/>
     <n v="658"/>
   </r>
 </pivotCacheRecords>
 </file>