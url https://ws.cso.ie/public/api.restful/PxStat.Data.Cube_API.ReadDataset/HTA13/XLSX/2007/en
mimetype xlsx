--- v2 (2026-02-02)
+++ v3 (2026-03-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf35e3e27b5214ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a421ee81ac24828bad2f321a34f1a9d.psmdcp" Id="R88a0b1635fb44feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b6c49d97a04442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f762757f8b5a4be88a8967605ba3e8c5.psmdcp" Id="R90ec868c62514c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>