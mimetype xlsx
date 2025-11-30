--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec85232702f445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7561330857ae4742b299469835cefb08.psmdcp" Id="Ra1ababefd4d74110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d05af4256c74fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6c84be859954c68a50df97d5497d17b.psmdcp" Id="R9db56359e5d84007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HTA12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Outbound Travel by Irish Residents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/20/2025 11:00:00 AM</x:t>
+    <x:t>20/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>See background notes(https://www.cso.ie/en/methods/surveybackgroundnotes/householdtravelsurvey/).From 2022 there has been a break in the time series for Outbound travel as the data (excluding Northern Ireland) is now calibrated to the Inbound Tourism survey. From 2012 to 2021 Outbound travel was calibrated to the Tourism and Travel release .&lt;br&gt;From 2020 'Other' includes Education &amp; Training, Sporting Events, Work/Looking for work, Health &amp; Medical, Religious, Shopping and other reasons not elsewhere specified.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HTA12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HTSA</x:t>
   </x:si>
   <x:si>
     <x:t>Household Travel Survey - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -216,50 +216,53 @@
     <x:t>Africa (8)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZABG</x:t>
   </x:si>
   <x:si>
     <x:t>Asia (7)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZAC</x:t>
   </x:si>
   <x:si>
     <x:t>Australia, New Zealand and other oceanic countries</x:t>
   </x:si>
   <x:si>
     <x:t>ZZAZR2</x:t>
   </x:si>
   <x:si>
     <x:t>Other America (6)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEU2801</x:t>
   </x:si>
   <x:si>
     <x:t>EU28 excluding Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>ZZEUBQ1</x:t>
   </x:si>
   <x:si>
     <x:t>EU27 excluding Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEURQ10</x:t>
   </x:si>
   <x:si>
     <x:t>Other Europe (20)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEURQ11</x:t>
   </x:si>
   <x:si>
     <x:t>Other Europe (21)</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
@@ -481,355 +484,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02173V03830" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region Visited" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H601" totalsRowShown="0">
   <x:autoFilter ref="A1:H601"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02173V03830"/>
     <x:tableColumn id="6" name="Region Visited"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1098,51 +902,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HTA12/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1331,51 +1135,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H601"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="62.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1555,15029 +1359,15485 @@
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H9" s="0">
         <x:v>5797</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="0">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H12" s="0">
         <x:v>6514</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="0">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H14" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="0">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H16" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H19" s="0">
         <x:v>5563</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H20" s="0">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H22" s="0">
         <x:v>6623</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H23" s="0">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H24" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H26" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H28" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H29" s="0">
         <x:v>5647</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H30" s="0">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>6575</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>5614</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G39" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H40" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>6677</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>5735</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G49" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H50" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>7094</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H58" s="0">
         <x:v>6161</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F59" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G59" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H60" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H61" s="0">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>7644</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H64" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>6597</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F69" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G69" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H70" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>8171</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>7116</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F79" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G79" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H80" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>8643</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>7443</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G89" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H90" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>9350</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>8065</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G99" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H100" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>2365</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H104" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H106" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H108" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G109" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H110" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>2276</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H116" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H118" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>1138</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>8546</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H128" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>4995</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>2759</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>12633</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H138" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>6682</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>4705</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>13680</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H146" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H148" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>7808</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>4494</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>57473</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H153" s="0">
         <x:v>5947</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H154" s="0">
         <x:v>1582</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>3001</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>1515</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H158" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H159" s="0">
         <x:v>42235</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H160" s="0">
         <x:v>2369</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>54014</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0">
         <x:v>5725</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>1344</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H165" s="0">
         <x:v>2232</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H166" s="0">
         <x:v>1805</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H168" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>40038</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H170" s="0">
         <x:v>1966</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D171" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E171" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F171" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="D171" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0">
         <x:v>53112</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H173" s="0">
         <x:v>5838</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H174" s="0">
         <x:v>1029</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H175" s="0">
         <x:v>2977</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>1883</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>1050</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H178" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H179" s="0">
         <x:v>38988</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H180" s="0">
         <x:v>1348</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0">
         <x:v>51985</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H183" s="0">
         <x:v>5691</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H184" s="0">
         <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H185" s="0">
         <x:v>2467</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H186" s="0">
         <x:v>3642</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H187" s="0">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H188" s="0">
         <x:v>37103</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F189" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G189" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H189" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H190" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H191" s="0">
         <x:v>1641</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="0">
         <x:v>53652</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H193" s="0">
         <x:v>6295</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H194" s="0">
         <x:v>1386</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H195" s="0">
         <x:v>2492</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H196" s="0">
         <x:v>1256</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H197" s="0">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H198" s="0">
         <x:v>40237</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F199" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G199" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H200" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H201" s="0">
         <x:v>1460</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H202" s="0">
         <x:v>53515</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H203" s="0">
         <x:v>5877</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H204" s="0">
         <x:v>1244</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H205" s="0">
         <x:v>2811</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H206" s="0">
         <x:v>1127</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H207" s="0">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H208" s="0">
         <x:v>40564</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F209" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G209" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H210" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H211" s="0">
         <x:v>1263</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>56748</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H213" s="0">
         <x:v>6334</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H214" s="0">
         <x:v>1278</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H215" s="0">
         <x:v>3311</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H216" s="0">
         <x:v>1550</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H217" s="0">
         <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0">
         <x:v>42416</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F219" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G219" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H220" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H221" s="0">
         <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>57698</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H223" s="0">
         <x:v>6929</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H224" s="0">
         <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H225" s="0">
         <x:v>3435</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H226" s="0">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H227" s="0">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H228" s="0">
         <x:v>44048</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F229" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G229" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H230" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H231" s="0">
         <x:v>1075</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H232" s="0">
         <x:v>60623</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H233" s="0">
         <x:v>6347</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H234" s="0">
         <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H235" s="0">
         <x:v>4150</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H236" s="0">
         <x:v>2079</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H237" s="0">
         <x:v>1234</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H238" s="0">
         <x:v>44319</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F239" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G239" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H240" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H241" s="0">
         <x:v>1618</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0">
         <x:v>66927</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H243" s="0">
         <x:v>7952</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H244" s="0">
         <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H245" s="0">
         <x:v>4323</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H246" s="0">
         <x:v>1514</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H247" s="0">
         <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H248" s="0">
         <x:v>49886</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G249" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H249" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H250" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H251" s="0">
         <x:v>1344</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H252" s="0">
         <x:v>15597</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H254" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H256" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H258" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F259" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G259" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H259" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H260" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H262" s="0">
         <x:v>17443</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H263" s="0">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H264" s="0">
         <x:v>1505</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H266" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H267" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H268" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H269" s="0">
         <x:v>9509</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H270" s="0">
         <x:v>5462</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0">
         <x:v>61205</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H273" s="0">
         <x:v>3907</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0">
         <x:v>1645</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H275" s="0">
         <x:v>1399</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H276" s="0">
         <x:v>1262</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H278" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H279" s="0">
         <x:v>41682</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H280" s="0">
         <x:v>9846</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0">
         <x:v>79923</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H283" s="0">
         <x:v>6179</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H284" s="0">
         <x:v>1383</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H285" s="0">
         <x:v>6131</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0">
         <x:v>2422</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0">
         <x:v>1220</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H288" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H289" s="0">
         <x:v>46952</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0">
         <x:v>15636</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B292" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C292" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B292" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H292" s="0">
         <x:v>81204</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B293" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C293" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B293" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
         <x:v>4457</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B294" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C294" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B294" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0">
         <x:v>1719</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B295" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C295" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B295" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>6021</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B296" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C296" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B296" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B297" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C297" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B297" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B298" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C298" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B298" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H298" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B299" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C299" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B299" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0">
         <x:v>52600</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B300" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C300" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B300" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>14682</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B301" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C301" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B301" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H301" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H302" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H303" s="0">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H304" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H305" s="0">
         <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H306" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H307" s="0">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H308" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H309" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H310" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H312" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H313" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H314" s="0">
         <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H315" s="0">
         <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H316" s="0">
         <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H317" s="0">
         <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H318" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H319" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D321" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E321" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F321" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="D321" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H322" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H323" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H324" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H325" s="0">
         <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H326" s="0">
         <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H327" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H328" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H329" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H330" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H332" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H333" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H334" s="0">
         <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H335" s="0">
         <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H336" s="0">
         <x:v>31.7</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H337" s="0">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H338" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F339" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G339" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H339" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H340" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H341" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H344" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H345" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H346" s="0">
         <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H347" s="0">
         <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H348" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F349" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G349" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H349" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H350" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H351" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H352" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H354" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H355" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H356" s="0">
         <x:v>25.7</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H357" s="0">
         <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H358" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F359" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G359" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H359" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H360" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H361" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H362" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H363" s="0">
         <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H364" s="0">
         <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H366" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H367" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H368" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F369" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G369" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H370" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H371" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H372" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H373" s="0">
         <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H374" s="0">
         <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H375" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H376" s="0">
         <x:v>25.7</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H377" s="0">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H378" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F379" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G379" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H379" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H380" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H381" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H382" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H383" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H384" s="0">
         <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H385" s="0">
         <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H386" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H388" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F389" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G389" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H389" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H390" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H391" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H392" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H393" s="0">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H394" s="0">
         <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H395" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H396" s="0">
         <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H397" s="0">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H398" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F399" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G399" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H399" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H400" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H401" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H402" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H404" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H405" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H406" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H407" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H408" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F409" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G409" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H409" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H410" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H411" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H412" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H413" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H414" s="0">
         <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H415" s="0">
         <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H416" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H417" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H418" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H419" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H420" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H421" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H422" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H423" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H424" s="0">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H425" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H426" s="0">
         <x:v>25.5</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H427" s="0">
         <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H428" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H429" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H430" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H431" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H432" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H434" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H435" s="0">
         <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H436" s="0">
         <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H437" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H438" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H439" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H440" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H441" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H442" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H443" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H444" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H445" s="0">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H446" s="0">
         <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H447" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H448" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H449" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H450" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H451" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H452" s="0">
         <x:v>5895.7</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H453" s="0">
         <x:v>876.5</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H454" s="0">
         <x:v>182.6</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H455" s="0">
         <x:v>411.9</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H456" s="0">
         <x:v>135.1</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H457" s="0">
         <x:v>150.7</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H458" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H459" s="0">
         <x:v>3901.5</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H460" s="0">
         <x:v>237.4</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H461" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H462" s="0">
         <x:v>5408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H463" s="0">
         <x:v>785.1</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H464" s="0">
         <x:v>136.6</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H465" s="0">
         <x:v>332.7</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H466" s="0">
         <x:v>195.6</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H467" s="0">
         <x:v>127.3</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H468" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H469" s="0">
         <x:v>3628.6</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H470" s="0">
         <x:v>202.2</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D471" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E471" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F471" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="D471" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H472" s="0">
         <x:v>5342.5</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H473" s="0">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H474" s="0">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H475" s="0">
         <x:v>346.2</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H476" s="0">
         <x:v>218.5</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H477" s="0">
         <x:v>142.1</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H478" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H479" s="0">
         <x:v>3590.5</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H480" s="0">
         <x:v>138.1</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H481" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H482" s="0">
         <x:v>5384.2</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H483" s="0">
         <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H484" s="0">
         <x:v>111.4</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H485" s="0">
         <x:v>371.6</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H486" s="0">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H487" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H488" s="0">
         <x:v>3456.2</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F489" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G489" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H489" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H490" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H491" s="0">
         <x:v>173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H492" s="0">
         <x:v>5590.2</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H493" s="0">
         <x:v>890.2</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H494" s="0">
         <x:v>142.3</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H495" s="0">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H496" s="0">
         <x:v>134.2</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H497" s="0">
         <x:v>88.6</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H498" s="0">
         <x:v>3831.3</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F499" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G499" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H499" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H500" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H501" s="0">
         <x:v>156.4</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H502" s="0">
         <x:v>6022.1</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H503" s="0">
         <x:v>925.7</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H504" s="0">
         <x:v>168.4</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H505" s="0">
         <x:v>368.5</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H506" s="0">
         <x:v>119.4</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H507" s="0">
         <x:v>96.1</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H508" s="0">
         <x:v>4185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F509" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G509" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H509" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H510" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H511" s="0">
         <x:v>158.1</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H512" s="0">
         <x:v>6539</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H513" s="0">
         <x:v>1051.1</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H514" s="0">
         <x:v>117.5</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H515" s="0">
         <x:v>472.4</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H516" s="0">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H517" s="0">
         <x:v>150.5</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H518" s="0">
         <x:v>4438.2</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F519" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G519" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H519" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H520" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H521" s="0">
         <x:v>122.4</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H522" s="0">
         <x:v>6890.7</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H523" s="0">
         <x:v>1137.9</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H524" s="0">
         <x:v>122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H525" s="0">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H526" s="0">
         <x:v>99.3</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H527" s="0">
         <x:v>73.7</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H528" s="0">
         <x:v>4830.9</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F529" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G529" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H529" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H530" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H531" s="0">
         <x:v>149.7</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H532" s="0">
         <x:v>7434.6</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H533" s="0">
         <x:v>1203.3</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H534" s="0">
         <x:v>154.6</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H535" s="0">
         <x:v>587.7</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H536" s="0">
         <x:v>169.4</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H537" s="0">
         <x:v>166.6</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H538" s="0">
         <x:v>4964.1</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F539" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G539" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H539" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H540" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H541" s="0">
         <x:v>188.9</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H542" s="0">
         <x:v>8252.6</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H543" s="0">
         <x:v>1331.7</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H544" s="0">
         <x:v>94.5</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H545" s="0">
         <x:v>798.4</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H546" s="0">
         <x:v>189.7</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H547" s="0">
         <x:v>111.6</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H548" s="0">
         <x:v>5506.8</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F549" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G549" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H549" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H550" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H551" s="0">
         <x:v>219.9</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H552" s="0">
         <x:v>2122</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H553" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H554" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H555" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H556" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H557" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H558" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F559" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G559" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H559" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H560" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H561" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H562" s="0">
         <x:v>1958</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H563" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H564" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H565" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H566" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H567" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H568" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H569" s="0">
         <x:v>1005</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H570" s="0">
         <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H571" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H572" s="0">
         <x:v>8518</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H573" s="0">
         <x:v>1162</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H574" s="0">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H575" s="0">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H576" s="0">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H577" s="0">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H578" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H579" s="0">
         <x:v>5092</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H580" s="0">
         <x:v>1439</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H581" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H582" s="0">
         <x:v>12947</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H583" s="0">
         <x:v>1536</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H584" s="0">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H585" s="0">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H586" s="0">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H587" s="0">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H588" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H589" s="0">
         <x:v>7518</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H590" s="0">
         <x:v>2106</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H591" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H592" s="0">
         <x:v>12546.4</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H593" s="0">
         <x:v>836.3</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H594" s="0">
         <x:v>266.8</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H595" s="0">
         <x:v>1545.8</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H596" s="0">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H597" s="0">
         <x:v>141.8</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H598" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H599" s="0">
         <x:v>7244.8</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H600" s="0">
         <x:v>2261.9</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H601" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16594,51 +16854,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H601" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="HTA12C1"/>
         <x:s v="HTA12C2"/>
         <x:s v="HTA12C3"/>
         <x:s v="HTA12C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
         <x:s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
         <x:s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
         <x:s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
@@ -17097,27 +17357,6028 @@
         <x:n v="5092"/>
         <x:n v="1439"/>
         <x:n v="12947"/>
         <x:n v="1536"/>
         <x:n v="275"/>
         <x:n v="756"/>
         <x:n v="607"/>
         <x:n v="149"/>
         <x:n v="7518"/>
         <x:n v="2106"/>
         <x:n v="12546.4"/>
         <x:n v="836.3"/>
         <x:n v="266.8"/>
         <x:n v="1545.8"/>
         <x:n v="249"/>
         <x:n v="141.8"/>
         <x:n v="7244.8"/>
         <x:n v="2261.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="6514"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="6623"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="5614"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="6677"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="7094"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="6161"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="8171"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="7116"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="8643"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="7443"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="9350"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="8065"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="8546"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="12633"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="6682"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="13680"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="7808"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="57473"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="42235"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="54014"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5725"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="40038"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="53112"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5838"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="38988"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="51985"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="37103"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="53652"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="6295"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="40237"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="53515"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5877"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="40564"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="56748"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="6334"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="3311"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="42416"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="57698"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="6929"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="3435"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="44048"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="60623"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="6347"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="4150"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="44319"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="66927"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="7952"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="49886"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="15597"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="17443"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="9509"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="61205"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="41682"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="9846"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="79923"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="6179"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="46952"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="15636"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="81204"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="6021"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="52600"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="14682"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="5895.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="876.5"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="182.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="411.9"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="135.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="150.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3901.5"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <n v="237.4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="5408.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="785.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="136.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="332.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="195.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="127.3"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3628.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <n v="202.2"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="5342.5"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="346.2"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="218.5"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="142.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3590.5"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <n v="138.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="5384.2"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="111.4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="371.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3456.2"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <n v="173.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="5590.2"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="890.2"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="142.3"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="134.2"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3831.3"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <n v="156.4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="6022.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="925.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="168.4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="368.5"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="119.4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4185.9"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <n v="158.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1051.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="472.4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="150.5"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4438.2"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <n v="122.4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="6890.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1137.9"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="122.3"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4830.9"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <n v="149.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="7434.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1203.3"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="154.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="587.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="169.4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="166.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4964.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <n v="188.9"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="8252.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1331.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="798.4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="189.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5506.8"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <n v="219.9"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="8518"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="12947"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7518"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="12546.4"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="836.3"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="266.8"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="1545.8"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="141.8"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7244.8"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <n v="2261.9"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>