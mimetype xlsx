--- v1 (2025-11-30)
+++ v2 (2026-02-03)
@@ -1,103 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d05af4256c74fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6c84be859954c68a50df97d5497d17b.psmdcp" Id="R9db56359e5d84007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1783c5a9d2334540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17ce07e92ba447dcbc3527fdb27d6ba7.psmdcp" Id="R5338c98e97cc43dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HTA12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Outbound Travel by Irish Residents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>20/03/2025 11:00:00</x:t>
+    <x:t>10/12/2025 14:30:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>See background notes(https://www.cso.ie/en/methods/surveybackgroundnotes/householdtravelsurvey/).From 2022 there has been a break in the time series for Outbound travel as the data (excluding Northern Ireland) is now calibrated to the Inbound Tourism survey. From 2012 to 2021 Outbound travel was calibrated to the Tourism and Travel release .&lt;br&gt;From 2020 'Other' includes Education &amp; Training, Sporting Events, Work/Looking for work, Health &amp; Medical, Religious, Shopping and other reasons not elsewhere specified.</x:t>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t xml:space="preserve">See background notes(https://www.cso.ie/en/methods/surveybackgroundnotes/householdtravelsurvey/). &lt;br&gt;From 2022 there has been a break in the time series for Outbound travel as the data (excluding Northern Ireland) is now calibrated to the Inbound Tourism survey. From 2012 to 2021 Outbound travel was calibrated to the Tourism and Travel release .&lt;br&gt;From 2020 'Other' includes Education &amp; Training, Sporting Events, Work/Looking for work, Health &amp; Medical, Religious, Shopping and other reasons not elsewhere specified.&lt;br&gt;10 December 2025 - Please note the data for </x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:i/>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Estimated Expenditure by Irish Residents on Outbound Travel</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t xml:space="preserve"> for </x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:i/>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>All Countries</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t xml:space="preserve"> and </x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:i/>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Asia (7)</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t xml:space="preserve"> categories have been revised for 2024 following the detection of a processing error.</x:t>
+    </x:r>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HTA12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HTSA</x:t>
   </x:si>
   <x:si>
     <x:t>Household Travel Survey - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -113,105 +185,105 @@
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
   <x:si>
-    <x:t>No</x:t>
+    <x:t>Archived</x:t>
   </x:si>
   <x:si>
-    <x:t>Archived</x:t>
+    <x:t>No</x:t>
   </x:si>
   <x:si>
     <x:t>Analytical</x:t>
   </x:si>
   <x:si>
     <x:t>Frontier Series</x:t>
   </x:si>
   <x:si>
     <x:t>Language</x:t>
   </x:si>
   <x:si>
     <x:t>ISO Code</x:t>
   </x:si>
   <x:si>
     <x:t>en</x:t>
   </x:si>
   <x:si>
     <x:t>ISO Name</x:t>
   </x:si>
   <x:si>
     <x:t>English</x:t>
   </x:si>
   <x:si>
     <x:t>STATISTIC</x:t>
   </x:si>
   <x:si>
     <x:t>Statistic Label</x:t>
   </x:si>
   <x:si>
     <x:t>TLIST(A1)</x:t>
   </x:si>
   <x:si>
     <x:t>Year</x:t>
   </x:si>
   <x:si>
     <x:t>C02173V03830</x:t>
   </x:si>
   <x:si>
     <x:t>Region Visited</x:t>
   </x:si>
   <x:si>
     <x:t>UNIT</x:t>
   </x:si>
   <x:si>
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>HTA12C1</x:t>
   </x:si>
   <x:si>
-    <x:t>Number of Trips by Irish Residents on Outbound Travel Travel</x:t>
+    <x:t>Number of Trips by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>All Countries</x:t>
   </x:si>
   <x:si>
     <x:t>Thousand</x:t>
   </x:si>
   <x:si>
     <x:t>USCA</x:t>
   </x:si>
   <x:si>
     <x:t>United States and Canada</x:t>
   </x:si>
   <x:si>
     <x:t>ZZAA7</x:t>
   </x:si>
   <x:si>
     <x:t>Africa (8)</x:t>
   </x:si>
@@ -284,66 +356,66 @@
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>HTA12C2</x:t>
   </x:si>
   <x:si>
-    <x:t>Number of Nights by Irish Residents on Outbound TravelTravel</x:t>
+    <x:t>Number of Nights by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>HTA12C3</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Length of Stay by Irish Residents on Outbound Travel Travel</x:t>
+    <x:t>Average Length of Stay by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Nights per Trip</x:t>
   </x:si>
   <x:si>
     <x:t>HTA12C4</x:t>
   </x:si>
   <x:si>
-    <x:t>Estimated Expenditure by Irish Residents on Outbound Travel Travel</x:t>
+    <x:t>Estimated Expenditure by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Euro Million</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
@@ -1071,126 +1143,126 @@
         <x:v>11</x:v>
       </x:c>
       <x:c r="B28" s="5" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H601"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="62.282054" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="56.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
@@ -16544,51 +16616,51 @@
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H592" s="0">
-        <x:v>12546.4</x:v>
+        <x:v>11809</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H593" s="0">
@@ -16622,51 +16694,51 @@
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H595" s="0">
-        <x:v>1545.8</x:v>
+        <x:v>808.4</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H596" s="0">
@@ -16867,54 +16939,54 @@
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="HTA12C1"/>
         <x:s v="HTA12C2"/>
         <x:s v="HTA12C3"/>
         <x:s v="HTA12C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
-        <x:s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
-[...2 lines deleted...]
-        <x:s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+        <x:s v="Number of Trips by Irish Residents on Outbound Travel"/>
+        <x:s v="Number of Nights by Irish Residents on Outbound Travel"/>
+        <x:s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+        <x:s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="15">
         <x:s v="2010"/>
         <x:s v="2011"/>
@@ -17342,6043 +17414,6043 @@
         <x:n v="5506.8"/>
         <x:n v="219.9"/>
         <x:n v="2122"/>
         <x:n v="1958"/>
         <x:n v="104"/>
         <x:n v="49"/>
         <x:n v="4"/>
         <x:n v="1005"/>
         <x:n v="741"/>
         <x:n v="8518"/>
         <x:n v="1162"/>
         <x:n v="328"/>
         <x:n v="255"/>
         <x:n v="140"/>
         <x:n v="103"/>
         <x:n v="5092"/>
         <x:n v="1439"/>
         <x:n v="12947"/>
         <x:n v="1536"/>
         <x:n v="275"/>
         <x:n v="756"/>
         <x:n v="607"/>
         <x:n v="149"/>
         <x:n v="7518"/>
         <x:n v="2106"/>
-        <x:n v="12546.4"/>
+        <x:n v="11809"/>
         <x:n v="836.3"/>
         <x:n v="266.8"/>
-        <x:n v="1545.8"/>
+        <x:n v="808.4"/>
         <x:n v="249"/>
         <x:n v="141.8"/>
         <x:n v="7244.8"/>
         <x:n v="2261.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6917"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="452"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="110"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="163"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="52"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="62"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="5797"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="281"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6514"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="410"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="70"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="127"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="66"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="56"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="5563"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="222"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6623"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="388"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="66"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="177"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="76"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="74"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="5647"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="194"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6575"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="404"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="78"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="133"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="115"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="39"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="5614"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="191"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6677"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="453"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="87"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="173"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="56"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="32"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="5735"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="142"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="7094"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="422"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="80"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="165"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="44"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="40"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="6161"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="181"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="7644"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="492"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="66"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="222"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="71"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="55"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="6597"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="142"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="8171"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="558"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="63"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="221"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="32"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="30"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="7116"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="151"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="8643"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="546"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="65"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="256"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="62"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="79"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="7443"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="193"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="9350"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="584"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="57"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="301"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="73"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="63"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="8065"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="208"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="2365"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="2276"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="48"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="58"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="37"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="1"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="995"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="1138"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="8546"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="426"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="146"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="90"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="50"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="80"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="4995"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="2759"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="12633"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="656"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="99"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="293"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="111"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="88"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="6682"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="4705"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="13680"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="508"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="148"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="556"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="78"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="88"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="7808"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="4494"/>
   </r>
   <r>
     <s v="HTA12C1"/>
-    <s v="Number of Trips by Irish Residents on Outbound Travel Travel"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="57473"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5947"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1582"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="3001"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="1515"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="825"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="42235"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="2369"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="54014"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5725"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1344"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="2232"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="1805"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="904"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="40038"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="1966"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="53112"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5838"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1029"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="2977"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="1883"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="1050"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="38988"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="1348"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="51985"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5691"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="950"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="2467"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="3642"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="492"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="37103"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="1641"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="53652"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="6295"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1386"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="2492"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="1256"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="526"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="40237"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="1460"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="53515"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5877"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1244"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="2811"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="1127"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="629"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="40564"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="1263"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="56748"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="6334"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1278"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="3311"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="1550"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="869"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="42416"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="989"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="57698"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="6929"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="926"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="3435"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="822"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="462"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="44048"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="1075"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="60623"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="6347"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="875"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="4150"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="2079"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="1234"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="44319"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="1618"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="66927"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="7952"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1077"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="4323"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="1514"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="830"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="49886"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <n v="1344"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="15597"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="17443"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="355"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1505"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="591"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="22"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="9509"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="5462"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="61205"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="3907"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1645"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="1399"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="1262"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="1464"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="41682"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="9846"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="79923"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="6179"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1383"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="6131"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="2422"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="1220"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="46952"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="15636"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="81204"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="4457"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Thousand"/>
     <n v="1719"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Thousand"/>
     <n v="6021"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Thousand"/>
     <n v="870"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Thousand"/>
     <n v="856"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="52600"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="14682"/>
   </r>
   <r>
     <s v="HTA12C2"/>
-    <s v="Number of Nights by Irish Residents on Outbound TravelTravel"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="8.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="13.1"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="14.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="18.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="29"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="13.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="7.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="8.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="14"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="19.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="17.5"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="27.5"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="16.1"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <n v="8.8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="15"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="15.5"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="16.8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="24.8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="14.1"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.9"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.9"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="14.1"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="12.1"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="18.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="31.7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="12.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <n v="8.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="13.9"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="16"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="14.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="22.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="16.5"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <n v="10.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.5"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="13.9"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="15.5"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="17"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="25.7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="15.8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="12.9"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="19.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="14.9"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="22"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="15.7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.1"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="12.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="14.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="15.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="25.7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="15.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <n v="7.1"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="11.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="13.5"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="16.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="33.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="15.7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <n v="8.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="13.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="18.8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="14.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="20.8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="13.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <n v="6.5"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="6.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="7.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="26.1"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="16.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="16"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="9.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <n v="4.8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="7.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="9.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="11.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="15.5"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="25.5"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="18.2"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="8.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <n v="3.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="6.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="9.4"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="14"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="20.9"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="21.9"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="13.9"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <n v="3.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="5.9"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="8.8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Nights per Trip"/>
     <n v="11.6"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Nights per Trip"/>
     <n v="10.8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Nights per Trip"/>
     <n v="11.1"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Nights per Trip"/>
     <n v="9.8"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <n v="3.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
-    <s v="Average Length of Stay by Irish Residents on Outbound Travel Travel"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5895.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="876.5"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="182.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="411.9"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="135.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="150.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="3901.5"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <n v="237.4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5408.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="785.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="136.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="332.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="195.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="127.3"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="3628.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <n v="202.2"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5342.5"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="787"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="120"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="346.2"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="218.5"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="142.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="3590.5"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <n v="138.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2012"/>
     <s v="2012"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5384.2"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="819"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="111.4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="371.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="376"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="77"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="3456.2"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2013"/>
     <s v="2013"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <n v="173.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5590.2"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="890.2"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="142.3"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="347"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="134.2"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="88.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="3831.3"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <n v="156.4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="6022.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="925.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="168.4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="368.5"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="119.4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="96.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="4185.9"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <n v="158.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="6539"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1051.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="117.5"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="472.4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="187"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="150.5"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="4438.2"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <n v="122.4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="6890.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1137.9"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="122.3"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="477"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="99.3"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="73.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="4830.9"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <n v="149.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="7434.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1203.3"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="154.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="587.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="169.4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="166.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="4964.1"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <n v="188.9"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="8252.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1331.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="94.5"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="798.4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="189.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="111.6"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="5506.8"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <n v="219.9"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="2122"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="1958"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="104"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="49"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="55"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="1005"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <n v="741"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="8518"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1162"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="328"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="255"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="140"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="103"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="5092"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <n v="1439"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="12947"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="1536"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="275"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
     <n v="756"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="607"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="149"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="7518"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <n v="2106"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
-    <n v="12546.4"/>
+    <n v="11809"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="836.3"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAA7"/>
     <s v="Africa (8)"/>
     <s v="Euro Million"/>
     <n v="266.8"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZABG"/>
     <s v="Asia (7)"/>
     <s v="Euro Million"/>
-    <n v="1545.8"/>
+    <n v="808.4"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAC"/>
     <s v="Australia, New Zealand and other oceanic countries"/>
     <s v="Euro Million"/>
     <n v="249"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZAZR2"/>
     <s v="Other America (6)"/>
     <s v="Euro Million"/>
     <n v="141.8"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEU2801"/>
     <s v="EU28 excluding Ireland"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="7244.8"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <n v="2261.9"/>
   </r>
   <r>
     <s v="HTA12C4"/>
-    <s v="Estimated Expenditure by Irish Residents on Outbound Travel Travel"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
 </pivotCacheRecords>
 </file>