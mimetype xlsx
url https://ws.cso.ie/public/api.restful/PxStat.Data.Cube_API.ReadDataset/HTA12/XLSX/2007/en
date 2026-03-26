--- v2 (2026-02-03)
+++ v3 (2026-03-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1783c5a9d2334540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17ce07e92ba447dcbc3527fdb27d6ba7.psmdcp" Id="R5338c98e97cc43dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dfdeb19aeba4406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24fdb77d63b444d0a1a9cb93861c92ea.psmdcp" Id="R874053cdf8e445fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HTA12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Outbound Travel by Irish Residents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/12/2025 14:30:00</x:t>
+    <x:t>18/03/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">See background notes(https://www.cso.ie/en/methods/surveybackgroundnotes/householdtravelsurvey/). &lt;br&gt;From 2022 there has been a break in the time series for Outbound travel as the data (excluding Northern Ireland) is now calibrated to the Inbound Tourism survey. From 2012 to 2021 Outbound travel was calibrated to the Tourism and Travel release .&lt;br&gt;From 2020 'Other' includes Education &amp; Training, Sporting Events, Work/Looking for work, Health &amp; Medical, Religious, Shopping and other reasons not elsewhere specified.&lt;br&gt;10 December 2025 - Please note the data for </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Estimated Expenditure by Irish Residents on Outbound Travel</x:t>
@@ -185,54 +185,54 @@
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
   <x:si>
-    <x:t>Archived</x:t>
+    <x:t>No</x:t>
   </x:si>
   <x:si>
-    <x:t>No</x:t>
+    <x:t>Archived</x:t>
   </x:si>
   <x:si>
     <x:t>Analytical</x:t>
   </x:si>
   <x:si>
     <x:t>Frontier Series</x:t>
   </x:si>
   <x:si>
     <x:t>Language</x:t>
   </x:si>
   <x:si>
     <x:t>ISO Code</x:t>
   </x:si>
   <x:si>
     <x:t>en</x:t>
   </x:si>
   <x:si>
     <x:t>ISO Name</x:t>
   </x:si>
   <x:si>
     <x:t>English</x:t>
   </x:si>
   <x:si>
     <x:t>STATISTIC</x:t>
   </x:si>
@@ -351,50 +351,53 @@
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>HTA12C2</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Nights by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>HTA12C3</x:t>
   </x:si>
   <x:si>
     <x:t>Average Length of Stay by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Nights per Trip</x:t>
   </x:si>
   <x:si>
     <x:t>HTA12C4</x:t>
   </x:si>
   <x:si>
     <x:t>Estimated Expenditure by Irish Residents on Outbound Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Euro Million</x:t>
   </x:si>
@@ -576,85 +579,87 @@
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="4">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="4">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="15">
+      <items count="16">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
+        <item x="15"/>
       </items>
     </pivotField>
     <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="15">
+      <items count="16">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
+        <item x="15"/>
       </items>
     </pivotField>
     <pivotField name="C02173V03830" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="10">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
       </items>
     </pivotField>
     <pivotField name="Region Visited" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="10">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
@@ -665,52 +670,52 @@
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H601" totalsRowShown="0">
-  <x:autoFilter ref="A1:H601"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H641" totalsRowShown="0">
+  <x:autoFilter ref="A1:H641"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02173V03830"/>
     <x:tableColumn id="6" name="Region Visited"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1143,119 +1148,119 @@
         <x:v>11</x:v>
       </x:c>
       <x:c r="B28" s="5" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H601"/>
+  <x:dimension ref="A1:H641"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="56.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -5155,11745 +5160,12785 @@
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C152" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B152" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0">
-        <x:v>57473</x:v>
+        <x:v>15140</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C153" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B153" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H153" s="0">
-        <x:v>5947</x:v>
+        <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C154" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B154" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H154" s="0">
-        <x:v>1582</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C155" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B155" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H155" s="0">
-        <x:v>3001</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C156" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B156" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H156" s="0">
-        <x:v>1515</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C157" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B157" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H157" s="0">
-        <x:v>825</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C158" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B158" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C159" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B159" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H159" s="0">
-        <x:v>42235</x:v>
+        <x:v>8468</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C160" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B160" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H160" s="0">
-        <x:v>2369</x:v>
+        <x:v>5138</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C161" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B161" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0">
-        <x:v>54014</x:v>
+        <x:v>57473</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0">
-        <x:v>5725</x:v>
+        <x:v>5947</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H164" s="0">
-        <x:v>1344</x:v>
+        <x:v>1582</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H165" s="0">
-        <x:v>2232</x:v>
+        <x:v>3001</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H166" s="0">
-        <x:v>1805</x:v>
+        <x:v>1515</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H167" s="0">
-        <x:v>904</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H169" s="0">
-        <x:v>40038</x:v>
+        <x:v>42235</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H170" s="0">
-        <x:v>1966</x:v>
+        <x:v>2369</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0">
-        <x:v>53112</x:v>
+        <x:v>54014</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H173" s="0">
-        <x:v>5838</x:v>
+        <x:v>5725</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H174" s="0">
-        <x:v>1029</x:v>
+        <x:v>1344</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H175" s="0">
-        <x:v>2977</x:v>
+        <x:v>2232</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H176" s="0">
-        <x:v>1883</x:v>
+        <x:v>1805</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H177" s="0">
-        <x:v>1050</x:v>
+        <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H179" s="0">
-        <x:v>38988</x:v>
+        <x:v>40038</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H180" s="0">
-        <x:v>1348</x:v>
+        <x:v>1966</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0">
-        <x:v>51985</x:v>
+        <x:v>53112</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H183" s="0">
-        <x:v>5691</x:v>
+        <x:v>5838</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H184" s="0">
-        <x:v>950</x:v>
+        <x:v>1029</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H185" s="0">
-        <x:v>2467</x:v>
+        <x:v>2977</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H186" s="0">
-        <x:v>3642</x:v>
+        <x:v>1883</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H187" s="0">
-        <x:v>492</x:v>
+        <x:v>1050</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H188" s="0">
-        <x:v>37103</x:v>
+      <x:c r="H188" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H189" s="0" t="s">
-        <x:v>65</x:v>
+      <x:c r="H189" s="0">
+        <x:v>38988</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H190" s="0" t="s">
-        <x:v>65</x:v>
+      <x:c r="H190" s="0">
+        <x:v>1348</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H191" s="0">
-        <x:v>1641</x:v>
+      <x:c r="H191" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="0">
-        <x:v>53652</x:v>
+        <x:v>51985</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H193" s="0">
-        <x:v>6295</x:v>
+        <x:v>5691</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H194" s="0">
-        <x:v>1386</x:v>
+        <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H195" s="0">
-        <x:v>2492</x:v>
+        <x:v>2467</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H196" s="0">
-        <x:v>1256</x:v>
+        <x:v>3642</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H197" s="0">
-        <x:v>526</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H198" s="0">
-        <x:v>40237</x:v>
+        <x:v>37103</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H201" s="0">
-        <x:v>1460</x:v>
+        <x:v>1641</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H202" s="0">
-        <x:v>53515</x:v>
+        <x:v>53652</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H203" s="0">
-        <x:v>5877</x:v>
+        <x:v>6295</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H204" s="0">
-        <x:v>1244</x:v>
+        <x:v>1386</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H205" s="0">
-        <x:v>2811</x:v>
+        <x:v>2492</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H206" s="0">
-        <x:v>1127</x:v>
+        <x:v>1256</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H207" s="0">
-        <x:v>629</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H208" s="0">
-        <x:v>40564</x:v>
+        <x:v>40237</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H211" s="0">
-        <x:v>1263</x:v>
+        <x:v>1460</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0">
-        <x:v>56748</x:v>
+        <x:v>53515</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H213" s="0">
-        <x:v>6334</x:v>
+        <x:v>5877</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H214" s="0">
-        <x:v>1278</x:v>
+        <x:v>1244</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H215" s="0">
-        <x:v>3311</x:v>
+        <x:v>2811</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H216" s="0">
-        <x:v>1550</x:v>
+        <x:v>1127</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H217" s="0">
-        <x:v>869</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0">
-        <x:v>42416</x:v>
+        <x:v>40564</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H221" s="0">
-        <x:v>989</x:v>
+        <x:v>1263</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0">
-        <x:v>57698</x:v>
+        <x:v>56748</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H223" s="0">
-        <x:v>6929</x:v>
+        <x:v>6334</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H224" s="0">
-        <x:v>926</x:v>
+        <x:v>1278</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H225" s="0">
-        <x:v>3435</x:v>
+        <x:v>3311</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H226" s="0">
-        <x:v>822</x:v>
+        <x:v>1550</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H227" s="0">
-        <x:v>462</x:v>
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H228" s="0">
-        <x:v>44048</x:v>
+        <x:v>42416</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H231" s="0">
-        <x:v>1075</x:v>
+        <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H232" s="0">
-        <x:v>60623</x:v>
+        <x:v>57698</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H233" s="0">
-        <x:v>6347</x:v>
+        <x:v>6929</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H234" s="0">
-        <x:v>875</x:v>
+        <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H235" s="0">
-        <x:v>4150</x:v>
+        <x:v>3435</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H236" s="0">
-        <x:v>2079</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H237" s="0">
-        <x:v>1234</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H238" s="0">
-        <x:v>44319</x:v>
+        <x:v>44048</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H241" s="0">
-        <x:v>1618</x:v>
+        <x:v>1075</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0">
-        <x:v>66927</x:v>
+        <x:v>60623</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H243" s="0">
-        <x:v>7952</x:v>
+        <x:v>6347</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H244" s="0">
-        <x:v>1077</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H245" s="0">
-        <x:v>4323</x:v>
+        <x:v>4150</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H246" s="0">
-        <x:v>1514</x:v>
+        <x:v>2079</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H247" s="0">
-        <x:v>830</x:v>
+        <x:v>1234</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H248" s="0">
-        <x:v>49886</x:v>
+        <x:v>44319</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H251" s="0">
-        <x:v>1344</x:v>
+        <x:v>1618</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H252" s="0">
-        <x:v>15597</x:v>
+        <x:v>66927</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H253" s="0" t="s">
-        <x:v>65</x:v>
+      <x:c r="H253" s="0">
+        <x:v>7952</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H254" s="0" t="s">
-        <x:v>65</x:v>
+      <x:c r="H254" s="0">
+        <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H255" s="0" t="s">
-        <x:v>65</x:v>
+      <x:c r="H255" s="0">
+        <x:v>4323</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H256" s="0" t="s">
-        <x:v>65</x:v>
+      <x:c r="H256" s="0">
+        <x:v>1514</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H257" s="0" t="s">
-        <x:v>65</x:v>
+      <x:c r="H257" s="0">
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H258" s="0" t="s">
-        <x:v>65</x:v>
+      <x:c r="H258" s="0">
+        <x:v>49886</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H261" s="0" t="s">
-        <x:v>65</x:v>
+      <x:c r="H261" s="0">
+        <x:v>1344</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H262" s="0">
-        <x:v>17443</x:v>
+        <x:v>15597</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H263" s="0">
-        <x:v>355</x:v>
+      <x:c r="H263" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H264" s="0">
-        <x:v>1505</x:v>
+      <x:c r="H264" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H265" s="0">
-        <x:v>591</x:v>
+      <x:c r="H265" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H267" s="0">
-        <x:v>22</x:v>
+      <x:c r="H267" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H269" s="0">
-        <x:v>9509</x:v>
+      <x:c r="H269" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H270" s="0">
-        <x:v>5462</x:v>
+      <x:c r="H270" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0">
-        <x:v>61205</x:v>
+        <x:v>17443</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H273" s="0">
-        <x:v>3907</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0">
-        <x:v>1645</x:v>
+        <x:v>1505</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H275" s="0">
-        <x:v>1399</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H276" s="0">
-        <x:v>1262</x:v>
+      <x:c r="H276" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H277" s="0">
-        <x:v>1464</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H279" s="0">
-        <x:v>41682</x:v>
+        <x:v>9509</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H280" s="0">
-        <x:v>9846</x:v>
+        <x:v>5462</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0">
-        <x:v>79923</x:v>
+        <x:v>61205</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H283" s="0">
-        <x:v>6179</x:v>
+        <x:v>3907</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H284" s="0">
-        <x:v>1383</x:v>
+        <x:v>1645</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H285" s="0">
-        <x:v>6131</x:v>
+        <x:v>1399</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0">
-        <x:v>2422</x:v>
+        <x:v>1262</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0">
-        <x:v>1220</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H289" s="0">
-        <x:v>46952</x:v>
+        <x:v>41682</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0">
-        <x:v>15636</x:v>
+        <x:v>9846</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H292" s="0">
-        <x:v>81204</x:v>
+        <x:v>79923</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
-        <x:v>4457</x:v>
+        <x:v>6179</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0">
-        <x:v>1719</x:v>
+        <x:v>1383</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0">
-        <x:v>6021</x:v>
+        <x:v>6131</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
-        <x:v>870</x:v>
+        <x:v>2422</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H297" s="0">
-        <x:v>856</x:v>
+        <x:v>1220</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0">
-        <x:v>52600</x:v>
+        <x:v>46952</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0">
-        <x:v>14682</x:v>
+        <x:v>15636</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B302" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B302" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0">
-        <x:v>8.3</x:v>
+        <x:v>81204</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B303" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B303" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H303" s="0">
-        <x:v>13.1</x:v>
+        <x:v>4457</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B304" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B304" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H304" s="0">
-        <x:v>14.4</x:v>
+        <x:v>1719</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B305" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B305" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H305" s="0">
-        <x:v>18.4</x:v>
+        <x:v>6021</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B306" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B306" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="0">
-        <x:v>29</x:v>
+        <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B307" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B307" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0">
-        <x:v>13.2</x:v>
+        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B308" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B308" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B309" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B309" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H309" s="0">
-        <x:v>7.3</x:v>
+        <x:v>52600</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B310" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B310" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0">
-        <x:v>8.4</x:v>
+        <x:v>14682</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B311" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B311" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B312" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B312" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="0">
-        <x:v>8.3</x:v>
+        <x:v>82850</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B313" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B313" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H313" s="0">
-        <x:v>14</x:v>
+        <x:v>5284</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B314" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B314" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H314" s="0">
-        <x:v>19.3</x:v>
+        <x:v>2283</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B315" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0">
-        <x:v>17.5</x:v>
+        <x:v>3654</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B316" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B316" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H316" s="0">
-        <x:v>27.5</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B317" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B317" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0">
-        <x:v>16.1</x:v>
+        <x:v>1251</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B318" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B318" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B319" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B319" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H319" s="0">
-        <x:v>7.2</x:v>
+        <x:v>53589</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B320" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B320" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0">
-        <x:v>8.8</x:v>
+        <x:v>16238</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B321" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="B321" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H322" s="0">
-        <x:v>8</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H323" s="0">
-        <x:v>15</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H324" s="0">
-        <x:v>15.5</x:v>
+        <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H325" s="0">
-        <x:v>16.8</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H326" s="0">
-        <x:v>24.8</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H327" s="0">
-        <x:v>14.1</x:v>
+        <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H329" s="0">
-        <x:v>6.9</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H330" s="0">
-        <x:v>7</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H332" s="0">
-        <x:v>7.9</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H333" s="0">
-        <x:v>14.1</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H334" s="0">
-        <x:v>12.1</x:v>
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H335" s="0">
-        <x:v>18.6</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H336" s="0">
-        <x:v>31.7</x:v>
+        <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H337" s="0">
-        <x:v>12.6</x:v>
+        <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>6.6</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H338" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H339" s="0">
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H340" s="0">
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>8.6</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H341" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H343" s="0">
-        <x:v>13.9</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H344" s="0">
-        <x:v>16</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H345" s="0">
-        <x:v>14.4</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H346" s="0">
-        <x:v>22.6</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H347" s="0">
-        <x:v>16.5</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>7</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H348" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H349" s="0">
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H350" s="0">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>10.3</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H351" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H352" s="0">
-        <x:v>7.5</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H353" s="0">
-        <x:v>13.9</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H354" s="0">
-        <x:v>15.5</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H355" s="0">
-        <x:v>17</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H356" s="0">
-        <x:v>25.7</x:v>
+        <x:v>31.7</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H357" s="0">
-        <x:v>15.8</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H358" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H361" s="0">
-        <x:v>7</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H362" s="0">
-        <x:v>7.4</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H363" s="0">
-        <x:v>12.9</x:v>
+        <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H364" s="0">
-        <x:v>19.4</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H365" s="0">
-        <x:v>14.9</x:v>
+        <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H366" s="0">
-        <x:v>22</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H367" s="0">
-        <x:v>15.7</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H368" s="0">
-        <x:v>6.4</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H371" s="0">
-        <x:v>7</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H372" s="0">
-        <x:v>7.1</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H373" s="0">
-        <x:v>12.4</x:v>
+        <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H374" s="0">
-        <x:v>14.6</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H375" s="0">
-        <x:v>15.6</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H376" s="0">
         <x:v>25.7</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H377" s="0">
-        <x:v>15.3</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H378" s="0">
-        <x:v>6.2</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H381" s="0">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H382" s="0">
-        <x:v>7</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H383" s="0">
-        <x:v>11.6</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H384" s="0">
-        <x:v>13.5</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H385" s="0">
-        <x:v>16.2</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H386" s="0">
-        <x:v>33.3</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H388" s="0">
-        <x:v>6</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H391" s="0">
-        <x:v>8.4</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H392" s="0">
-        <x:v>7.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H393" s="0">
-        <x:v>13.6</x:v>
+        <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H394" s="0">
-        <x:v>18.8</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H395" s="0">
-        <x:v>14.4</x:v>
+        <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H396" s="0">
-        <x:v>20.8</x:v>
+        <x:v>25.7</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H397" s="0">
-        <x:v>13.2</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H398" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H401" s="0">
-        <x:v>6.5</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H402" s="0">
-        <x:v>6.6</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H403" s="0">
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H404" s="0">
+        <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H405" s="0">
+        <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H406" s="0">
+        <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H407" s="0">
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H408" s="0">
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H411" s="0">
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H412" s="0">
-        <x:v>7.7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H413" s="0">
-        <x:v>7.4</x:v>
+        <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H414" s="0">
-        <x:v>26.1</x:v>
+        <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H415" s="0">
-        <x:v>16.2</x:v>
+        <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H416" s="0">
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H417" s="0">
-        <x:v>16</x:v>
+        <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H418" s="0">
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>9.6</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>4.8</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H420" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H421" s="0">
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H422" s="0">
-        <x:v>7.2</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>9.2</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H423" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>11.3</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H424" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>15.5</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H425" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>25.5</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H426" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>18.2</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H427" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>8.3</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H429" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>3.6</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H430" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H432" s="0">
-        <x:v>6.3</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H433" s="0">
-        <x:v>9.4</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H434" s="0">
-        <x:v>14</x:v>
+        <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H435" s="0">
-        <x:v>20.9</x:v>
+        <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>21.9</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H436" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H437" s="0">
-        <x:v>13.9</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H439" s="0">
-        <x:v>7</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H440" s="0">
-        <x:v>3.3</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H442" s="0">
-        <x:v>5.9</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H443" s="0">
-        <x:v>8.8</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H444" s="0">
-        <x:v>11.6</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H445" s="0">
-        <x:v>10.8</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H446" s="0">
-        <x:v>11.1</x:v>
+        <x:v>25.5</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H447" s="0">
-        <x:v>9.8</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H449" s="0">
-        <x:v>6.7</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H450" s="0">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H452" s="0">
-        <x:v>5895.7</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H453" s="0">
-        <x:v>876.5</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H454" s="0">
-        <x:v>182.6</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H455" s="0">
-        <x:v>411.9</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H456" s="0">
-        <x:v>135.1</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H457" s="0">
-        <x:v>150.7</x:v>
+        <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H459" s="0">
-        <x:v>3901.5</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H460" s="0">
-        <x:v>237.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H462" s="0">
-        <x:v>5408.1</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H463" s="0">
-        <x:v>785.1</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H464" s="0">
-        <x:v>136.6</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H465" s="0">
-        <x:v>332.7</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H466" s="0">
-        <x:v>195.6</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H467" s="0">
-        <x:v>127.3</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H469" s="0">
-        <x:v>3628.6</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H470" s="0">
-        <x:v>202.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H472" s="0">
-        <x:v>5342.5</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H473" s="0">
-        <x:v>787</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H474" s="0">
-        <x:v>120</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H475" s="0">
-        <x:v>346.2</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H476" s="0">
-        <x:v>218.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H477" s="0">
-        <x:v>142.1</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H479" s="0">
-        <x:v>3590.5</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H480" s="0">
-        <x:v>138.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H482" s="0">
-        <x:v>5384.2</x:v>
+        <x:v>5895.7</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H483" s="0">
-        <x:v>819</x:v>
+        <x:v>876.5</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H484" s="0">
-        <x:v>111.4</x:v>
+        <x:v>182.6</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H485" s="0">
-        <x:v>371.6</x:v>
+        <x:v>411.9</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H486" s="0">
-        <x:v>376</x:v>
+        <x:v>135.1</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H487" s="0">
-        <x:v>77</x:v>
+        <x:v>150.7</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>3456.2</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H488" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H489" s="0">
+        <x:v>3901.5</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H490" s="0">
+        <x:v>237.4</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>173.1</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H491" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H492" s="0">
-        <x:v>5590.2</x:v>
+        <x:v>5408.1</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H493" s="0">
-        <x:v>890.2</x:v>
+        <x:v>785.1</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H494" s="0">
-        <x:v>142.3</x:v>
+        <x:v>136.6</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H495" s="0">
-        <x:v>347</x:v>
+        <x:v>332.7</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H496" s="0">
-        <x:v>134.2</x:v>
+        <x:v>195.6</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H497" s="0">
-        <x:v>88.6</x:v>
+        <x:v>127.3</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>3831.3</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H498" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H499" s="0">
+        <x:v>3628.6</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H500" s="0">
+        <x:v>202.2</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>156.4</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H501" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H502" s="0">
-        <x:v>6022.1</x:v>
+        <x:v>5342.5</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H503" s="0">
-        <x:v>925.7</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H504" s="0">
-        <x:v>168.4</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H505" s="0">
-        <x:v>368.5</x:v>
+        <x:v>346.2</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H506" s="0">
-        <x:v>119.4</x:v>
+        <x:v>218.5</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H507" s="0">
-        <x:v>96.1</x:v>
+        <x:v>142.1</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>4185.9</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H508" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H509" s="0">
+        <x:v>3590.5</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H510" s="0">
+        <x:v>138.1</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>158.1</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H511" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H512" s="0">
-        <x:v>6539</x:v>
+        <x:v>5384.2</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H513" s="0">
-        <x:v>1051.1</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H514" s="0">
-        <x:v>117.5</x:v>
+        <x:v>111.4</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H515" s="0">
-        <x:v>472.4</x:v>
+        <x:v>371.6</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H516" s="0">
-        <x:v>187</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H517" s="0">
-        <x:v>150.5</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H518" s="0">
-        <x:v>4438.2</x:v>
+        <x:v>3456.2</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H521" s="0">
-        <x:v>122.4</x:v>
+        <x:v>173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H522" s="0">
-        <x:v>6890.7</x:v>
+        <x:v>5590.2</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H523" s="0">
-        <x:v>1137.9</x:v>
+        <x:v>890.2</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H524" s="0">
-        <x:v>122.3</x:v>
+        <x:v>142.3</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H525" s="0">
-        <x:v>477</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H526" s="0">
-        <x:v>99.3</x:v>
+        <x:v>134.2</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H527" s="0">
-        <x:v>73.7</x:v>
+        <x:v>88.6</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H528" s="0">
-        <x:v>4830.9</x:v>
+        <x:v>3831.3</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H530" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H531" s="0">
-        <x:v>149.7</x:v>
+        <x:v>156.4</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H532" s="0">
-        <x:v>7434.6</x:v>
+        <x:v>6022.1</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H533" s="0">
-        <x:v>1203.3</x:v>
+        <x:v>925.7</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H534" s="0">
-        <x:v>154.6</x:v>
+        <x:v>168.4</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H535" s="0">
-        <x:v>587.7</x:v>
+        <x:v>368.5</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H536" s="0">
-        <x:v>169.4</x:v>
+        <x:v>119.4</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H537" s="0">
-        <x:v>166.6</x:v>
+        <x:v>96.1</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H538" s="0">
-        <x:v>4964.1</x:v>
+        <x:v>4185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H541" s="0">
-        <x:v>188.9</x:v>
+        <x:v>158.1</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H542" s="0">
-        <x:v>8252.6</x:v>
+        <x:v>6539</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H543" s="0">
-        <x:v>1331.7</x:v>
+        <x:v>1051.1</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H544" s="0">
-        <x:v>94.5</x:v>
+        <x:v>117.5</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H545" s="0">
-        <x:v>798.4</x:v>
+        <x:v>472.4</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H546" s="0">
-        <x:v>189.7</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H547" s="0">
-        <x:v>111.6</x:v>
+        <x:v>150.5</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H548" s="0">
-        <x:v>5506.8</x:v>
+        <x:v>4438.2</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H551" s="0">
-        <x:v>219.9</x:v>
+        <x:v>122.4</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H552" s="0">
-        <x:v>2122</x:v>
+        <x:v>6890.7</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H553" s="0">
+        <x:v>1137.9</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H554" s="0">
+        <x:v>122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H555" s="0">
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H556" s="0">
+        <x:v>99.3</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H557" s="0">
+        <x:v>73.7</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H558" s="0">
+        <x:v>4830.9</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H560" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H561" s="0">
+        <x:v>149.7</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H562" s="0">
-        <x:v>1958</x:v>
+        <x:v>7434.6</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H563" s="0">
-        <x:v>104</x:v>
+        <x:v>1203.3</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H564" s="0">
-        <x:v>49</x:v>
+        <x:v>154.6</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H565" s="0">
-        <x:v>55</x:v>
+        <x:v>587.7</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H566" s="0">
+        <x:v>169.4</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H567" s="0">
-        <x:v>4</x:v>
+        <x:v>166.6</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H568" s="0">
+        <x:v>4964.1</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>1005</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H569" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>741</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H570" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H571" s="0">
+        <x:v>188.9</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H572" s="0">
-        <x:v>8518</x:v>
+        <x:v>8252.6</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H573" s="0">
-        <x:v>1162</x:v>
+        <x:v>1331.7</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H574" s="0">
-        <x:v>328</x:v>
+        <x:v>94.5</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H575" s="0">
-        <x:v>255</x:v>
+        <x:v>798.4</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H576" s="0">
-        <x:v>140</x:v>
+        <x:v>189.7</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H577" s="0">
-        <x:v>103</x:v>
+        <x:v>111.6</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H578" s="0">
+        <x:v>5506.8</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>5092</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H579" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>1439</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H580" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H581" s="0">
+        <x:v>219.9</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H582" s="0">
-        <x:v>12947</x:v>
+        <x:v>2122</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>1536</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H583" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>275</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H584" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>756</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H585" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>607</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H586" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>149</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H587" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H588" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>7518</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H589" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>2106</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H590" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H592" s="0">
-        <x:v>11809</x:v>
+        <x:v>1958</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H593" s="0">
-        <x:v>836.3</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H594" s="0">
-        <x:v>266.8</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H595" s="0">
-        <x:v>808.4</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H596" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H597" s="0">
-        <x:v>141.8</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H598" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H599" s="0">
-        <x:v>7244.8</x:v>
+        <x:v>1005</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H600" s="0">
-        <x:v>2261.9</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H601" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="602" spans="1:8">
+      <x:c r="A602" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B602" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="H601" s="0" t="s">
+      <x:c r="C602" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D602" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E602" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F602" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G602" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H602" s="0">
+        <x:v>8518</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="603" spans="1:8">
+      <x:c r="A603" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B603" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C603" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D603" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E603" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F603" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G603" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H603" s="0">
+        <x:v>1162</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="604" spans="1:8">
+      <x:c r="A604" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B604" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C604" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D604" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E604" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F604" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G604" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H604" s="0">
+        <x:v>328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="605" spans="1:8">
+      <x:c r="A605" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B605" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C605" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D605" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E605" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F605" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G605" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H605" s="0">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="606" spans="1:8">
+      <x:c r="A606" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B606" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C606" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D606" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E606" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F606" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G606" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H606" s="0">
+        <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="607" spans="1:8">
+      <x:c r="A607" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B607" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C607" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D607" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E607" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F607" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G607" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H607" s="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="608" spans="1:8">
+      <x:c r="A608" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B608" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C608" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D608" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E608" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F608" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G608" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H608" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="609" spans="1:8">
+      <x:c r="A609" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B609" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C609" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D609" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E609" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F609" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G609" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H609" s="0">
+        <x:v>5092</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="610" spans="1:8">
+      <x:c r="A610" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B610" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C610" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D610" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E610" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F610" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G610" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H610" s="0">
+        <x:v>1439</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="611" spans="1:8">
+      <x:c r="A611" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B611" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C611" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D611" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E611" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F611" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G611" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H611" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="612" spans="1:8">
+      <x:c r="A612" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B612" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C612" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D612" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E612" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F612" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G612" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H612" s="0">
+        <x:v>12947</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="613" spans="1:8">
+      <x:c r="A613" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B613" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C613" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D613" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E613" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F613" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G613" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H613" s="0">
+        <x:v>1536</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="614" spans="1:8">
+      <x:c r="A614" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B614" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C614" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D614" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E614" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F614" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G614" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H614" s="0">
+        <x:v>275</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="615" spans="1:8">
+      <x:c r="A615" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B615" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C615" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D615" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E615" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F615" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G615" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H615" s="0">
+        <x:v>756</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="616" spans="1:8">
+      <x:c r="A616" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B616" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C616" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D616" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E616" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F616" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G616" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H616" s="0">
+        <x:v>607</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="617" spans="1:8">
+      <x:c r="A617" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B617" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C617" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D617" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E617" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F617" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G617" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H617" s="0">
+        <x:v>149</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="618" spans="1:8">
+      <x:c r="A618" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B618" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C618" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D618" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E618" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F618" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G618" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H618" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="619" spans="1:8">
+      <x:c r="A619" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B619" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C619" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D619" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E619" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F619" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G619" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H619" s="0">
+        <x:v>7518</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="620" spans="1:8">
+      <x:c r="A620" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B620" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C620" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D620" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E620" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F620" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G620" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H620" s="0">
+        <x:v>2106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="621" spans="1:8">
+      <x:c r="A621" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B621" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C621" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D621" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E621" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F621" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G621" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H621" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="622" spans="1:8">
+      <x:c r="A622" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B622" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C622" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D622" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E622" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F622" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G622" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H622" s="0">
+        <x:v>11809</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="623" spans="1:8">
+      <x:c r="A623" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B623" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C623" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D623" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E623" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F623" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G623" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H623" s="0">
+        <x:v>836.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="624" spans="1:8">
+      <x:c r="A624" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B624" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C624" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D624" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E624" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F624" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G624" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H624" s="0">
+        <x:v>266.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="625" spans="1:8">
+      <x:c r="A625" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B625" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C625" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D625" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E625" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F625" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G625" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H625" s="0">
+        <x:v>808.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="626" spans="1:8">
+      <x:c r="A626" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B626" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C626" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D626" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E626" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F626" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G626" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H626" s="0">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="627" spans="1:8">
+      <x:c r="A627" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B627" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C627" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D627" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E627" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F627" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G627" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H627" s="0">
+        <x:v>141.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="628" spans="1:8">
+      <x:c r="A628" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B628" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C628" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D628" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E628" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F628" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G628" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H628" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="629" spans="1:8">
+      <x:c r="A629" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B629" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C629" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D629" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E629" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F629" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G629" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H629" s="0">
+        <x:v>7244.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="630" spans="1:8">
+      <x:c r="A630" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B630" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C630" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D630" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E630" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F630" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G630" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H630" s="0">
+        <x:v>2261.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="631" spans="1:8">
+      <x:c r="A631" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B631" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C631" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D631" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E631" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F631" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G631" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H631" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="632" spans="1:8">
+      <x:c r="A632" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B632" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C632" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D632" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E632" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F632" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G632" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H632" s="0">
+        <x:v>12386.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="633" spans="1:8">
+      <x:c r="A633" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B633" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C633" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D633" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E633" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F633" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G633" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H633" s="0">
+        <x:v>1189.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="634" spans="1:8">
+      <x:c r="A634" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B634" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C634" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D634" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E634" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F634" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G634" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H634" s="0">
+        <x:v>294.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="635" spans="1:8">
+      <x:c r="A635" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B635" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C635" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D635" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E635" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F635" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G635" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H635" s="0">
+        <x:v>720.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="636" spans="1:8">
+      <x:c r="A636" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B636" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C636" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D636" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E636" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F636" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G636" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H636" s="0">
+        <x:v>112.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="637" spans="1:8">
+      <x:c r="A637" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B637" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C637" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D637" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E637" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F637" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G637" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H637" s="0">
+        <x:v>168.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="638" spans="1:8">
+      <x:c r="A638" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B638" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C638" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D638" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E638" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F638" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G638" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H638" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="639" spans="1:8">
+      <x:c r="A639" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B639" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C639" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D639" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E639" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F639" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G639" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H639" s="0">
+        <x:v>7281.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="640" spans="1:8">
+      <x:c r="A640" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B640" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C640" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D640" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E640" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F640" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G640" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H640" s="0">
+        <x:v>2618.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="641" spans="1:8">
+      <x:c r="A641" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B641" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C641" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D641" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E641" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F641" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G641" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H641" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
@@ -16946,124 +17991,126 @@
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="HTA12C1"/>
         <x:s v="HTA12C2"/>
         <x:s v="HTA12C3"/>
         <x:s v="HTA12C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Number of Trips by Irish Residents on Outbound Travel"/>
         <x:s v="Number of Nights by Irish Residents on Outbound Travel"/>
         <x:s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
         <x:s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="15">
+      <x:sharedItems count="16">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="15">
+      <x:sharedItems count="16">
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02173V03830">
       <x:sharedItems count="10">
         <x:s v="-"/>
         <x:s v="USCA"/>
         <x:s v="ZZAA7"/>
         <x:s v="ZZABG"/>
         <x:s v="ZZAC"/>
         <x:s v="ZZAZR2"/>
         <x:s v="ZZEU2801"/>
         <x:s v="ZZEUBQ1"/>
         <x:s v="ZZEURQ10"/>
         <x:s v="ZZEURQ11"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Region Visited">
       <x:sharedItems count="10">
         <x:s v="All Countries"/>
         <x:s v="United States and Canada"/>
         <x:s v="Africa (8)"/>
         <x:s v="Asia (7)"/>
         <x:s v="Australia, New Zealand and other oceanic countries"/>
         <x:s v="Other America (6)"/>
         <x:s v="EU28 excluding Ireland"/>
         <x:s v="EU27 excluding Ireland"/>
         <x:s v="Other Europe (20)"/>
         <x:s v="Other Europe (21)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="3">
         <x:s v="Thousand"/>
         <x:s v="Nights per Trip"/>
         <x:s v="Euro Million"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="1" maxValue="81204" count="402">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="1" maxValue="82850" count="427">
         <x:n v="6917"/>
         <x:n v="452"/>
         <x:n v="110"/>
         <x:n v="163"/>
         <x:n v="52"/>
         <x:n v="62"/>
         <x:s v=""/>
         <x:n v="5797"/>
         <x:n v="281"/>
         <x:n v="6514"/>
         <x:n v="410"/>
         <x:n v="70"/>
         <x:n v="127"/>
         <x:n v="66"/>
         <x:n v="56"/>
         <x:n v="5563"/>
         <x:n v="222"/>
         <x:n v="6623"/>
         <x:n v="388"/>
         <x:n v="177"/>
         <x:n v="76"/>
         <x:n v="74"/>
         <x:n v="5647"/>
         <x:n v="194"/>
         <x:n v="6575"/>
@@ -17122,50 +18169,57 @@
         <x:n v="37"/>
         <x:n v="1"/>
         <x:n v="995"/>
         <x:n v="1138"/>
         <x:n v="8546"/>
         <x:n v="426"/>
         <x:n v="146"/>
         <x:n v="90"/>
         <x:n v="50"/>
         <x:n v="4995"/>
         <x:n v="2759"/>
         <x:n v="12633"/>
         <x:n v="656"/>
         <x:n v="99"/>
         <x:n v="293"/>
         <x:n v="111"/>
         <x:n v="88"/>
         <x:n v="6682"/>
         <x:n v="4705"/>
         <x:n v="13680"/>
         <x:n v="508"/>
         <x:n v="148"/>
         <x:n v="556"/>
         <x:n v="7808"/>
         <x:n v="4494"/>
+        <x:n v="15140"/>
+        <x:n v="717"/>
+        <x:n v="242"/>
+        <x:n v="416"/>
+        <x:n v="49"/>
+        <x:n v="8468"/>
+        <x:n v="5138"/>
         <x:n v="57473"/>
         <x:n v="5947"/>
         <x:n v="1582"/>
         <x:n v="3001"/>
         <x:n v="1515"/>
         <x:n v="825"/>
         <x:n v="42235"/>
         <x:n v="2369"/>
         <x:n v="54014"/>
         <x:n v="5725"/>
         <x:n v="1344"/>
         <x:n v="2232"/>
         <x:n v="1805"/>
         <x:n v="904"/>
         <x:n v="40038"/>
         <x:n v="1966"/>
         <x:n v="53112"/>
         <x:n v="5838"/>
         <x:n v="1029"/>
         <x:n v="2977"/>
         <x:n v="1883"/>
         <x:n v="1050"/>
         <x:n v="38988"/>
         <x:n v="1348"/>
         <x:n v="51985"/>
@@ -17232,50 +18286,58 @@
         <x:n v="5462"/>
         <x:n v="61205"/>
         <x:n v="3907"/>
         <x:n v="1645"/>
         <x:n v="1399"/>
         <x:n v="1262"/>
         <x:n v="1464"/>
         <x:n v="41682"/>
         <x:n v="9846"/>
         <x:n v="79923"/>
         <x:n v="6179"/>
         <x:n v="1383"/>
         <x:n v="6131"/>
         <x:n v="2422"/>
         <x:n v="1220"/>
         <x:n v="46952"/>
         <x:n v="15636"/>
         <x:n v="81204"/>
         <x:n v="4457"/>
         <x:n v="1719"/>
         <x:n v="6021"/>
         <x:n v="870"/>
         <x:n v="856"/>
         <x:n v="52600"/>
         <x:n v="14682"/>
+        <x:n v="82850"/>
+        <x:n v="5284"/>
+        <x:n v="2283"/>
+        <x:n v="3654"/>
+        <x:n v="551"/>
+        <x:n v="1251"/>
+        <x:n v="53589"/>
+        <x:n v="16238"/>
         <x:n v="8.3"/>
         <x:n v="13.1"/>
         <x:n v="14.4"/>
         <x:n v="18.4"/>
         <x:n v="29"/>
         <x:n v="13.2"/>
         <x:n v="7.3"/>
         <x:n v="8.4"/>
         <x:n v="14"/>
         <x:n v="19.3"/>
         <x:n v="17.5"/>
         <x:n v="27.5"/>
         <x:n v="16.1"/>
         <x:n v="7.2"/>
         <x:n v="8.8"/>
         <x:n v="8"/>
         <x:n v="15"/>
         <x:n v="15.5"/>
         <x:n v="16.8"/>
         <x:n v="24.8"/>
         <x:n v="14.1"/>
         <x:n v="6.9"/>
         <x:n v="7"/>
         <x:n v="7.9"/>
         <x:n v="12.1"/>
@@ -17311,50 +18373,53 @@
         <x:n v="33.3"/>
         <x:n v="6"/>
         <x:n v="13.6"/>
         <x:n v="18.8"/>
         <x:n v="20.8"/>
         <x:n v="6.5"/>
         <x:n v="7.7"/>
         <x:n v="26.1"/>
         <x:n v="9.6"/>
         <x:n v="4.8"/>
         <x:n v="9.2"/>
         <x:n v="11.3"/>
         <x:n v="25.5"/>
         <x:n v="18.2"/>
         <x:n v="3.6"/>
         <x:n v="6.3"/>
         <x:n v="9.4"/>
         <x:n v="20.9"/>
         <x:n v="21.9"/>
         <x:n v="3.3"/>
         <x:n v="5.9"/>
         <x:n v="10.8"/>
         <x:n v="11.1"/>
         <x:n v="9.8"/>
         <x:n v="6.7"/>
+        <x:n v="5.5"/>
+        <x:n v="11.4"/>
+        <x:n v="3.2"/>
         <x:n v="5895.7"/>
         <x:n v="876.5"/>
         <x:n v="182.6"/>
         <x:n v="411.9"/>
         <x:n v="135.1"/>
         <x:n v="150.7"/>
         <x:n v="3901.5"/>
         <x:n v="237.4"/>
         <x:n v="5408.1"/>
         <x:n v="785.1"/>
         <x:n v="136.6"/>
         <x:n v="332.7"/>
         <x:n v="195.6"/>
         <x:n v="127.3"/>
         <x:n v="3628.6"/>
         <x:n v="202.2"/>
         <x:n v="5342.5"/>
         <x:n v="787"/>
         <x:n v="120"/>
         <x:n v="346.2"/>
         <x:n v="218.5"/>
         <x:n v="142.1"/>
         <x:n v="3590.5"/>
         <x:n v="138.1"/>
         <x:n v="5384.2"/>
@@ -17394,78 +18459,85 @@
         <x:n v="122.3"/>
         <x:n v="477"/>
         <x:n v="99.3"/>
         <x:n v="73.7"/>
         <x:n v="4830.9"/>
         <x:n v="149.7"/>
         <x:n v="7434.6"/>
         <x:n v="1203.3"/>
         <x:n v="154.6"/>
         <x:n v="587.7"/>
         <x:n v="169.4"/>
         <x:n v="166.6"/>
         <x:n v="4964.1"/>
         <x:n v="188.9"/>
         <x:n v="8252.6"/>
         <x:n v="1331.7"/>
         <x:n v="94.5"/>
         <x:n v="798.4"/>
         <x:n v="189.7"/>
         <x:n v="111.6"/>
         <x:n v="5506.8"/>
         <x:n v="219.9"/>
         <x:n v="2122"/>
         <x:n v="1958"/>
         <x:n v="104"/>
-        <x:n v="49"/>
         <x:n v="4"/>
         <x:n v="1005"/>
         <x:n v="741"/>
         <x:n v="8518"/>
         <x:n v="1162"/>
         <x:n v="328"/>
         <x:n v="255"/>
         <x:n v="140"/>
         <x:n v="103"/>
         <x:n v="5092"/>
         <x:n v="1439"/>
         <x:n v="12947"/>
         <x:n v="1536"/>
         <x:n v="275"/>
         <x:n v="756"/>
         <x:n v="607"/>
         <x:n v="149"/>
         <x:n v="7518"/>
         <x:n v="2106"/>
         <x:n v="11809"/>
         <x:n v="836.3"/>
         <x:n v="266.8"/>
         <x:n v="808.4"/>
         <x:n v="249"/>
         <x:n v="141.8"/>
         <x:n v="7244.8"/>
         <x:n v="2261.9"/>
+        <x:n v="12386.1"/>
+        <x:n v="1189.6"/>
+        <x:n v="294.9"/>
+        <x:n v="720.9"/>
+        <x:n v="112.7"/>
+        <x:n v="168.6"/>
+        <x:n v="7281.2"/>
+        <x:n v="2618.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="HTA12C1"/>
     <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="6917"/>
   </r>
   <r>
     <s v="HTA12C1"/>
     <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
@@ -18931,50 +20003,150 @@
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="7808"/>
   </r>
   <r>
     <s v="HTA12C1"/>
     <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="4494"/>
   </r>
   <r>
     <s v="HTA12C1"/>
     <s v="Number of Trips by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="15140"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="8468"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="5138"/>
+  </r>
+  <r>
+    <s v="HTA12C1"/>
+    <s v="Number of Trips by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
     <s v="HTA12C2"/>
     <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Thousand"/>
     <n v="57473"/>
   </r>
   <r>
     <s v="HTA12C2"/>
     <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Thousand"/>
     <n v="5947"/>
   </r>
   <r>
     <s v="HTA12C2"/>
     <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAA7"/>
@@ -20425,50 +21597,150 @@
   <r>
     <s v="HTA12C2"/>
     <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Thousand"/>
     <n v="52600"/>
   </r>
   <r>
     <s v="HTA12C2"/>
     <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Thousand"/>
     <n v="14682"/>
   </r>
   <r>
     <s v="HTA12C2"/>
     <s v="Number of Nights by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Thousand"/>
+    <n v="82850"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Thousand"/>
+    <n v="5284"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Thousand"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Thousand"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Thousand"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Thousand"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Thousand"/>
+    <n v="53589"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Thousand"/>
+    <n v="16238"/>
+  </r>
+  <r>
+    <s v="HTA12C2"/>
+    <s v="Number of Nights by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Thousand"/>
     <s v=""/>
   </r>
   <r>
     <s v="HTA12C3"/>
     <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Nights per Trip"/>
     <n v="8.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
     <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Nights per Trip"/>
     <n v="13.1"/>
   </r>
@@ -21931,50 +23203,150 @@
     <s v="EU27 excluding Ireland"/>
     <s v="Nights per Trip"/>
     <n v="6.7"/>
   </r>
   <r>
     <s v="HTA12C3"/>
     <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Nights per Trip"/>
     <n v="3.3"/>
   </r>
   <r>
     <s v="HTA12C3"/>
     <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Nights per Trip"/>
     <s v=""/>
   </r>
   <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Nights per Trip"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Nights per Trip"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Nights per Trip"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Nights per Trip"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Nights per Trip"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Nights per Trip"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Nights per Trip"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Nights per Trip"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HTA12C3"/>
+    <s v="Average Length of Stay by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Nights per Trip"/>
+    <s v=""/>
+  </r>
+  <r>
     <s v="HTA12C4"/>
     <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="-"/>
     <s v="All Countries"/>
     <s v="Euro Million"/>
     <n v="5895.7"/>
   </r>
   <r>
     <s v="HTA12C4"/>
     <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="USCA"/>
     <s v="United States and Canada"/>
     <s v="Euro Million"/>
     <n v="876.5"/>
   </r>
   <r>
     <s v="HTA12C4"/>
     <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2010"/>
     <s v="2010"/>
     <s v="ZZAA7"/>
@@ -23430,27 +24802,127 @@
     <s v="ZZEUBQ1"/>
     <s v="EU27 excluding Ireland"/>
     <s v="Euro Million"/>
     <n v="7244.8"/>
   </r>
   <r>
     <s v="HTA12C4"/>
     <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ10"/>
     <s v="Other Europe (20)"/>
     <s v="Euro Million"/>
     <n v="2261.9"/>
   </r>
   <r>
     <s v="HTA12C4"/>
     <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="ZZEURQ11"/>
     <s v="Other Europe (21)"/>
     <s v="Euro Million"/>
     <s v=""/>
   </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="Euro Million"/>
+    <n v="12386.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="Euro Million"/>
+    <n v="1189.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAA7"/>
+    <s v="Africa (8)"/>
+    <s v="Euro Million"/>
+    <n v="294.9"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZABG"/>
+    <s v="Asia (7)"/>
+    <s v="Euro Million"/>
+    <n v="720.9"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAC"/>
+    <s v="Australia, New Zealand and other oceanic countries"/>
+    <s v="Euro Million"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZAZR2"/>
+    <s v="Other America (6)"/>
+    <s v="Euro Million"/>
+    <n v="168.6"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEU2801"/>
+    <s v="EU28 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEUBQ1"/>
+    <s v="EU27 excluding Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7281.2"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEURQ10"/>
+    <s v="Other Europe (20)"/>
+    <s v="Euro Million"/>
+    <n v="2618.1"/>
+  </r>
+  <r>
+    <s v="HTA12C4"/>
+    <s v="Estimated Expenditure by Irish Residents on Outbound Travel"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ZZEURQ11"/>
+    <s v="Other Europe (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
 </pivotCacheRecords>
 </file>