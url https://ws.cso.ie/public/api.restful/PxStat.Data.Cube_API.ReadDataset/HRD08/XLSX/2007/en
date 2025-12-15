--- v0 (2025-10-10)
+++ v1 (2025-12-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd83d9cd238904a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3576d0629ccb4a5c96e231272513dbf1.psmdcp" Id="R152af26a753e47b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c0ae57da4e45f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b7e83179f114c8f86ace42fbc384742.psmdcp" Id="Rf6c50caac70d4e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HRD08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Living arrangements of adults on NASS</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/7/2025 11:00:00 AM</x:t>
+    <x:t>07/08/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The totals in this table represent aggregated categories and are not individual lines themselves. For instance, Living with family is the sum of the categories listed below it, including Both parents, One parent, Parent(s) and sibling(s), and others.&lt;br&gt;% calculated excluding 'Not known'&lt;br&gt;Source: National Ability Supports System (NASS), Health Research Board&lt;br&gt;© Health Research Board 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HRD08/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HRBADS</x:t>
   </x:si>
   <x:si>
     <x:t>Adult Disability Services</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -460,283 +460,138 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04370V05151" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Living Arrangements" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H65" totalsRowShown="0">
   <x:autoFilter ref="A1:H65"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C04370V05151"/>
     <x:tableColumn id="6" name="Living Arrangements"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1005,51 +860,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HRD08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrb.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1238,51 +1093,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H65"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2960,51 +2815,51 @@
       <x:c r="E65" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -3021,51 +2876,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H65" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="HRD08C01"/>
         <x:s v="HRD08C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Living arrangements of adults on NASS"/>
         <x:s v="Living arrangements of adults on NASS as a percentage"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="2">
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
@@ -3163,27 +3018,668 @@
         <x:n v="27"/>
         <x:n v="11.3"/>
         <x:n v="1.5"/>
         <x:n v="0.4"/>
         <x:n v="1.1"/>
         <x:n v="6"/>
         <x:n v="57.4"/>
         <x:n v="19.6"/>
         <x:n v="11.2"/>
         <x:n v="8.4"/>
         <x:n v="6.2"/>
         <x:n v="3.7"/>
         <x:n v="1.6"/>
         <x:n v="23.7"/>
         <x:n v="11"/>
         <x:n v="1.4"/>
         <x:n v="1"/>
         <x:n v="6.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total population of people with a disability"/>
+    <s v="Number"/>
+    <n v="31698"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="All Living with family"/>
+    <s v="Number"/>
+    <n v="17941"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="Both parents"/>
+    <s v="Number"/>
+    <n v="6358"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="120"/>
+    <s v="One parent"/>
+    <s v="Number"/>
+    <n v="3610"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="130"/>
+    <s v="Parent(s) and sibling(s)"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="140"/>
+    <s v="Wife/husband/partner, no children"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="150"/>
+    <s v="Wife/husband/partner and children"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="160"/>
+    <s v="Sibling(s)"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="170"/>
+    <s v="Daughter(s)/son(s)"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="180"/>
+    <s v="Other relative(s)"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="190"/>
+    <s v="Residential setting"/>
+    <s v="Number"/>
+    <n v="8027"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="200"/>
+    <s v="Living alone"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="210"/>
+    <s v="All living with non-relatives"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="220"/>
+    <s v="Foster family"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="230"/>
+    <s v="Other non-relatives (excl fostering)"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="240"/>
+    <s v="Living arrangements - Not known"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total population of people with a disability"/>
+    <s v="Number"/>
+    <n v="34652"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="All Living with family"/>
+    <s v="Number"/>
+    <n v="19874"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="110"/>
+    <s v="Both parents"/>
+    <s v="Number"/>
+    <n v="6781"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="120"/>
+    <s v="One parent"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="130"/>
+    <s v="Parent(s) and sibling(s)"/>
+    <s v="Number"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="140"/>
+    <s v="Wife/husband/partner, no children"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="150"/>
+    <s v="Wife/husband/partner and children"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="160"/>
+    <s v="Sibling(s)"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="170"/>
+    <s v="Daughter(s)/son(s)"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="180"/>
+    <s v="Other relative(s)"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="190"/>
+    <s v="Residential setting"/>
+    <s v="Number"/>
+    <n v="8225"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="200"/>
+    <s v="Living alone"/>
+    <s v="Number"/>
+    <n v="3819"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="210"/>
+    <s v="All living with non-relatives"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="220"/>
+    <s v="Foster family"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="230"/>
+    <s v="Other non-relatives (excl fostering)"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="HRD08C01"/>
+    <s v="Living arrangements of adults on NASS"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="240"/>
+    <s v="Living arrangements - Not known"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total population of people with a disability"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="All Living with family"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="Both parents"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="120"/>
+    <s v="One parent"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="130"/>
+    <s v="Parent(s) and sibling(s)"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="140"/>
+    <s v="Wife/husband/partner, no children"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="150"/>
+    <s v="Wife/husband/partner and children"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="160"/>
+    <s v="Sibling(s)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="170"/>
+    <s v="Daughter(s)/son(s)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="180"/>
+    <s v="Other relative(s)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="190"/>
+    <s v="Residential setting"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="200"/>
+    <s v="Living alone"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="210"/>
+    <s v="All living with non-relatives"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="220"/>
+    <s v="Foster family"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="230"/>
+    <s v="Other non-relatives (excl fostering)"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="240"/>
+    <s v="Living arrangements - Not known"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Total population of people with a disability"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="All Living with family"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="110"/>
+    <s v="Both parents"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="120"/>
+    <s v="One parent"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="130"/>
+    <s v="Parent(s) and sibling(s)"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="140"/>
+    <s v="Wife/husband/partner, no children"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="150"/>
+    <s v="Wife/husband/partner and children"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="160"/>
+    <s v="Sibling(s)"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="170"/>
+    <s v="Daughter(s)/son(s)"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="180"/>
+    <s v="Other relative(s)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="190"/>
+    <s v="Residential setting"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="200"/>
+    <s v="Living alone"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="210"/>
+    <s v="All living with non-relatives"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="220"/>
+    <s v="Foster family"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="230"/>
+    <s v="Other non-relatives (excl fostering)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HRD08C02"/>
+    <s v="Living arrangements of adults on NASS as a percentage"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="240"/>
+    <s v="Living arrangements - Not known"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+</pivotCacheRecords>
 </file>