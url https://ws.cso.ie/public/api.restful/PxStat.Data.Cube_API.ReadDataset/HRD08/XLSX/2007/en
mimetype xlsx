--- v1 (2025-12-15)
+++ v2 (2026-03-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c0ae57da4e45f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b7e83179f114c8f86ace42fbc384742.psmdcp" Id="Rf6c50caac70d4e7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9584982d802f4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e1f026c8a3047d68c2c0ddec254fcdc.psmdcp" Id="Rbaef046d7c834b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>