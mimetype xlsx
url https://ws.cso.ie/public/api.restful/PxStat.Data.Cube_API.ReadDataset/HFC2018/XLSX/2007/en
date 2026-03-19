--- v0 (2025-11-12)
+++ v1 (2026-03-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73919ea9f0554ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a82d420be0c4752a0ee8ccc4845e5e4.psmdcp" Id="R14a0dfeeaf5b4a62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47995c1f95a74d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/759fa46914b04585aa4d5b815fb15d3d.psmdcp" Id="Rfbc37363c0054753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HFC2018</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Household Debt</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/11/2025 11:00:00 AM</x:t>
+    <x:t>11/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>.. Sample occurrence too small for estimation because there are less than 25 observations.&lt;br&gt;&lt;br&gt;The data in this table relating to 2018 and 2020 were updated on 11/06/2025 and are not comparable to previous years due to methodological changes, see background notes(https://www.cso.ie/en/releasesandpublications/ep/p-hfcs/householdfinanceandconsumptionsurvey2023/backgroundnotes/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC2018/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFCS2020</x:t>
   </x:si>
   <x:si>
     <x:t>Household Finance and Consumption Survey 2018 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -263,50 +263,53 @@
   <x:si>
     <x:t>55 - 64 years</x:t>
   </x:si>
   <x:si>
     <x:t>575</x:t>
   </x:si>
   <x:si>
     <x:t>65 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>HFC2018C02</x:t>
   </x:si>
   <x:si>
     <x:t>Median values of debt</x:t>
   </x:si>
   <x:si>
     <x:t>Euro</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>HFC2018C03</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution of total debt</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -448,275 +451,142 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...223 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03590V04330" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Debt" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J271" totalsRowShown="0">
   <x:autoFilter ref="A1:J271"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age of Reference Person"/>
     <x:tableColumn id="7" name="C03590V04330"/>
     <x:tableColumn id="8" name="Type of Debt"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -987,51 +857,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC2018/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1220,51 +1090,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J271"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="43.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5174,50 +5044,53 @@
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
+      <x:c r="J123" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
     </x:row>
     <x:row r="124" spans="1:10">
       <x:c r="A124" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>60</x:v>
@@ -5235,50 +5108,53 @@
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
     </x:row>
     <x:row r="126" spans="1:10">
       <x:c r="A126" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>64</x:v>
@@ -6128,50 +6004,53 @@
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
+      <x:c r="J153" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
     </x:row>
     <x:row r="154" spans="1:10">
       <x:c r="A154" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>60</x:v>
@@ -6189,50 +6068,53 @@
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
+      <x:c r="J155" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
     </x:row>
     <x:row r="156" spans="1:10">
       <x:c r="A156" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>64</x:v>
@@ -7024,2941 +6906,2941 @@
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J181" s="0">
         <x:v>5000</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:10">
       <x:c r="A182" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J182" s="0">
         <x:v>80.2</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J183" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J184" s="0">
         <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J185" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J186" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J187" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J188" s="0">
         <x:v>75.3</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J189" s="0">
         <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J190" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J191" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J192" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J193" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J194" s="0">
         <x:v>64.5</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J195" s="0">
         <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J197" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:10">
       <x:c r="A198" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J198" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:10">
       <x:c r="A199" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J199" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:10">
       <x:c r="A200" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J200" s="0">
         <x:v>49.6</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:10">
       <x:c r="A201" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J201" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:10">
       <x:c r="A202" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J202" s="0">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:10">
       <x:c r="A203" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J203" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:10">
       <x:c r="A204" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J204" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:10">
       <x:c r="A205" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J205" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:10">
       <x:c r="A206" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J206" s="0">
         <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:10">
       <x:c r="A207" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J207" s="0">
         <x:v>38.6</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J208" s="0">
         <x:v>35.5</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:10">
       <x:c r="A209" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J209" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:10">
       <x:c r="A210" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J210" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:10">
       <x:c r="A211" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J211" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:10">
       <x:c r="A212" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J212" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:10">
       <x:c r="A213" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J213" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J214" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:10">
       <x:c r="A215" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J215" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J216" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:10">
       <x:c r="A217" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J217" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J218" s="0">
         <x:v>79.5</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J219" s="0">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J220" s="0">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J221" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J222" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:10">
       <x:c r="A223" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J223" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J224" s="0">
         <x:v>65.8</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J225" s="0">
         <x:v>25.4</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J226" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:10">
       <x:c r="A227" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J227" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:10">
       <x:c r="A228" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J228" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:10">
       <x:c r="A229" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J229" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:10">
       <x:c r="A230" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J230" s="0">
         <x:v>49.8</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:10">
       <x:c r="A231" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J231" s="0">
         <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:10">
       <x:c r="A232" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J232" s="0">
         <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:10">
       <x:c r="A233" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J233" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:10">
       <x:c r="A234" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J234" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:10">
       <x:c r="A235" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J235" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:10">
       <x:c r="A236" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J236" s="0">
         <x:v>46.4</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:10">
       <x:c r="A237" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J237" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:10">
       <x:c r="A238" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J238" s="0">
         <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:10">
       <x:c r="A239" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J239" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:10">
       <x:c r="A240" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J240" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:10">
       <x:c r="A241" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J241" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:10">
       <x:c r="A242" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J242" s="0">
         <x:v>81.1</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:10">
       <x:c r="A243" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J243" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:10">
       <x:c r="A244" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J244" s="0">
         <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:10">
       <x:c r="A245" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J245" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:10">
       <x:c r="A246" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J246" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:10">
       <x:c r="A247" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J247" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:10">
       <x:c r="A248" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J248" s="0">
         <x:v>77.4</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:10">
       <x:c r="A249" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J249" s="0">
         <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:10">
       <x:c r="A250" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J250" s="0">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:10">
       <x:c r="A251" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J251" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:10">
       <x:c r="A252" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J252" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:10">
       <x:c r="A253" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J253" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:10">
       <x:c r="A254" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J254" s="0">
         <x:v>72.9</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:10">
       <x:c r="A255" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J255" s="0">
         <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:10">
       <x:c r="A256" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J256" s="0">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:10">
       <x:c r="A257" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J257" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:10">
       <x:c r="A258" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J258" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:10">
       <x:c r="A259" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J259" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:10">
       <x:c r="A260" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J260" s="0">
         <x:v>56.8</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:10">
       <x:c r="A261" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J261" s="0">
         <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:10">
       <x:c r="A262" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J262" s="0">
         <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:10">
       <x:c r="A263" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J263" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:10">
       <x:c r="A264" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J264" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:10">
       <x:c r="A265" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J265" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:10">
       <x:c r="A266" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J266" s="0">
         <x:v>57.9</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:10">
       <x:c r="A267" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J267" s="0">
         <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:10">
       <x:c r="A268" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J268" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:10">
       <x:c r="A269" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J269" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:10">
       <x:c r="A270" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J270" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:10">
       <x:c r="A271" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J271" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9975,51 +9857,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J271" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="HFC2018C01"/>
         <x:s v="HFC2018C02"/>
         <x:s v="HFC2018C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Participation in debt"/>
         <x:s v="Median values of debt"/>
         <x:s v="Distribution of total debt"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2018"/>
         <x:s v="2020"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="3">
@@ -10270,27 +10152,3268 @@
         <x:n v="46.4"/>
         <x:n v="35.1"/>
         <x:n v="16.2"/>
         <x:n v="1.6"/>
         <x:n v="81.1"/>
         <x:n v="11.1"/>
         <x:n v="77.4"/>
         <x:n v="12.8"/>
         <x:n v="9.1"/>
         <x:n v="72.9"/>
         <x:n v="16.1"/>
         <x:n v="10.1"/>
         <x:n v="56.8"/>
         <x:n v="20.3"/>
         <x:n v="20.9"/>
         <x:n v="57.9"/>
         <x:n v="15.6"/>
         <x:n v="4.4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="46.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="80.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="76.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="157000"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="83300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="10500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="156100"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="136800"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="136700"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="104200"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="108300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="7500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="79600"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="52700"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="99800"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="6200"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="17300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="37900"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="73100"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="4000"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="176000"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="8300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="14800"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="153200"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="117200"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="8200"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="105300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="113300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="108200"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="8900"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="67300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="60700"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="63400"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="15900"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="55300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="108200"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="4700"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="182400"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="8100"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="11300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="145700"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="132400"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="10300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="95300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="108500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="102700"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="11200"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="90500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="59100"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="80300"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="11500"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="23000"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="62600"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Euro"/>
+    <n v="45800"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Euro"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2018C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC2018C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>