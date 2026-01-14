--- v0 (2025-11-16)
+++ v1 (2026-01-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83197ec03a964b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b561d670b6a94e6eb614c4cfd04448c1.psmdcp" Id="Rcdecf6e47d8b4f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4659a6566d1b4f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a14f270ea7c4f8a9f446eb167540470.psmdcp" Id="Rcb67f8c7dc9a4184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HFC2016</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Household Debt</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/11/2025 11:00:00 AM</x:t>
+    <x:t>11/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>.. Sample occurrence too small for estimation because there are less than 25 observations.&lt;br&gt;&lt;br&gt;The data in this table relating to 2018 and 2020 were updated on 11/06/2025 and are not comparable to previous years due to methodological changes, see background notes(https://www.cso.ie/en/releasesandpublications/ep/p-hfcs/householdfinanceandconsumptionsurvey2023/backgroundnotes/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC2016/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFCS2020</x:t>
   </x:si>
   <x:si>
     <x:t>Household Finance and Consumption Survey 2018 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -278,50 +278,53 @@
   <x:si>
     <x:t>Credit Card</x:t>
   </x:si>
   <x:si>
     <x:t>60</x:t>
   </x:si>
   <x:si>
     <x:t>Any Debt</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>HFC2016C02</x:t>
   </x:si>
   <x:si>
     <x:t>Median values of debt</x:t>
   </x:si>
   <x:si>
     <x:t>Euro</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>HFC2016C03</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution of total debt</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -463,299 +466,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03590V04330" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Debt" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01781V03128" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J433" totalsRowShown="0">
   <x:autoFilter ref="A1:J433"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03590V04330"/>
     <x:tableColumn id="6" name="Type of Debt"/>
     <x:tableColumn id="7" name="C01781V03128"/>
     <x:tableColumn id="8" name="Household Composition"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1026,51 +878,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC2016/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1259,51 +1111,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="43.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5949,50 +5801,53 @@
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J146" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="147" spans="1:10">
       <x:c r="A147" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>57</x:v>
@@ -6362,50 +6217,53 @@
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J159" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>67</x:v>
@@ -6871,50 +6729,53 @@
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J175" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>67</x:v>
@@ -7476,50 +7337,53 @@
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J194" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>57</x:v>
@@ -7729,50 +7593,53 @@
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J202" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="203" spans="1:10">
       <x:c r="A203" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>57</x:v>
@@ -7886,50 +7753,53 @@
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J207" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>67</x:v>
@@ -8235,50 +8105,53 @@
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J218" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>57</x:v>
@@ -8392,50 +8265,53 @@
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>67</x:v>
@@ -8997,50 +8873,53 @@
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J242" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="243" spans="1:10">
       <x:c r="A243" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>57</x:v>
@@ -9250,79 +9129,85 @@
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J250" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:10">
       <x:c r="A251" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J251" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:10">
       <x:c r="A252" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>59</x:v>
@@ -9404,50 +9289,53 @@
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J255" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="256" spans="1:10">
       <x:c r="A256" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>67</x:v>
@@ -9753,79 +9641,85 @@
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J266" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="267" spans="1:10">
       <x:c r="A267" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J267" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="268" spans="1:10">
       <x:c r="A268" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>59</x:v>
@@ -9907,50 +9801,53 @@
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="272" spans="1:10">
       <x:c r="A272" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>67</x:v>
@@ -10160,50 +10057,53 @@
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J279" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="280" spans="1:10">
       <x:c r="A280" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>67</x:v>
@@ -10483,4669 +10383,4669 @@
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J289" s="0">
         <x:v>77600</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:10">
       <x:c r="A290" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J290" s="0">
         <x:v>42.8</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:10">
       <x:c r="A291" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J291" s="0">
         <x:v>65.9</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:10">
       <x:c r="A292" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J292" s="0">
         <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:10">
       <x:c r="A293" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J293" s="0">
         <x:v>67.6</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:10">
       <x:c r="A294" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J294" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:10">
       <x:c r="A295" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J295" s="0">
         <x:v>60.1</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:10">
       <x:c r="A296" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J296" s="0">
         <x:v>77.3</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:10">
       <x:c r="A297" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J297" s="0">
         <x:v>63.2</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:10">
       <x:c r="A298" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J298" s="0">
         <x:v>31.7</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:10">
       <x:c r="A299" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J299" s="0">
         <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:10">
       <x:c r="A300" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J300" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:10">
       <x:c r="A301" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J301" s="0">
         <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:10">
       <x:c r="A302" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J302" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:10">
       <x:c r="A303" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J303" s="0">
         <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:10">
       <x:c r="A304" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J304" s="0">
         <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:10">
       <x:c r="A305" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J305" s="0">
         <x:v>27.4</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:10">
       <x:c r="A306" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J306" s="0">
         <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:10">
       <x:c r="A307" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J307" s="0">
         <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:10">
       <x:c r="A308" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J308" s="0">
         <x:v>49.2</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:10">
       <x:c r="A309" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J309" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:10">
       <x:c r="A310" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J310" s="0">
         <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:10">
       <x:c r="A311" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J311" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:10">
       <x:c r="A312" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J312" s="0">
         <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:10">
       <x:c r="A313" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J313" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:10">
       <x:c r="A314" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J314" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:10">
       <x:c r="A315" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J315" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:10">
       <x:c r="A316" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J316" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:10">
       <x:c r="A317" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J317" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:10">
       <x:c r="A318" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J318" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:10">
       <x:c r="A319" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J319" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:10">
       <x:c r="A320" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J320" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:10">
       <x:c r="A321" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J321" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:10">
       <x:c r="A322" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J322" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:10">
       <x:c r="A323" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J323" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:10">
       <x:c r="A324" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J324" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:10">
       <x:c r="A325" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J325" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:10">
       <x:c r="A326" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J326" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:10">
       <x:c r="A327" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J327" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:10">
       <x:c r="A328" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J328" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:10">
       <x:c r="A329" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J329" s="0">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:10">
       <x:c r="A330" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J330" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:10">
       <x:c r="A331" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J331" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:10">
       <x:c r="A332" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J332" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:10">
       <x:c r="A333" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J333" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:10">
       <x:c r="A334" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J334" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:10">
       <x:c r="A335" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J335" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:10">
       <x:c r="A336" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J336" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:10">
       <x:c r="A337" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J337" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:10">
       <x:c r="A338" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J338" s="0">
         <x:v>66.1</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:10">
       <x:c r="A339" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J339" s="0">
         <x:v>75.1</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:10">
       <x:c r="A340" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J340" s="0">
         <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:10">
       <x:c r="A341" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J341" s="0">
         <x:v>76.4</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:10">
       <x:c r="A342" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J342" s="0">
         <x:v>52.6</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:10">
       <x:c r="A343" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J343" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:10">
       <x:c r="A344" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J344" s="0">
         <x:v>77.6</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:10">
       <x:c r="A345" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J345" s="0">
         <x:v>62.1</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:10">
       <x:c r="A346" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J346" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:10">
       <x:c r="A347" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J347" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:10">
       <x:c r="A348" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J348" s="0">
         <x:v>61.3</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:10">
       <x:c r="A349" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J349" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:10">
       <x:c r="A350" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J350" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:10">
       <x:c r="A351" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J351" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:10">
       <x:c r="A352" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J352" s="0">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:10">
       <x:c r="A353" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:10">
       <x:c r="A354" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J354" s="0">
         <x:v>25.3</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:10">
       <x:c r="A355" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J355" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:10">
       <x:c r="A356" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J356" s="0">
         <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:10">
       <x:c r="A357" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J357" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:10">
       <x:c r="A358" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J358" s="0">
         <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:10">
       <x:c r="A359" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J359" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:10">
       <x:c r="A360" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J360" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:10">
       <x:c r="A361" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J361" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:10">
       <x:c r="A362" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J362" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:10">
       <x:c r="A363" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J363" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:10">
       <x:c r="A364" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J364" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:10">
       <x:c r="A365" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J365" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:10">
       <x:c r="A366" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J366" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:10">
       <x:c r="A367" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J367" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:10">
       <x:c r="A368" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J368" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:10">
       <x:c r="A369" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J369" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:10">
       <x:c r="A370" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J370" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:10">
       <x:c r="A371" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J371" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:10">
       <x:c r="A372" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J372" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:10">
       <x:c r="A373" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J373" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:10">
       <x:c r="A374" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J374" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:10">
       <x:c r="A375" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J375" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:10">
       <x:c r="A376" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J376" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:10">
       <x:c r="A377" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J377" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:10">
       <x:c r="A378" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J378" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:10">
       <x:c r="A379" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J379" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:10">
       <x:c r="A380" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J380" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:10">
       <x:c r="A381" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J381" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:10">
       <x:c r="A382" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J382" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:10">
       <x:c r="A383" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J383" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:10">
       <x:c r="A384" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J384" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:10">
       <x:c r="A385" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J385" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:10">
       <x:c r="A386" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J386" s="0">
         <x:v>58.2</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:10">
       <x:c r="A387" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J387" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:10">
       <x:c r="A388" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J388" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:10">
       <x:c r="A389" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J389" s="0">
         <x:v>81.8</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:10">
       <x:c r="A390" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J390" s="0">
         <x:v>53.3</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:10">
       <x:c r="A391" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J391" s="0">
         <x:v>79.8</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:10">
       <x:c r="A392" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J392" s="0">
         <x:v>77.3</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:10">
       <x:c r="A393" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J393" s="0">
         <x:v>73.5</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:10">
       <x:c r="A394" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J394" s="0">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:10">
       <x:c r="A395" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J395" s="0">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:10">
       <x:c r="A396" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J396" s="0">
         <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:10">
       <x:c r="A397" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:10">
       <x:c r="A398" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J398" s="0">
         <x:v>23.6</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:10">
       <x:c r="A399" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J399" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:10">
       <x:c r="A400" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J400" s="0">
         <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:10">
       <x:c r="A401" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J401" s="0">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:10">
       <x:c r="A402" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J402" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:10">
       <x:c r="A403" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J403" s="0">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:10">
       <x:c r="A404" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J404" s="0">
         <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:10">
       <x:c r="A405" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J405" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:10">
       <x:c r="A406" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J406" s="0">
         <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:10">
       <x:c r="A407" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J407" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:10">
       <x:c r="A408" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J408" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:10">
       <x:c r="A409" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J409" s="0">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:10">
       <x:c r="A410" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J410" s="0">
         <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:10">
       <x:c r="A411" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J411" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:10">
       <x:c r="A412" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J412" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:10">
       <x:c r="A413" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J413" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:10">
       <x:c r="A414" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J414" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:10">
       <x:c r="A415" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J415" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:10">
       <x:c r="A416" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J416" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:10">
       <x:c r="A417" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J417" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:10">
       <x:c r="A418" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J418" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:10">
       <x:c r="A419" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J419" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:10">
       <x:c r="A420" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J420" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:10">
       <x:c r="A421" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J421" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:10">
       <x:c r="A422" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J422" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:10">
       <x:c r="A423" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J423" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:10">
       <x:c r="A424" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J424" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:10">
       <x:c r="A425" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J425" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:10">
       <x:c r="A426" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J426" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:10">
       <x:c r="A427" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J427" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:10">
       <x:c r="A428" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J428" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:10">
       <x:c r="A429" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J429" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:10">
       <x:c r="A430" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J430" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:10">
       <x:c r="A431" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J431" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:10">
       <x:c r="A432" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J432" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:10">
       <x:c r="A433" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J433" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15162,51 +15062,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="HFC2016C01"/>
         <x:s v="HFC2016C02"/>
         <x:s v="HFC2016C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Participation in debt"/>
         <x:s v="Median values of debt"/>
         <x:s v="Distribution of total debt"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2018"/>
         <x:s v="2020"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="3">
@@ -15545,27 +15445,5212 @@
         <x:n v="58.2"/>
         <x:n v="71"/>
         <x:n v="33.3"/>
         <x:n v="81.8"/>
         <x:n v="53.3"/>
         <x:n v="79.8"/>
         <x:n v="14.7"/>
         <x:n v="12.2"/>
         <x:n v="42.5"/>
         <x:n v="23.6"/>
         <x:n v="4.3"/>
         <x:n v="13.6"/>
         <x:n v="9.5"/>
         <x:n v="20.9"/>
         <x:n v="10.2"/>
         <x:n v="15.5"/>
         <x:n v="7.7"/>
         <x:n v="2.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="47.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="46.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C01"/>
+    <s v="Participation in debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="110200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="110000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="80500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="119700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="158700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="108200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="82500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="79700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="77000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="103700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="93800"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="141400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="167200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="4200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="5400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="9300"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="34800"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="24000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="12700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="134400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="68700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="104400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="27000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="123700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="69700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="120600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="154000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="130000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="75600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="62800"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="76700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="91000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="132300"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="109100"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="9200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="9600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="8400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="31300"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="17100"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="119700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="58600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="99200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="45900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="125900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="62600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="137600"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="155100"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="111700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="62400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="117900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="84700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="148200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="81000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="6900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="9900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="10700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="9900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15100"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="22500"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="42800"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="21200"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="6700"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="119400"/>
+  </r>
+  <r>
+    <s v="HFC2016C02"/>
+    <s v="Median values of debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="77600"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2016C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>