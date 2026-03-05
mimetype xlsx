--- v1 (2026-01-14)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4659a6566d1b4f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a14f270ea7c4f8a9f446eb167540470.psmdcp" Id="Rcb67f8c7dc9a4184" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4388ab4d48413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a88624b0088346ec934a96f3567dfb0c.psmdcp" Id="R377674bc9e8c4cea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>