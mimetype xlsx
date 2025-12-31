--- v0 (2025-11-06)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb06b7ced8f847f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2618f91ad4cd4d4d81c3399635ba2c36.psmdcp" Id="Rc3e01afb42a849cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c07a2ba837408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/adeb96a0c4af428b9114992f4000b454.psmdcp" Id="R1701ab8ad5e44e25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HFC2007</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Household Real Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/11/2025 11:00:00 AM</x:t>
+    <x:t>11/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>..Sample occurrence too small for estimation because there are less than 25 observations.&lt;br&gt;&lt;br&gt;The data in this table relating to 2018 and 2020 were updated on 11/06/2025 and are not comparable to previous years due to methodological changes, see background notes(https://www.cso.ie/en/releasesandpublications/ep/p-hfcs/householdfinanceandconsumptionsurvey2023/backgroundnotes/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC2007/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFCS2020</x:t>
   </x:si>
   <x:si>
     <x:t>Household Finance and Consumption Survey 2018 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -287,50 +287,53 @@
   <x:si>
     <x:t>Any financial asset</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
     <x:t>Rented or rent free</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>HFC2007C02</x:t>
   </x:si>
   <x:si>
     <x:t>Median values of real assets</x:t>
   </x:si>
   <x:si>
     <x:t>Euro</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>HFC2007C03</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution of total real assets</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -472,307 +475,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01783V03119" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Tenure Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04466V05249" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Financial and Real Assets" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J235" totalsRowShown="0">
   <x:autoFilter ref="A1:J235"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01783V03119"/>
     <x:tableColumn id="6" name="Tenure Status"/>
     <x:tableColumn id="7" name="C04466V05249"/>
     <x:tableColumn id="8" name="Type of Financial and Real Assets"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1043,51 +889,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC2007/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1276,51 +1122,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J235"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="60.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4270,79 +4116,85 @@
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="94" spans="1:10">
       <x:c r="A94" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
+      <x:c r="J94" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="95" spans="1:10">
       <x:c r="A95" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>60</x:v>
@@ -5096,79 +4948,85 @@
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
+      <x:c r="J119" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
+      <x:c r="J120" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>60</x:v>
@@ -5922,79 +5780,85 @@
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
+      <x:c r="J145" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="146" spans="1:10">
       <x:c r="A146" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
+      <x:c r="J146" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="147" spans="1:10">
       <x:c r="A147" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>60</x:v>
@@ -6306,2548 +6170,2557 @@
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J157" s="0">
         <x:v>4500</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10">
       <x:c r="A158" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J158" s="0">
         <x:v>51.5</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10">
       <x:c r="A159" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J159" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J160" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10">
       <x:c r="A161" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J161" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J162" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10">
       <x:c r="A163" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J163" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J164" s="0">
         <x:v>86.6</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10">
       <x:c r="A165" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J165" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J166" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10">
       <x:c r="A167" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J167" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J168" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10">
       <x:c r="A169" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J169" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J170" s="0">
         <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J171" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J172" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J173" s="0">
         <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J174" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J175" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J176" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:10">
       <x:c r="A177" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J177" s="0">
         <x:v>62.1</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J178" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:10">
       <x:c r="A179" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J179" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J180" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:10">
       <x:c r="A181" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J181" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:10">
       <x:c r="A182" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J182" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J183" s="0">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J184" s="0">
         <x:v>49.6</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J185" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J186" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J187" s="0">
         <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J188" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J189" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J190" s="0">
         <x:v>84.7</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J191" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J192" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J193" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J194" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J195" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J197" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="198" spans="1:10">
       <x:c r="A198" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J198" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:10">
       <x:c r="A199" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J199" s="0">
         <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:10">
       <x:c r="A200" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J200" s="0">
         <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:10">
       <x:c r="A201" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J201" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:10">
       <x:c r="A202" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J202" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:10">
       <x:c r="A203" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J203" s="0">
         <x:v>63.3</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:10">
       <x:c r="A204" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J204" s="0">
         <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:10">
       <x:c r="A205" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J205" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:10">
       <x:c r="A206" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J206" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:10">
       <x:c r="A207" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J207" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J208" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:10">
       <x:c r="A209" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J209" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:10">
       <x:c r="A210" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J210" s="0">
         <x:v>49.2</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:10">
       <x:c r="A211" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J211" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:10">
       <x:c r="A212" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J212" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:10">
       <x:c r="A213" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J213" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J214" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:10">
       <x:c r="A215" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J215" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J216" s="0">
         <x:v>85.7</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:10">
       <x:c r="A217" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J217" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J218" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J219" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J220" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J221" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J222" s="0">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:10">
       <x:c r="A223" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J224" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J225" s="0">
         <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J226" s="0">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:10">
       <x:c r="A227" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J227" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:10">
       <x:c r="A228" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J228" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:10">
       <x:c r="A229" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J229" s="0">
         <x:v>58.4</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:10">
       <x:c r="A230" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J230" s="0">
         <x:v>24.6</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:10">
       <x:c r="A231" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J231" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:10">
       <x:c r="A232" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J232" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:10">
       <x:c r="A233" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J233" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:10">
       <x:c r="A234" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J234" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:10">
       <x:c r="A235" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J235" s="0">
         <x:v>41.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8864,51 +8737,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J235" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="HFC2007C01"/>
         <x:s v="HFC2007C02"/>
         <x:s v="HFC2007C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Participation in real assets"/>
         <x:s v="Median values of real assets"/>
         <x:s v="Distribution of total real assets"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2018"/>
         <x:s v="2020"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="3">
@@ -9130,27 +9003,2836 @@
         <x:n v="49.2"/>
         <x:n v="9.8"/>
         <x:n v="8.7"/>
         <x:n v="14"/>
         <x:n v="2.4"/>
         <x:n v="85.7"/>
         <x:n v="5.5"/>
         <x:n v="14.3"/>
         <x:n v="8.9"/>
         <x:n v="16.7"/>
         <x:n v="10.4"/>
         <x:n v="7.2"/>
         <x:n v="58.4"/>
         <x:n v="24.6"/>
         <x:n v="2"/>
         <x:n v="10.3"/>
         <x:n v="2.3"/>
         <x:n v="41.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="295200"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="233300"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="22600"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="308800"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="10400"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5600"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="45200"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="20000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="14800"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="150600"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="6100"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="5600"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="15500"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="260000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="311500"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="252100"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="32100"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="12000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="336600"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="13700"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="8200"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="38000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="18100"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="24400"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="186000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="6200"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="4000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="340000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="354000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="286000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="53600"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="15000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5200"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="409100"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="13700"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="7000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="47100"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="14900"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="28000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="170000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="14800"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="6200"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="7000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="14500"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="HFC2007C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC2007C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="41.6"/>
+  </r>
+</pivotCacheRecords>
 </file>