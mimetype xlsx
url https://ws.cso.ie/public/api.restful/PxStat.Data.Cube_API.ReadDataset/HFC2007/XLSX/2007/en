--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c07a2ba837408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/adeb96a0c4af428b9114992f4000b454.psmdcp" Id="R1701ab8ad5e44e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d6ca9b9e1f74287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9d449a9f8834874b3e02d18483c7e65.psmdcp" Id="R09fe5369e1dc4bd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>