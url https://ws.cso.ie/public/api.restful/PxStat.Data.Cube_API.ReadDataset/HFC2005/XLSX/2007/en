--- v0 (2025-11-11)
+++ v1 (2026-01-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f293751b26b413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/522e13d59c2a483fbbf5073274fd31a4.psmdcp" Id="R82e6aa40ff8547ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2605b14b044ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16b7bc6d326f4d94924c6262d7f83430.psmdcp" Id="Rc71f2decd04f47af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HFC2005</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Household Real Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/11/2025 11:00:00 AM</x:t>
+    <x:t>11/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>.. Sample occurrence too small for estimation because there are less than 25 observations. The data in this table relating to 2018 and 2020 were updated on 11/06/2025 and are not comparable to previous years due to methodological changes, see background notes(https://www.cso.ie/en/releasesandpublications/ep/p-hfcs/householdfinanceandconsumptionsurvey2023/backgroundnotes/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC2005/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFCS2020</x:t>
   </x:si>
   <x:si>
     <x:t>Household Finance and Consumption Survey 2018 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -305,50 +305,53 @@
   <x:si>
     <x:t>Retired from employment</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>HFC2005C02</x:t>
   </x:si>
   <x:si>
     <x:t>Median values of real assets</x:t>
   </x:si>
   <x:si>
     <x:t>Euro</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>HFC2005C03</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution of total real assets</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -490,331 +493,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02028V02456" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Work Status of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04466V05249" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Financial and Real Assets" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J586" totalsRowShown="0">
   <x:autoFilter ref="A1:J586"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02028V02456"/>
     <x:tableColumn id="6" name="Work Status of Reference Person"/>
     <x:tableColumn id="7" name="C04466V05249"/>
     <x:tableColumn id="8" name="Type of Financial and Real Assets"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1085,51 +913,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC2005/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1318,51 +1146,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J586"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="60.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -8088,108 +7916,117 @@
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J211" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="212" spans="1:10">
       <x:c r="A212" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J212" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="213" spans="1:10">
       <x:c r="A213" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J213" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>64</x:v>
@@ -8303,137 +8140,149 @@
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J218" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J220" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J221" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>80</x:v>
@@ -9315,108 +9164,117 @@
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J250" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:10">
       <x:c r="A251" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J251" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:10">
       <x:c r="A252" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J252" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="253" spans="1:10">
       <x:c r="A253" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>64</x:v>
@@ -9530,137 +9388,149 @@
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J257" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="258" spans="1:10">
       <x:c r="A258" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J258" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="259" spans="1:10">
       <x:c r="A259" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J259" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="260" spans="1:10">
       <x:c r="A260" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J260" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="261" spans="1:10">
       <x:c r="A261" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>80</x:v>
@@ -10126,50 +9996,53 @@
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J276" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="277" spans="1:10">
       <x:c r="A277" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>60</x:v>
@@ -10379,50 +10252,53 @@
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J284" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="285" spans="1:10">
       <x:c r="A285" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>76</x:v>
@@ -10440,50 +10316,53 @@
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J286" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="287" spans="1:10">
       <x:c r="A287" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>80</x:v>
@@ -10853,50 +10732,53 @@
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J299" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="300" spans="1:10">
       <x:c r="A300" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>80</x:v>
@@ -11362,108 +11244,117 @@
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J315" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="316" spans="1:10">
       <x:c r="A316" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J316" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="317" spans="1:10">
       <x:c r="A317" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J317" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="318" spans="1:10">
       <x:c r="A318" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>64</x:v>
@@ -11577,79 +11468,85 @@
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J322" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="323" spans="1:10">
       <x:c r="A323" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J323" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="324" spans="1:10">
       <x:c r="A324" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>76</x:v>
@@ -11667,50 +11564,53 @@
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J325" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="326" spans="1:10">
       <x:c r="A326" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>80</x:v>
@@ -12176,108 +12076,117 @@
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J341" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="342" spans="1:10">
       <x:c r="A342" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J342" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="343" spans="1:10">
       <x:c r="A343" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J343" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="344" spans="1:10">
       <x:c r="A344" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>64</x:v>
@@ -12391,79 +12300,85 @@
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J348" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="349" spans="1:10">
       <x:c r="A349" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J349" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="350" spans="1:10">
       <x:c r="A350" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>76</x:v>
@@ -12481,50 +12396,53 @@
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J351" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="352" spans="1:10">
       <x:c r="A352" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>80</x:v>
@@ -12830,50 +12748,53 @@
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J362" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="363" spans="1:10">
       <x:c r="A363" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>76</x:v>
@@ -13403,108 +13324,117 @@
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J380" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="381" spans="1:10">
       <x:c r="A381" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J381" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="382" spans="1:10">
       <x:c r="A382" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J382" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="383" spans="1:10">
       <x:c r="A383" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>64</x:v>
@@ -13618,6423 +13548,6435 @@
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J387" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="388" spans="1:10">
       <x:c r="A388" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J388" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="389" spans="1:10">
       <x:c r="A389" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J389" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="390" spans="1:10">
       <x:c r="A390" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J390" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="391" spans="1:10">
       <x:c r="A391" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J391" s="0">
         <x:v>2800</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:10">
       <x:c r="A392" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J392" s="0">
         <x:v>46.1</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:10">
       <x:c r="A393" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J393" s="0">
         <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:10">
       <x:c r="A394" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J394" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:10">
       <x:c r="A395" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J395" s="0">
         <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:10">
       <x:c r="A396" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J396" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:10">
       <x:c r="A397" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:10">
       <x:c r="A398" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J398" s="0">
         <x:v>85.3</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:10">
       <x:c r="A399" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J399" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:10">
       <x:c r="A400" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J400" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:10">
       <x:c r="A401" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J401" s="0">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:10">
       <x:c r="A402" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J402" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:10">
       <x:c r="A403" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J403" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:10">
       <x:c r="A404" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J404" s="0">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:10">
       <x:c r="A405" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J405" s="0">
         <x:v>54.9</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:10">
       <x:c r="A406" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J406" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:10">
       <x:c r="A407" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J407" s="0">
         <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:10">
       <x:c r="A408" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J408" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:10">
       <x:c r="A409" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J409" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:10">
       <x:c r="A410" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J410" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:10">
       <x:c r="A411" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J411" s="0">
         <x:v>80.4</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:10">
       <x:c r="A412" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J412" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:10">
       <x:c r="A413" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J413" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:10">
       <x:c r="A414" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J414" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:10">
       <x:c r="A415" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J415" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:10">
       <x:c r="A416" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J416" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:10">
       <x:c r="A417" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J417" s="0">
         <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:10">
       <x:c r="A418" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J418" s="0">
         <x:v>43.4</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:10">
       <x:c r="A419" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J419" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:10">
       <x:c r="A420" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J420" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:10">
       <x:c r="A421" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J421" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:10">
       <x:c r="A422" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J422" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:10">
       <x:c r="A423" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J423" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:10">
       <x:c r="A424" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J424" s="0">
         <x:v>86.8</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:10">
       <x:c r="A425" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J425" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:10">
       <x:c r="A426" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J426" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:10">
       <x:c r="A427" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J427" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:10">
       <x:c r="A428" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J428" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:10">
       <x:c r="A429" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J429" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:10">
       <x:c r="A430" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J430" s="0">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:10">
       <x:c r="A431" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J431" s="0">
         <x:v>59.4</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:10">
       <x:c r="A432" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J432" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:10">
       <x:c r="A433" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J433" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:10">
       <x:c r="A434" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J434" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:10">
       <x:c r="A435" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J435" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:10">
       <x:c r="A436" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J436" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:10">
       <x:c r="A437" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J437" s="0">
         <x:v>85.2</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:10">
       <x:c r="A438" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J438" s="0">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:10">
       <x:c r="A439" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I439" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J439" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:10">
       <x:c r="A440" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J440" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:10">
       <x:c r="A441" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J441" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:10">
       <x:c r="A442" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J442" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:10">
       <x:c r="A443" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J443" s="0">
         <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:10">
       <x:c r="A444" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J444" s="0">
         <x:v>56.9</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:10">
       <x:c r="A445" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J445" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:10">
       <x:c r="A446" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J446" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:10">
       <x:c r="A447" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J447" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:10">
       <x:c r="A448" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J448" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:10">
       <x:c r="A449" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J449" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:10">
       <x:c r="A450" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J450" s="0">
         <x:v>89.3</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:10">
       <x:c r="A451" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J451" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:10">
       <x:c r="A452" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J452" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:10">
       <x:c r="A453" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J453" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:10">
       <x:c r="A454" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J454" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:10">
       <x:c r="A455" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J455" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:10">
       <x:c r="A456" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J456" s="0">
         <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:10">
       <x:c r="A457" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J457" s="0">
         <x:v>43.5</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:10">
       <x:c r="A458" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J458" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:10">
       <x:c r="A459" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J459" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:10">
       <x:c r="A460" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J460" s="0">
         <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:10">
       <x:c r="A461" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J461" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:10">
       <x:c r="A462" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J462" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:10">
       <x:c r="A463" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J463" s="0">
         <x:v>84.7</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:10">
       <x:c r="A464" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H464" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J464" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:10">
       <x:c r="A465" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I465" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J465" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:10">
       <x:c r="A466" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J466" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:10">
       <x:c r="A467" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I467" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J467" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:10">
       <x:c r="A468" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J468" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:10">
       <x:c r="A469" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J469" s="0">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:10">
       <x:c r="A470" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J470" s="0">
         <x:v>65.1</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:10">
       <x:c r="A471" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J471" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:10">
       <x:c r="A472" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J472" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:10">
       <x:c r="A473" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J473" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:10">
       <x:c r="A474" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H474" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J474" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:10">
       <x:c r="A475" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J475" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:10">
       <x:c r="A476" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J476" s="0">
         <x:v>85.8</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:10">
       <x:c r="A477" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J477" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:10">
       <x:c r="A478" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J478" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:10">
       <x:c r="A479" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J479" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:10">
       <x:c r="A480" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J480" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:10">
       <x:c r="A481" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J481" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:10">
       <x:c r="A482" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J482" s="0">
         <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:10">
       <x:c r="A483" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J483" s="0">
         <x:v>40.8</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:10">
       <x:c r="A484" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J484" s="0">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:10">
       <x:c r="A485" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J485" s="0">
         <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:10">
       <x:c r="A486" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J486" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:10">
       <x:c r="A487" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J487" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:10">
       <x:c r="A488" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J488" s="0">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:10">
       <x:c r="A489" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J489" s="0">
         <x:v>79.5</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:10">
       <x:c r="A490" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J490" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:10">
       <x:c r="A491" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J491" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:10">
       <x:c r="A492" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J492" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:10">
       <x:c r="A493" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J493" s="0">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:10">
       <x:c r="A494" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J494" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:10">
       <x:c r="A495" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J495" s="0">
         <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:10">
       <x:c r="A496" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J496" s="0">
         <x:v>57.3</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:10">
       <x:c r="A497" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J497" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:10">
       <x:c r="A498" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J498" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:10">
       <x:c r="A499" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J499" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:10">
       <x:c r="A500" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J500" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:10">
       <x:c r="A501" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J501" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:10">
       <x:c r="A502" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J502" s="0">
         <x:v>82.9</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:10">
       <x:c r="A503" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J503" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:10">
       <x:c r="A504" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J504" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:10">
       <x:c r="A505" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J505" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:10">
       <x:c r="A506" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J506" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:10">
       <x:c r="A507" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J507" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:10">
       <x:c r="A508" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J508" s="0">
         <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:10">
       <x:c r="A509" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J509" s="0">
         <x:v>68.4</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:10">
       <x:c r="A510" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J510" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:10">
       <x:c r="A511" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J511" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:10">
       <x:c r="A512" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J512" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:10">
       <x:c r="A513" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J513" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:10">
       <x:c r="A514" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J514" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:10">
       <x:c r="A515" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J515" s="0">
         <x:v>87.3</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:10">
       <x:c r="A516" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J516" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:10">
       <x:c r="A517" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J517" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:10">
       <x:c r="A518" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J518" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:10">
       <x:c r="A519" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J519" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:10">
       <x:c r="A520" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J520" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:10">
       <x:c r="A521" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J521" s="0">
         <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:10">
       <x:c r="A522" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J522" s="0">
         <x:v>42.4</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:10">
       <x:c r="A523" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J523" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:10">
       <x:c r="A524" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J524" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:10">
       <x:c r="A525" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J525" s="0">
         <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:10">
       <x:c r="A526" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J526" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:10">
       <x:c r="A527" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J527" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:10">
       <x:c r="A528" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H528" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J528" s="0">
         <x:v>85.5</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:10">
       <x:c r="A529" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J529" s="0">
         <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:10">
       <x:c r="A530" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H530" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I530" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J530" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:10">
       <x:c r="A531" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J531" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:10">
       <x:c r="A532" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J532" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:10">
       <x:c r="A533" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J533" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:10">
       <x:c r="A534" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H534" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I534" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J534" s="0">
         <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:10">
       <x:c r="A535" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J535" s="0">
         <x:v>55.9</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:10">
       <x:c r="A536" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J536" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:10">
       <x:c r="A537" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I537" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J537" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:10">
       <x:c r="A538" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I538" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J538" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:10">
       <x:c r="A539" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J539" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:10">
       <x:c r="A540" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I540" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J540" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:10">
       <x:c r="A541" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I541" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J541" s="0">
         <x:v>77.3</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:10">
       <x:c r="A542" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H542" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I542" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J542" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:10">
       <x:c r="A543" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I543" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J543" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:10">
       <x:c r="A544" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J544" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:10">
       <x:c r="A545" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I545" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J545" s="0">
         <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:10">
       <x:c r="A546" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H546" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I546" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J546" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:10">
       <x:c r="A547" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J547" s="0">
         <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:10">
       <x:c r="A548" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J548" s="0">
         <x:v>54.5</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:10">
       <x:c r="A549" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J549" s="0">
         <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:10">
       <x:c r="A550" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I550" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J550" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:10">
       <x:c r="A551" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I551" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J551" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:10">
       <x:c r="A552" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H552" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I552" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J552" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:10">
       <x:c r="A553" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I553" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J553" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:10">
       <x:c r="A554" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H554" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I554" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J554" s="0">
         <x:v>82.5</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:10">
       <x:c r="A555" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I555" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J555" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:10">
       <x:c r="A556" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H556" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I556" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J556" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:10">
       <x:c r="A557" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I557" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J557" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:10">
       <x:c r="A558" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H558" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I558" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J558" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:10">
       <x:c r="A559" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I559" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J559" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:10">
       <x:c r="A560" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H560" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I560" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J560" s="0">
         <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:10">
       <x:c r="A561" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I561" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J561" s="0">
         <x:v>57.6</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:10">
       <x:c r="A562" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H562" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I562" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J562" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:10">
       <x:c r="A563" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I563" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J563" s="0">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:10">
       <x:c r="A564" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H564" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I564" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J564" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:10">
       <x:c r="A565" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I565" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J565" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:10">
       <x:c r="A566" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H566" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I566" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J566" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:10">
       <x:c r="A567" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I567" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J567" s="0">
         <x:v>83.5</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:10">
       <x:c r="A568" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H568" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I568" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J568" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:10">
       <x:c r="A569" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I569" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J569" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:10">
       <x:c r="A570" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H570" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I570" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J570" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:10">
       <x:c r="A571" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I571" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J571" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:10">
       <x:c r="A572" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H572" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I572" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J572" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:10">
       <x:c r="A573" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I573" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J573" s="0">
         <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:10">
       <x:c r="A574" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H574" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J574" s="0">
         <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:10">
       <x:c r="A575" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I575" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J575" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:10">
       <x:c r="A576" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H576" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I576" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J576" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:10">
       <x:c r="A577" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J577" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:10">
       <x:c r="A578" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I578" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J578" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:10">
       <x:c r="A579" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I579" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J579" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:10">
       <x:c r="A580" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H580" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J580" s="0">
         <x:v>84.3</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:10">
       <x:c r="A581" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I581" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J581" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:10">
       <x:c r="A582" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H582" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I582" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J582" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:10">
       <x:c r="A583" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I583" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J583" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:10">
       <x:c r="A584" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J584" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:10">
       <x:c r="A585" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I585" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J585" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:10">
       <x:c r="A586" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H586" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I586" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J586" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20051,51 +19993,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J586" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="HFC2005C01"/>
         <x:s v="HFC2005C02"/>
         <x:s v="HFC2005C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Participation in real assets"/>
         <x:s v="Median values of real assets"/>
         <x:s v="Distribution of total real assets"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2018"/>
         <x:s v="2020"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="3">
@@ -20525,27 +20467,7048 @@
         <x:n v="8.3"/>
         <x:n v="20.1"/>
         <x:n v="55.9"/>
         <x:n v="77.3"/>
         <x:n v="8.6"/>
         <x:n v="22.7"/>
         <x:n v="54.5"/>
         <x:n v="7.9"/>
         <x:n v="82.5"/>
         <x:n v="0.5"/>
         <x:n v="17.5"/>
         <x:n v="11.4"/>
         <x:n v="2.4"/>
         <x:n v="83.5"/>
         <x:n v="16.5"/>
         <x:n v="4.2"/>
         <x:n v="84.3"/>
         <x:n v="15.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="80.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="84.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="86.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="323200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="202000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="23600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="253400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="6100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="8900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="36700"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="7900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="220000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="6100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="210000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="354700"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="300600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="16500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="6600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="187900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="36700"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="220000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="223000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="259600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="8400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="7000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="255200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="9100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="14400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="44800"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="25000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="13400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="200000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="4000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="92000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="280000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="332500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="35100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="11000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="274900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="10600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="30200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="6200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="19500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="198000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="6500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="220000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="496400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="272400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="189600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="27100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="209500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="253800"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="7300"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="9800"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="300900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="16300"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="23000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="34200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="19600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="22900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="220000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="101500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="24400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="350000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="368000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="268900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="48000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="316000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="8800"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="36600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="17000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="322000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="8300"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="300000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="400000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="234100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="43900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="204200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="5200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="35900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="19900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="334000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="303500"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="278000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="30900"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="12100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="366000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="19000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="7800"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="61400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="31200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="27400"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="7100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="10600"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2005C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="46.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="80.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="43.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC2005C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+</pivotCacheRecords>
 </file>