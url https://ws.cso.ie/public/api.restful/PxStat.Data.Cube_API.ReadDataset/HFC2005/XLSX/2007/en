--- v1 (2026-01-18)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2605b14b044ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16b7bc6d326f4d94924c6262d7f83430.psmdcp" Id="Rc71f2decd04f47af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3039b3b8080a4f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c335329aa69848acb07c4d93ccd3f57b.psmdcp" Id="Rcb7446c1394f44de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>